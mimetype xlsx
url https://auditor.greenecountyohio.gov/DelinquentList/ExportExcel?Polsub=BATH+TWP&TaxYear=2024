--- v0 (2025-10-15)
+++ v1 (2026-03-17)
@@ -5,335 +5,684 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1273" uniqueCount="1273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2003" uniqueCount="2003">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>A01-00005</t>
   </si>
   <si>
     <t>NICKELL SUE E</t>
   </si>
   <si>
     <t>FAIRBORN CSD</t>
   </si>
   <si>
     <t>1900 SPANGLER RD LOT 62</t>
   </si>
   <si>
     <t>View</t>
+  </si>
+  <si>
+    <t>A01-0001-0001-0-0023-00</t>
+  </si>
+  <si>
+    <t>GERDING JAMES J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4548 BATH RD  
+DAYTON OH 45424</t>
+  </si>
+  <si>
+    <t>A01-0001-0001-0-0024-00</t>
+  </si>
+  <si>
+    <t>BEAN KEITH E TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4702 BATH RD  
+</t>
+  </si>
+  <si>
+    <t>A01-0001-0001-0-0065-00</t>
+  </si>
+  <si>
+    <t>GRAHAM PAUL W &amp; AMIE ELAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4903 BATH RD  
+DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0002-0-0018-00</t>
   </si>
   <si>
     <t>LOVIN CLYDE</t>
   </si>
   <si>
     <t xml:space="preserve">4343 E KITRIDGE RD  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0002-0-0019-00</t>
   </si>
   <si>
     <t xml:space="preserve">E KITRIDGE RD  
 </t>
   </si>
   <si>
+    <t>A01-0001-0002-0-0025-00</t>
+  </si>
+  <si>
+    <t>MCMURRAY DONALD &amp; KARISSA K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4426 BAKER RD  
+DAYTON OH 45424</t>
+  </si>
+  <si>
+    <t>A01-0001-0002-0-0045-00</t>
+  </si>
+  <si>
+    <t>POLYDOROS CRAIG &amp; JOY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4301 SR 4  
+DAYTON OH 45424</t>
+  </si>
+  <si>
+    <t>A01-0001-0002-0-0058-00</t>
+  </si>
+  <si>
+    <t>JUSINO AMANDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4421 BAKER RD  
+DAYTON OH 45424</t>
+  </si>
+  <si>
     <t>A01-0001-0002-0-0102-00</t>
   </si>
   <si>
     <t>HICKS LOGAN</t>
   </si>
   <si>
     <t xml:space="preserve">4284 UNION RD  
 </t>
   </si>
   <si>
     <t>A01-0001-0003-0-0009-00</t>
   </si>
   <si>
     <t>ADCOX JERRY D &amp; JERRY ADCOX</t>
   </si>
   <si>
     <t xml:space="preserve">4836 UPPER VALLEY PIKE  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0016-00</t>
   </si>
   <si>
     <t>HUGHES FREDERICK L</t>
   </si>
   <si>
     <t xml:space="preserve">SR 4  
 </t>
   </si>
   <si>
+    <t>A01-0001-0003-0-0021-00</t>
+  </si>
+  <si>
+    <t>JOHNSON RUSSELL &amp; JESSICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4531 SR 4  
+DAYTON OH 45424</t>
+  </si>
+  <si>
     <t>A01-0001-0003-0-0038-00</t>
   </si>
   <si>
     <t>LOUGEMAN STEPHEN</t>
   </si>
   <si>
     <t xml:space="preserve">3730 BEACONVIEW DR  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0042-00</t>
   </si>
   <si>
     <t>ENGLE MARY BETH</t>
   </si>
   <si>
     <t xml:space="preserve">3760 SKYROS DR  
 DAYTON OH 45424</t>
   </si>
   <si>
+    <t>A01-0001-0003-0-0063-00</t>
+  </si>
+  <si>
+    <t>LEWIS RAYMOND A JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3784 BEACONVIEW DR  
+DAYTON OH 45424</t>
+  </si>
+  <si>
     <t>A01-0001-0003-0-0098-00</t>
   </si>
   <si>
     <t xml:space="preserve">BEACONVIEW DR  
 </t>
   </si>
   <si>
     <t>A01-0001-0003-0-0103-00</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0104-00</t>
   </si>
   <si>
     <t xml:space="preserve">ADAMS RD  
 </t>
   </si>
   <si>
     <t>A01-0001-0003-0-0118-00</t>
   </si>
   <si>
+    <t>A01-0001-0003-0-0125-00</t>
+  </si>
+  <si>
+    <t>HOLBROOK KALEB J &amp; HANNAH A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UPPER VALLEY PIKE  
+</t>
+  </si>
+  <si>
     <t>A01-0001-0005-0-0023-00</t>
   </si>
   <si>
     <t>RODGERS DAVID M &amp; TONI D</t>
   </si>
   <si>
     <t xml:space="preserve">2170 NATIONAL RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A01-0001-0006-0-0114-00</t>
+  </si>
+  <si>
+    <t>KENDIG DONALD L &amp; JANET M CO TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOXWOOD DR  
+</t>
+  </si>
+  <si>
     <t>A01-0001-0006-0-0149-00</t>
   </si>
   <si>
     <t>SAWYER WILLIAM C</t>
   </si>
   <si>
     <t xml:space="preserve">3309 RAVENWOOD RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A01-0001-0006-0-0163-00</t>
+  </si>
+  <si>
+    <t>HAYES TRACIE A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3010 VALLEY VIEW DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0006-0-0204-00</t>
+  </si>
+  <si>
+    <t>OSBORNE AVERY D &amp; DIANA S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3041 AXE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0009-0-0008-00</t>
+  </si>
+  <si>
+    <t>MCPEEK JACKIE L &amp; JOYCE A TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SANDHILL RD  
+</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0031-00</t>
+  </si>
+  <si>
+    <t>TRIMBLE JERRY TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2990 WYLIE DR  
+</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0040-00</t>
+  </si>
+  <si>
+    <t>TALLMAN JAMES C &amp; PATRICIA M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2967 WYLIE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0065-00</t>
+  </si>
+  <si>
+    <t>HEIZER KAREN SUE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VALLEY VIEW DR  
+</t>
+  </si>
+  <si>
     <t>A01-0001-0013-0-0071-00</t>
   </si>
   <si>
     <t>HARVEY KARL P</t>
   </si>
   <si>
     <t xml:space="preserve">3214 RAVENWOOD RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0092-00</t>
+  </si>
+  <si>
+    <t>WETZ JAMES AUGUST</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3283 RAVENWOOD RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0176-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERNICE DR  
+</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0177-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3205 BERNICE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0001-0013-0-0194-00</t>
   </si>
   <si>
     <t>NEWELL ARTHUR T</t>
   </si>
   <si>
     <t xml:space="preserve">PROSPECT AVE  
 </t>
   </si>
   <si>
-    <t>A01-0001-0013-0-0196-00</t>
+    <t>A01-0001-0013-0-0195-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2789 PROSPECT AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0201-00</t>
+  </si>
+  <si>
+    <t>ORR CYNTHIA PLAN ADMINISTRATOR OF MY END GAME 401K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2817 PROSPECT AVE  
+FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0001-0013-0-0202-00</t>
   </si>
   <si>
     <t>COLER SHIRLEY Z</t>
   </si>
   <si>
     <t xml:space="preserve">2827 PROSPECT AVE  
 </t>
   </si>
   <si>
     <t>A01-0001-0013-0-0203-00</t>
   </si>
   <si>
     <t xml:space="preserve">2827 PROSPECT AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A01-0001-0013-0-0379-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2762 OLD YELLOW SPRINGS RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0380-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2762 OLD YELLOW SPRINGS RD  
+</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0413-00</t>
+  </si>
+  <si>
+    <t>OWSLEY DOTTIE FAYE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2918 WYLIE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A01-0001-0013-0-0430-00</t>
   </si>
   <si>
     <t>OWSLEY JAMISON F &amp; SUSAN</t>
   </si>
   <si>
     <t xml:space="preserve">2885 WYLIE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0001-0013-0-0431-00</t>
   </si>
   <si>
-    <t xml:space="preserve">VALLEY VIEW DR  
-</t>
+    <t>A01-0001-0013-0-0662-00</t>
+  </si>
+  <si>
+    <t>BOYLE DAVID &amp; JENNIFER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 EDNA AVE  
+FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0001-0013-0-0675-00</t>
-  </si>
-[...1 lines deleted...]
-    <t>BOYLE DAVID &amp; JENNIFER</t>
   </si>
   <si>
     <t xml:space="preserve">HAMILTON DR  
 </t>
   </si>
   <si>
     <t>A01-00017</t>
   </si>
   <si>
     <t>CAREY CHARLES</t>
   </si>
   <si>
     <t>1900 SPANGLER RD LOT 18</t>
   </si>
   <si>
     <t>A01-0002-0020-0-0021-00</t>
   </si>
   <si>
     <t>HAMILTON LISA ANN</t>
   </si>
   <si>
     <t xml:space="preserve">4633 BYRON RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A01-0002-0020-0-0023-00</t>
+  </si>
+  <si>
+    <t>WINERT JOHN R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4613 BYRON RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A01-0002-0023-0-0005-00</t>
   </si>
   <si>
     <t>GRONBECK DONALD A &amp; MARY E KREBS</t>
   </si>
   <si>
     <t xml:space="preserve">1594 W DAYTON YELLOW SPRINGS RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>A01-0002-0023-0-0030-00</t>
   </si>
   <si>
     <t>GRONBECK DONALD A &amp; MARY E KREBS GRONBECK</t>
   </si>
   <si>
     <t xml:space="preserve">W DAYTON YELLOW SPRINGS RD  
 </t>
   </si>
   <si>
     <t>A01-0002-0024-0-0009-00</t>
   </si>
   <si>
     <t>GREEN JOSEPH</t>
   </si>
   <si>
     <t xml:space="preserve">1491 DAYTON YELLOW SPRINGS RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>A01-0002-0024-0-0011-00</t>
   </si>
   <si>
     <t xml:space="preserve">1479 DAYTON YELLOW SPRINGS RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>A01-0002-0025-0-0003-00</t>
   </si>
   <si>
     <t>COX EMMETT HAMILTON III</t>
   </si>
   <si>
     <t xml:space="preserve">1257 FOLK RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A01-0002-0025-0-0004-00</t>
+  </si>
+  <si>
+    <t>EC AND B1 PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1247 FOLK RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0002-0025-0-0007-00</t>
+  </si>
+  <si>
+    <t>TESAR AUSTIN J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOLK RD  
+</t>
+  </si>
+  <si>
+    <t>A01-0002-0025-0-0023-00</t>
+  </si>
+  <si>
+    <t>TRIPLEMBC PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3726 SR 235  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0002-0028-0-0026-00</t>
+  </si>
+  <si>
+    <t>WOLFE CHAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">925 ARMSTRONG RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0002-0030-0-0077-00</t>
+  </si>
+  <si>
+    <t>COLEMAN SOLA T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4863 HORSEMAN DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0002-0031-0-0033-00</t>
+  </si>
+  <si>
+    <t>WHITE JONATHAN C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">813 HERR RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0002-0032-0-0002-00</t>
+  </si>
+  <si>
+    <t>WEIGHTMAN IAN ROBERT &amp; DEBRA ALICE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3790 W ENON RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0002-0032-0-0022-00</t>
+  </si>
+  <si>
+    <t>DARNELL LYNDA SUE &amp; LARRY W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3691 W ENON RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
     <t>A01-0002-0032-0-0024-00</t>
   </si>
   <si>
     <t>WISECUP MARY S</t>
   </si>
   <si>
     <t xml:space="preserve">3659 W ENON RD  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
+    <t>A01-0002-0032-0-0025-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3691 W ENON RD  
+</t>
+  </si>
+  <si>
+    <t>A01-0002-0032-0-0103-00</t>
+  </si>
+  <si>
+    <t>WILLIAMS JAMES W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">870 W HYDE RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>A01-0002-0032-0-0131-00</t>
+  </si>
+  <si>
+    <t>SHOOLINE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SR 235  
+</t>
+  </si>
+  <si>
+    <t>A01-0002-0032-0-0169-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W ENON RD  
+</t>
+  </si>
+  <si>
     <t>A01-00059</t>
   </si>
   <si>
     <t>DANIELS MELISSA A</t>
   </si>
   <si>
     <t xml:space="preserve">1900 SPANGLER RD  27</t>
   </si>
   <si>
     <t>A01-00125</t>
   </si>
   <si>
     <t>DUNN EVANGELINE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>A01-00129</t>
   </si>
   <si>
     <t>BITTERS NICOLE MARIE</t>
   </si>
   <si>
     <t xml:space="preserve">1900 SPANGLER RD  56</t>
@@ -728,197 +1077,239 @@
   <si>
     <t xml:space="preserve">4901 DEPOY ST  G15</t>
   </si>
   <si>
     <t>A01-00951</t>
   </si>
   <si>
     <t>GARCIA CARLOS</t>
   </si>
   <si>
     <t xml:space="preserve">6330 RILEY ST  J10</t>
   </si>
   <si>
     <t>A01-00966</t>
   </si>
   <si>
     <t>BASSETT TAMARA J</t>
   </si>
   <si>
     <t>A01-00970</t>
   </si>
   <si>
     <t>PINNEY DOUGLAS R</t>
   </si>
   <si>
+    <t>A01-00971</t>
+  </si>
+  <si>
+    <t>BISON ASSET MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6314 RILEY ST  J-13</t>
+  </si>
+  <si>
     <t>A01-01003</t>
   </si>
   <si>
     <t>LALIBERTE DEBORAH</t>
   </si>
   <si>
     <t>1900 SPANGLER RD LOT 2</t>
   </si>
   <si>
     <t>A01-01004</t>
   </si>
   <si>
     <t>4918 DEPOY ST</t>
   </si>
   <si>
     <t>A01-01009</t>
   </si>
   <si>
     <t>COLLINS MAXINE</t>
   </si>
   <si>
     <t xml:space="preserve">4977 DEPOY ST  G2</t>
   </si>
   <si>
     <t>A01-01025</t>
   </si>
   <si>
     <t>LEE RONALD J</t>
   </si>
   <si>
     <t xml:space="preserve">6349 RILEY ST  H4</t>
   </si>
   <si>
     <t>A01-01037</t>
   </si>
   <si>
     <t>GRUBER ALICE C</t>
   </si>
   <si>
     <t>A01-01061</t>
   </si>
   <si>
     <t>BOWMAN LES</t>
   </si>
   <si>
     <t xml:space="preserve">1900 SPANGLER RD  51</t>
   </si>
   <si>
+    <t>A01-01070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4797 VAN METER  H25</t>
+  </si>
+  <si>
     <t>A01-01103</t>
   </si>
   <si>
     <t xml:space="preserve">6308 KEELER ST  L15</t>
   </si>
   <si>
     <t>A01-01107</t>
   </si>
   <si>
     <t>JONES MARY LOU ESTATE OF</t>
   </si>
   <si>
     <t xml:space="preserve">6359 KEELER ST  K-1</t>
   </si>
   <si>
     <t>A01-01120</t>
   </si>
   <si>
     <t>ELDRIDGE GREGORY A</t>
   </si>
   <si>
     <t>A01-01134</t>
   </si>
   <si>
     <t>GRAHAM GREGG &amp; JOYCE</t>
   </si>
   <si>
+    <t>A01-01139</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4905 APEX ST  A10</t>
+  </si>
+  <si>
     <t>A01-01141</t>
   </si>
   <si>
     <t>COATS ROBERT SCOTT</t>
   </si>
   <si>
     <t>A01-01142</t>
   </si>
   <si>
     <t>6407 EARLINGTON ST LOT C2</t>
   </si>
   <si>
     <t>A01-01144</t>
   </si>
   <si>
     <t>LUTZ GARY</t>
   </si>
   <si>
     <t>4972 DEPOY ST</t>
   </si>
   <si>
     <t>A01-01157</t>
   </si>
   <si>
     <t>BURNS ROY &amp; RHONDA</t>
   </si>
   <si>
+    <t>A01-01171</t>
+  </si>
+  <si>
+    <t>BISON ASSET MANAGEMENT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4909 APEX ST  A9</t>
+  </si>
+  <si>
     <t>A01-01188</t>
   </si>
   <si>
     <t>HARRISON LACIE M</t>
   </si>
   <si>
     <t xml:space="preserve">4965 DEPOY ST  G4</t>
   </si>
   <si>
     <t>A01-01205</t>
   </si>
   <si>
     <t>FLYNN BENNY J</t>
   </si>
   <si>
     <t>A01-01240</t>
   </si>
   <si>
     <t>ZIMMERMAN MICHAEL &amp; CHRISTENA</t>
   </si>
   <si>
     <t xml:space="preserve">1900 SPANGLER RD  1B</t>
   </si>
   <si>
     <t>A01-01276</t>
   </si>
   <si>
     <t>KIMMERLY TONY</t>
   </si>
   <si>
     <t>A01-01277</t>
   </si>
   <si>
     <t>BARNETT JOEL F</t>
   </si>
   <si>
+    <t>A01-01281</t>
+  </si>
+  <si>
+    <t>6332 KEELER ST</t>
+  </si>
+  <si>
     <t>A01-01324</t>
   </si>
   <si>
     <t>EGGERT MICHAEL</t>
   </si>
   <si>
     <t xml:space="preserve">6356 KEELER ST  3</t>
   </si>
   <si>
+    <t>A01-01327</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4901 APEX DR  A-11</t>
+  </si>
+  <si>
     <t>A01-01339</t>
   </si>
   <si>
     <t>CLARK RICKY LEE</t>
   </si>
   <si>
     <t xml:space="preserve">1900 SPANGLER RD  61</t>
   </si>
   <si>
     <t>A01-01357</t>
   </si>
   <si>
     <t>JOHNSON ALVA T</t>
   </si>
   <si>
     <t xml:space="preserve">6303 KEELER ST  K-15</t>
   </si>
   <si>
     <t>A01-01375</t>
   </si>
   <si>
     <t>FROST SHEILA</t>
   </si>
   <si>
     <t>1900 SPANGLER RD LOT 1C</t>
@@ -1001,1024 +1392,1851 @@
   <si>
     <t>HUBER MOBILE HOME PARK</t>
   </si>
   <si>
     <t xml:space="preserve">4913 DEPOY ST  G13</t>
   </si>
   <si>
     <t>A01-01435</t>
   </si>
   <si>
     <t>MCWHORTER GARNET L</t>
   </si>
   <si>
     <t xml:space="preserve">4935 DEPOY ST  G-9</t>
   </si>
   <si>
     <t>A01-01508</t>
   </si>
   <si>
     <t>BROWN THOMAS C JR</t>
   </si>
   <si>
     <t xml:space="preserve">6322 RILEY ST  J-11</t>
   </si>
   <si>
+    <t>A01-01509</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4812 APEX ST  A15</t>
+  </si>
+  <si>
     <t>A01-01526</t>
   </si>
   <si>
     <t>LONG JAMES L JR &amp; KAREN S FOUSS</t>
   </si>
   <si>
     <t>1900 SPANGLER RD LOT 12</t>
   </si>
   <si>
+    <t>A01-01527</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4959 DEPOY ST  G5</t>
+  </si>
+  <si>
     <t>A01-01531</t>
   </si>
   <si>
     <t>ROOP DEAN H</t>
   </si>
   <si>
     <t>6354 RILEY ST</t>
   </si>
   <si>
     <t>A01-01544</t>
   </si>
   <si>
     <t>CUNDIFF BILLY</t>
   </si>
   <si>
     <t>6320 KEELER ST</t>
   </si>
   <si>
     <t>A01-01556</t>
   </si>
   <si>
     <t>TAMMAC HOLDINGS CORP</t>
   </si>
   <si>
     <t xml:space="preserve">4800 APEX ST  A18</t>
   </si>
   <si>
     <t>A01-01558</t>
   </si>
   <si>
     <t>4796 APEX ST LOT A20</t>
   </si>
   <si>
-    <t>A01-0999-0999-0-0029-01</t>
-[...2 lines deleted...]
-    <t>DOVETAIL ENERGY LLC</t>
+    <t>A01-0999-0999-0-0007-01</t>
+  </si>
+  <si>
+    <t>OHIO EDISON CO</t>
   </si>
   <si>
     <t xml:space="preserve">
 </t>
   </si>
   <si>
-    <t>A02-0001-0001-0-0068-00</t>
-[...6 lines deleted...]
-FAIRBORN OH 45324</t>
+    <t>A01-0999-0999-0-0027-01</t>
+  </si>
+  <si>
+    <t>AMERICAN TRANSMISSION SYSTEMS INC</t>
+  </si>
+  <si>
+    <t>A01-0999-0999-0-0029-01</t>
+  </si>
+  <si>
+    <t>DOVETAIL ENERGY LLC</t>
   </si>
   <si>
     <t>A02-0001-0001-0-0108-00</t>
   </si>
   <si>
     <t>HEATH RHONDA &amp; JENNIFER HENTON</t>
   </si>
   <si>
     <t xml:space="preserve">407 OHIO ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0001-0-0116-00</t>
   </si>
   <si>
     <t>SANDERS ELEANOR V</t>
   </si>
   <si>
     <t xml:space="preserve">209 OHIO ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0001-0-0128-00</t>
+  </si>
+  <si>
+    <t>FAIRBORN REAL ESTATE INVESTMENTS LLC (OHIO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">543 SOUTH ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0001-0-0129-00</t>
+  </si>
+  <si>
+    <t>CASON MICHELE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">539 SOUTH ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0001-0-0137-00</t>
   </si>
   <si>
     <t>GREATER DAYTON REALTY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">507 SOUTH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0001-0-0150-00</t>
   </si>
   <si>
     <t>POLHAMUS JAMIE I &amp; JOHN S</t>
   </si>
   <si>
     <t xml:space="preserve">504 SOUTH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0001-0-0202-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S BROAD ST  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0002-0-0029-00</t>
+  </si>
+  <si>
+    <t>GORBY DAVID W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">118 N BROAD ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0002-0-0050-00</t>
+  </si>
+  <si>
+    <t>RANDALL DENNIS A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THIRD ST  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0002-0-0051-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">115 THIRD ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0002-0-0183-00</t>
   </si>
   <si>
     <t>CORN LISA A</t>
   </si>
   <si>
     <t xml:space="preserve">18 WEST ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0002-0-0198-00</t>
   </si>
   <si>
     <t>YOUNG THOMAS &amp; JANEENE</t>
   </si>
   <si>
     <t xml:space="preserve">32 S BROAD ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0002-0-0206-00</t>
+  </si>
+  <si>
+    <t>VENTERS JOHN D &amp; SHARON K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">401 CLOVER ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0002-0-0266-00</t>
   </si>
   <si>
     <t>FODAL MARY L</t>
   </si>
   <si>
     <t xml:space="preserve">44 MILLER AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0002-0-0269-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36 MILLER AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0003-0-0049-00</t>
   </si>
   <si>
     <t>CAUSEY TAYLOR M</t>
   </si>
   <si>
     <t xml:space="preserve">210 212 WEST ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0003-0-0050-00</t>
   </si>
   <si>
     <t xml:space="preserve">ASH DR  
 </t>
   </si>
   <si>
     <t>A02-0001-0003-0-0084-00</t>
   </si>
   <si>
     <t>MORRIS PAUL</t>
   </si>
   <si>
     <t xml:space="preserve">610 W XENIA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0003-0-0099-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0004-0-0006-00</t>
   </si>
   <si>
     <t>TANECA DEVELOPMENT CO</t>
   </si>
   <si>
     <t xml:space="preserve">N BROAD ST  
 </t>
   </si>
   <si>
     <t>A02-0001-0004-0-0007-00</t>
   </si>
   <si>
     <t xml:space="preserve">565 N BROAD ST  
 </t>
   </si>
   <si>
+    <t>A02-0001-0004-0-0033-00</t>
+  </si>
+  <si>
+    <t>LUX CARWASH LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">133 HEBBLE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0005-0-0012-00</t>
+  </si>
+  <si>
+    <t>MILLER LESLIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">869 PRINCETON AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0005-0-0088-00</t>
   </si>
   <si>
     <t>MELLON CRYSTAL &amp; ERIC</t>
   </si>
   <si>
     <t xml:space="preserve">1005 HARVARD AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0005-0-0094-00</t>
+  </si>
+  <si>
+    <t>LAMONT CARROLL GROUP II LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1029 1027 HARVARD AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0005-0-0097-00</t>
+  </si>
+  <si>
+    <t>BAKER HEIDI J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1041 HARVARD AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0005-0-0132-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1021 VICTORIA AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0005-0-0137-00</t>
   </si>
   <si>
     <t>MARY E BROWN PROPERTIES IV LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1041 1043 VICTORIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0005-0-0140-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1053 VICTORIA AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0005-0-0144-00</t>
   </si>
   <si>
     <t>MARY E BROWN PROPERTIES I LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1006 VICTORIA AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0005-0-0145-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1008 1010 VICTORIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0148-00</t>
   </si>
   <si>
     <t>CAUDILL GREGORY A</t>
   </si>
   <si>
     <t xml:space="preserve">1022 VICTORIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0149-00</t>
   </si>
   <si>
     <t xml:space="preserve">1022 VICTORIA AVE  
 </t>
   </si>
   <si>
     <t>A02-0001-0005-0-0152-00</t>
   </si>
   <si>
     <t>EARLS KIMBERLY &amp; SCOTT E MILBY</t>
   </si>
   <si>
     <t xml:space="preserve">1038 VICTORIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0005-0-0161-00</t>
+  </si>
+  <si>
+    <t>WANAMAKER LAWRENCE E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1001 S CENTRAL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0005-0-0162-00</t>
+  </si>
+  <si>
+    <t>SHUFF ELIZABETH J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1005 S CENTRAL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0005-0-0167-00</t>
+  </si>
+  <si>
+    <t>GLASSBURN RUSSELL J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1025 S CENTRAL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0005-0-0173-00</t>
   </si>
   <si>
     <t>JOHNSON CHARLENE</t>
   </si>
   <si>
     <t xml:space="preserve">1049 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0005-0-0175-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1057 1059 S CENTRAL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0005-0-0176-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 7 W MCLAUGHLIN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0005-0-0186-00</t>
+  </si>
+  <si>
+    <t>J AND K PROPERTY MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1040 S CENTRAL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0005-0-0198-00</t>
   </si>
   <si>
     <t>WILCOX CHERYL L &amp; CHARLES J JR</t>
   </si>
   <si>
     <t xml:space="preserve">1025 COLUMBIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0005-0-0205-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1053 COLUMBIA AVE  
+    <t>A02-0001-0005-0-0209-00</t>
+  </si>
+  <si>
+    <t>IMPSON JOSEPH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1020 COLUMBIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0217-00</t>
   </si>
   <si>
     <t>CITY OF FAIRBORN OHIO</t>
   </si>
   <si>
     <t xml:space="preserve">1052 COLUMBIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0252-00</t>
   </si>
   <si>
     <t>CONLEY CURTIS F ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">116 W MCLAUGHLIN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0005-0-0271-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W MCLAUGHLIN AVE  
+</t>
+  </si>
+  <si>
     <t>A02-0001-0005-0-0272-00</t>
   </si>
   <si>
     <t xml:space="preserve">1101 COLUMBIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0005-0-0283-00</t>
+  </si>
+  <si>
+    <t>JENKINS DONNIE W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21 W ROBBINS AVE  
+</t>
+  </si>
+  <si>
     <t>A02-0001-0005-0-0284-00</t>
   </si>
   <si>
-    <t>JENKINS DONNIE W</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">21 W ROBBINS AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0005-0-0291-00</t>
+  </si>
+  <si>
+    <t>BEARDEN APRIL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 E ROBBINS AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0005-0-0301-00</t>
+  </si>
+  <si>
+    <t>ENRIQUEZ INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W ROBBINS AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0005-0-0308-00</t>
   </si>
   <si>
     <t>SFR3-020 LLC</t>
-  </si>
-[...2 lines deleted...]
-FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0309-00</t>
   </si>
   <si>
     <t xml:space="preserve">W ROBBINS AVE  
 </t>
   </si>
   <si>
     <t>A02-0001-0006-0-0006-00</t>
   </si>
   <si>
     <t>SCHAUWEKER RICHARD ALAN</t>
   </si>
   <si>
     <t xml:space="preserve">602 KAUFFMAN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0006-0-0043-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">701 S MAPLE AVE  
+    <t>A02-0001-0006-0-0007-00</t>
+  </si>
+  <si>
+    <t>JOHNSON ROBERT S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">108 PEARL ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0008-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">116 PEARL ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0009-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">116 PEARL ST  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0010-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">120 PEARL ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0017-00</t>
+  </si>
+  <si>
+    <t>SMITH RITA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">121 FRAHN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0030-00</t>
+  </si>
+  <si>
+    <t>EXCELSIOR EAGLE ENTERPRISES INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">116 FRAHN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0033-00</t>
+  </si>
+  <si>
+    <t>GATES OF PRAISE MINISTRIES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23 POWELL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0045-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">711 S MAPLE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0047-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">717 S MAPLE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0049-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">717 S MAPLE AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0070-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">824 CENTRAL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0101-00</t>
+  </si>
+  <si>
+    <t>PELFREY STANLEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WASHINGTON AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0108-00</t>
+  </si>
+  <si>
+    <t>BRADFORD KIM M TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">860 WASHINGTON AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0114-00</t>
+  </si>
+  <si>
+    <t>DEER WESLEY J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">821 PRINCETON AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0138-00</t>
+  </si>
+  <si>
+    <t>MY PROPERTY HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">852 PRINCETON AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0006-0-0145-00</t>
   </si>
   <si>
     <t>SFR3 080 LLC</t>
   </si>
   <si>
     <t xml:space="preserve">S MAPLE AVE  
 </t>
   </si>
   <si>
+    <t>A02-0001-0006-0-0161-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23 POWELL AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0006-0-0167-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEARL ST  
+</t>
+  </si>
+  <si>
     <t>A02-0001-0007-0-0116-00</t>
   </si>
   <si>
     <t xml:space="preserve">27 SOUTH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0007-0-0119-00</t>
+  </si>
+  <si>
+    <t>CARROLL C J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">301 S CENTRAL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0007-0-0122-00</t>
   </si>
   <si>
     <t>AUXIER JEREMY S &amp; CHARLES E</t>
   </si>
   <si>
     <t xml:space="preserve">319 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0007-0-0132-00</t>
+  </si>
+  <si>
+    <t>HENLEY WILLIAM P JR SUCCESSOR TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34 SOUTH ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0008-0-0071-00</t>
+  </si>
+  <si>
+    <t>MACY JOHNATHAN E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17 19 S GRAND AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0008-0-0095-00</t>
   </si>
   <si>
     <t>BUTTS TIMOTHY</t>
   </si>
   <si>
     <t xml:space="preserve">25 W DAYTON DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0008-0-0113-00</t>
+  </si>
+  <si>
+    <t>CRIMSON MISSILE REALTY LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18 20 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0008-0-0132-00</t>
   </si>
   <si>
     <t>EMANUEL MINISTRIES INTERNATIONAL</t>
   </si>
   <si>
     <t xml:space="preserve">100 E MAIN ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0008-0-0133-00</t>
   </si>
   <si>
     <t xml:space="preserve">MAIN ST  
 </t>
   </si>
   <si>
     <t>A02-0001-0008-0-0134-00</t>
   </si>
   <si>
+    <t>A02-0001-0009-0-0102-00</t>
+  </si>
+  <si>
+    <t>ROZAK JOSEPH E ET AL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">210 N CENTRAL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0009-0-0158-00</t>
   </si>
   <si>
     <t>VENTO KAILA &amp; JACOB D BEAN</t>
   </si>
   <si>
     <t xml:space="preserve">E XENIA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0010-0-0153-00</t>
   </si>
   <si>
     <t>STAMPER KEITH D &amp; LINDA S</t>
   </si>
   <si>
     <t xml:space="preserve">115 E EMERSON AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0010-0-0192-00</t>
+  </si>
+  <si>
+    <t>YATES KATELYN M ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32 W WHITTIER AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0010-0-0194-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W WHITTIER AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0011-0-0003-00</t>
+  </si>
+  <si>
+    <t>JPS LLS LTD</t>
+  </si>
+  <si>
     <t>A02-0001-0011-0-0010-00</t>
   </si>
   <si>
-    <t>STATE OF OHIO</t>
+    <t>MISSION MINDED PROPERTIES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">7 CIRCLE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0011-0-0050-00</t>
   </si>
   <si>
     <t xml:space="preserve">CIRCLE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0011-0-0056-00</t>
   </si>
   <si>
     <t>SABA PETROLEUM LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1010 N BROAD ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0011-0-0059-00</t>
   </si>
   <si>
-    <t>A02-0001-0011-0-0067-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">14 MEADOW DR  
+    <t>A02-0001-0012-0-0003-00</t>
+  </si>
+  <si>
+    <t>PATTERSON ERIC L &amp; MARY L BROWN PATTERSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1215 OAKHILL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0012-0-0025-00</t>
   </si>
   <si>
     <t>CUSTER MICHAEL D</t>
   </si>
   <si>
     <t xml:space="preserve">1222 OAKHILL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0012-0-0030-00</t>
   </si>
   <si>
     <t>MANGANARO MATTHEW D</t>
   </si>
   <si>
     <t xml:space="preserve">144 CIRCLE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0012-0-0032-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1202 OAKHILL AVE  
+    <t>A02-0001-0012-0-0050-00</t>
+  </si>
+  <si>
+    <t>EVANS REBECCA E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">131 CIRCLE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0013-0-0012-00</t>
+  </si>
+  <si>
+    <t>MCWHORTER MICHAEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIGHVIEW DR  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0013-0-0015-00</t>
+  </si>
+  <si>
+    <t>MCWORTER MICHAEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HIGHVIEW DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0013-0-0029-00</t>
   </si>
   <si>
     <t>AMMONS RICHARD W</t>
   </si>
   <si>
     <t xml:space="preserve">248 SANDHILL RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0013-0-0043-00</t>
   </si>
   <si>
     <t>LIMOLI JOHN K JR</t>
   </si>
   <si>
     <t xml:space="preserve">1402 SUNSET DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0013-0-0045-00</t>
   </si>
   <si>
     <t>ELLIOTT LEAH B</t>
   </si>
   <si>
     <t xml:space="preserve">1374 SUNSET DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0013-0-0086-00</t>
+  </si>
+  <si>
+    <t>BARTLETT ROBERT TODD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1366 EASTVIEW DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0013-0-0094-00</t>
   </si>
   <si>
     <t>MICHAEL DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">1413 ARLINGTON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0013-0-0099-00</t>
   </si>
   <si>
     <t>WILLIAMS ROGER D</t>
   </si>
   <si>
     <t xml:space="preserve">1325 ARLINGTON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0013-0-0108-00</t>
   </si>
   <si>
-    <t>WETZ JAMES AUGUST</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">1314 ARLINGTON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0013-0-0126-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PALMER DR  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0015-0-0009-00</t>
+  </si>
+  <si>
+    <t>CAMPBELL ERIN L TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">537 HILLRIDGE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0015-0-0028-00</t>
   </si>
   <si>
     <t>PONTANES KENT &amp; COURTNEY</t>
   </si>
   <si>
     <t xml:space="preserve">548 HILLRIDGE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0016-0-0047-00</t>
+  </si>
+  <si>
+    <t>LESSARD JUDITH ANN ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">438 LOHNES DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0016-0-0058-00</t>
   </si>
   <si>
     <t xml:space="preserve">560 LOHNES DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0016-0-0068-00</t>
+  </si>
+  <si>
+    <t>JOHNSON ROBERT S &amp; SHELIA B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADAMS ST  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0016-0-0069-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1114 ADAMS ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0016-0-0109-00</t>
+  </si>
+  <si>
+    <t>MARGRAFF ANDREW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">560 LEWIS DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0016-0-0198-00</t>
   </si>
   <si>
     <t>GREEN GEORGE S</t>
   </si>
   <si>
     <t xml:space="preserve">578 WAYNE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0017-0-0076-00</t>
-[...16 lines deleted...]
-FAIRBORN OH 45324</t>
+    <t>A02-0001-0018-0-0021-00</t>
+  </si>
+  <si>
+    <t>BENOIT MATTHEW D &amp; MICHELLE R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">810 N MAPLE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0018-0-0074-00</t>
+  </si>
+  <si>
+    <t>BEVAN ROBERT ARTHUR S. &amp; SHAYZHEN ALLEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUNE DR  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0018-0-0078-00</t>
+  </si>
+  <si>
+    <t>HENDERICKSON DAVID R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">651 JUNE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0018-0-0121-00</t>
+  </si>
+  <si>
+    <t>SEWELL JULIE E &amp; ERIC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">651 SWIGART DR  
+</t>
   </si>
   <si>
     <t>A02-0001-0018-0-0166-00</t>
   </si>
   <si>
     <t>PERANDER RODNEY W</t>
   </si>
   <si>
     <t xml:space="preserve">338 E WHITTIER AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0018-0-0167-00</t>
   </si>
   <si>
     <t xml:space="preserve">338 E WHITTIER AVE  
 </t>
   </si>
   <si>
+    <t>A02-0001-0019-0-0019-00</t>
+  </si>
+  <si>
+    <t>HAWTHORN HILL HOMES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">354 356 WALLACE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0019-0-0116-00</t>
   </si>
   <si>
     <t>ALLEN CYNTHIA M &amp; GREGORY S</t>
   </si>
   <si>
     <t xml:space="preserve">327 ROYAL ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0019-0-0171-00</t>
   </si>
   <si>
     <t xml:space="preserve">234 HOLMES DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0019-0-0182-00</t>
+  </si>
+  <si>
+    <t>HANNEBAUM TERRI LYNNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">316 HOLMES DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0019-0-0184-00</t>
   </si>
   <si>
     <t>CALLOWAY CARRIE L</t>
   </si>
   <si>
     <t xml:space="preserve">324 HOLMES DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0019-0-0191-00</t>
+  </si>
+  <si>
+    <t>FUGATE BRIAN &amp; TAMMY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">352 354 MORRIS DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0020-0-0022-00</t>
   </si>
   <si>
     <t>JOHNSON THELMA A</t>
   </si>
   <si>
     <t xml:space="preserve">331 MANN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0020-0-0094-00</t>
+  </si>
+  <si>
+    <t>EARHART BROTHERS LEASING LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">314 E DAYTON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0020-0-0096-00</t>
   </si>
   <si>
     <t>WALLING JEREMIAH</t>
   </si>
   <si>
     <t xml:space="preserve">E DAYTON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0020-0-0099-00</t>
   </si>
   <si>
     <t>HUELSMAN GROUP LLC</t>
   </si>
   <si>
     <t xml:space="preserve">E DAYTON DR  
 </t>
   </si>
   <si>
+    <t>A02-0001-0020-0-0108-00</t>
+  </si>
+  <si>
+    <t>WILKES SABRINA GAIL &amp; SAMUEL A PERDUE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">308 E XENIA DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0020-0-0119-00</t>
   </si>
   <si>
     <t>KRIEL SUSAN D</t>
   </si>
   <si>
     <t xml:space="preserve">232 E XENIA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0020-0-0122-00</t>
   </si>
   <si>
     <t xml:space="preserve">46 N MAPLE AVE  
 </t>
   </si>
   <si>
     <t>A02-0001-0020-0-0123-00</t>
   </si>
   <si>
     <t>LAWRENCE MICHAEL &amp; TRESA</t>
   </si>
   <si>
     <t xml:space="preserve">N MAPLE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0020-0-0137-00</t>
+  </si>
+  <si>
+    <t>REGAN TYLER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">208 214 E MAIN ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0020-0-0147-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">314 E DAYTON DR  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0020-0-0169-00</t>
+  </si>
+  <si>
+    <t>A02-0001-0021-0-0038-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">118 HOWER LN  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0022-0-0033-00</t>
   </si>
   <si>
     <t xml:space="preserve">495 KIRKWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0022-0-0054-00</t>
   </si>
   <si>
     <t>THOMPSON PRESTON &amp; DEBORAH L</t>
   </si>
   <si>
     <t xml:space="preserve">410 KIRKWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0022-0-0059-00</t>
+  </si>
+  <si>
+    <t>FULTZ LINDA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">436 KIRKWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0022-0-0071-00</t>
+  </si>
+  <si>
+    <t>RUSSELL JOSHUA P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27 ROSSMORE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0022-0-0085-00</t>
   </si>
   <si>
     <t>ANDREWS RUBY &amp; EDNA LEE</t>
   </si>
   <si>
     <t xml:space="preserve">21 SELBY CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0022-0-0086-00</t>
   </si>
   <si>
     <t>HOWARD LARRY D &amp; RUTH A</t>
   </si>
   <si>
     <t xml:space="preserve">25 SELBY CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0022-0-0129-00</t>
   </si>
   <si>
     <t>BRETT RONALD J &amp; DEBORAH A</t>
   </si>
   <si>
     <t xml:space="preserve">510 KIRKWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0022-0-0135-00</t>
   </si>
   <si>
     <t>ZIMMERMAN WENDY</t>
   </si>
   <si>
     <t xml:space="preserve">182 ERIE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0022-0-0153-00</t>
+  </si>
+  <si>
+    <t>CRINER ROBERT D &amp; PAMELA CRINER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">504 FLINTRIDGE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0022-0-0167-00</t>
   </si>
   <si>
     <t xml:space="preserve">61 ROWLAND DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0022-0-0178-00</t>
+  </si>
+  <si>
+    <t>FRANKLIN MICHAEL R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">76 ROWLAND DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0022-0-0187-00</t>
+  </si>
+  <si>
+    <t>MILLER MELISSA M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40 ROWLAND DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0022-0-0191-00</t>
   </si>
   <si>
     <t>JOVETT DOMINIC DONTE</t>
   </si>
   <si>
     <t xml:space="preserve">24 ROWLAND DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0022-0-0215-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 PERRIN CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0022-0-0219-00</t>
+  </si>
+  <si>
+    <t>CUSTOM OUTDOOR STRUCTURES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">604 S MAPLE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0023-0-0047-00</t>
+  </si>
+  <si>
+    <t>REYNOLDS ALICE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">826 S MAPLE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0023-0-0102-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">140 PAT LN  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0023-0-0107-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">112 PAT LN  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0023-0-0119-00</t>
   </si>
   <si>
     <t xml:space="preserve">143 PAT LN  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0023-0-0122-00</t>
+  </si>
+  <si>
+    <t>FAIRBORN REAL ESTATE INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">167 PAT LN  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0023-0-0123-00</t>
   </si>
   <si>
     <t>COMBS CHRISTY &amp; DARRELL SHAVER</t>
   </si>
   <si>
     <t xml:space="preserve">173 PAT LN  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0023-0-0133-00</t>
+  </si>
+  <si>
+    <t>CLICK JANIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">717 FLINTRIDGE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0023-0-0137-00</t>
   </si>
   <si>
     <t>FINNEGAN THOMAS J III &amp; BEVERLY A</t>
   </si>
   <si>
     <t xml:space="preserve">701 FLINTRIDGE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0023-0-0166-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">75 GALEWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0023-0-0167-00</t>
+  </si>
+  <si>
+    <t>PENNY JOSEPH L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">71 GALEWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0023-0-0168-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">67 GALEWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0023-0-0181-00</t>
+  </si>
+  <si>
+    <t>CONLEY LESSIE MAE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 GALEWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0023-0-0207-00</t>
   </si>
   <si>
     <t xml:space="preserve">738 FLINTRIDGE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0023-0-0229-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">261 PAT LA  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0023-0-0230-00</t>
+  </si>
+  <si>
+    <t>AMBC PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">255 PAT LN  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0023-0-0232-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">243 PAT LN  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0023-0-0250-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">244 PAT LN  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0023-0-0278-00</t>
   </si>
   <si>
     <t>WITHEROW CONNIE LYNNE</t>
   </si>
   <si>
     <t xml:space="preserve">8 FITCHLAND DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0023-0-0292-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">162 FITCHLAND DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0023-0-0310-00</t>
+  </si>
+  <si>
+    <t>ADAMS PHYLLIS M &amp; MELISSA D ADAMS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">164 DIANA LN E 
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0024-0-0004-00</t>
   </si>
   <si>
     <t>POLLY LINDA F</t>
   </si>
   <si>
     <t xml:space="preserve">21 MARCHMONT DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0024-0-0010-00</t>
+  </si>
+  <si>
+    <t>NOBLE INVESTMENT HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">59 MARCHMONT DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0024-0-0024-00</t>
+  </si>
+  <si>
+    <t>SUNDERMEYER LORETTA FAYE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">135 MARCHMONT DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0024-0-0032-00</t>
   </si>
   <si>
     <t>PEBLEY RYAN S</t>
   </si>
   <si>
     <t xml:space="preserve">5 NORTH HAVEN DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0024-0-0054-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0024-0-0062-00</t>
   </si>
   <si>
     <t>DANIELS JOHNNIE J &amp; SANDRA</t>
   </si>
   <si>
     <t xml:space="preserve">41 NORTH HAVEN DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0024-0-0093-00</t>
+  </si>
+  <si>
+    <t>GRIGSBY PEGGY ANN &amp; LONA JONES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">285 REDBANK DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0024-0-0108-00</t>
   </si>
   <si>
     <t>JABIR NAJM</t>
   </si>
   <si>
     <t xml:space="preserve">201 REDBANK DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0024-0-0134-00</t>
   </si>
   <si>
     <t>CODY KAREN</t>
   </si>
   <si>
     <t xml:space="preserve">298 REDBANK DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0025-0-0021-00</t>
   </si>
   <si>
     <t>HOWARD CHAD &amp; TRACY</t>
   </si>
   <si>
     <t xml:space="preserve">142 DIANA LN W 
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0025-0-0027-00</t>
   </si>
   <si>
     <t>MILLER DIANA</t>
   </si>
   <si>
     <t xml:space="preserve">11 LOCKWOOD CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0025-0-0041-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0025-0-0042-00</t>
   </si>
   <si>
     <t>WILSON RANDY FARRELL</t>
   </si>
   <si>
     <t xml:space="preserve">7 HOLGATE CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0025-0-0054-00</t>
   </si>
   <si>
     <t>LAMB SCOTT ERIK</t>
   </si>
   <si>
     <t xml:space="preserve">2 HOLGATE CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0025-0-0055-00</t>
   </si>
   <si>
     <t xml:space="preserve">91 REDBANK DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0025-0-0056-00</t>
   </si>
   <si>
     <t>YORK STEVEN R &amp; DARLENE M</t>
   </si>
   <si>
     <t xml:space="preserve">255 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0025-0-0058-00</t>
   </si>
   <si>
     <t>SHIPLEY THOMAS F</t>
   </si>
   <si>
     <t xml:space="preserve">241 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0025-0-0066-00</t>
+  </si>
+  <si>
+    <t>BOWER MATTHEW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14 REDBANK DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0026-0-0012-00</t>
   </si>
   <si>
     <t>ARNDT KOURTNEE &amp; PAUL E</t>
   </si>
   <si>
     <t xml:space="preserve">73 WESTPORT DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0026-0-0023-00</t>
   </si>
   <si>
     <t>DABNEY GLORIA J</t>
   </si>
   <si>
     <t xml:space="preserve">1140 S MAPLE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0026-0-0028-00</t>
+  </si>
+  <si>
+    <t>BAKER CRAIG EDWARD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 BROCKWAY CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0026-0-0102-00</t>
   </si>
   <si>
     <t>RIGNEY TONY JR</t>
   </si>
   <si>
     <t xml:space="preserve">40 DELLWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0027-0-0008-00</t>
   </si>
   <si>
     <t>MOORE GINA KAY &amp; JAMES</t>
   </si>
   <si>
     <t xml:space="preserve">351 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0027-0-0024-00</t>
   </si>
@@ -2028,431 +3246,885 @@
   <si>
     <t xml:space="preserve">324 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0027-0-0029-00</t>
   </si>
   <si>
     <t>ADKINS WILMA JEAN</t>
   </si>
   <si>
     <t xml:space="preserve">354 FLORENCE AVE  
 </t>
   </si>
   <si>
     <t>A02-0001-0027-0-0035-00</t>
   </si>
   <si>
     <t>KEATON CARL A</t>
   </si>
   <si>
     <t xml:space="preserve">31 RAMONA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0027-0-0038-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45 RAMONA DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0027-0-0053-00</t>
   </si>
   <si>
     <t>MAHON WILFRID ROGER</t>
   </si>
   <si>
     <t xml:space="preserve">38 RAMONA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0027-0-0061-00</t>
   </si>
   <si>
     <t>LILLARD JESSE L</t>
   </si>
   <si>
     <t xml:space="preserve">378 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0027-0-0090-00</t>
+  </si>
+  <si>
+    <t>PRATER RAYMOND E JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 REGINA DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0027-0-0101-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35 ROCKLAND DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0027-0-0126-00</t>
   </si>
   <si>
     <t>ADDIS DEAN &amp; SHELLY</t>
   </si>
   <si>
     <t xml:space="preserve">27 REGINA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0027-0-0141-00</t>
-[...15 lines deleted...]
-    <t xml:space="preserve">45 REGINA DR  
+    <t>A02-0001-0027-0-0163-00</t>
+  </si>
+  <si>
+    <t>ASH CRYSTAL A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">51 REGINA DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0027-0-0176-00</t>
+  </si>
+  <si>
+    <t>SEROW BONNIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">272 MARCHMONT DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0028-0-0007-00</t>
+  </si>
+  <si>
+    <t>AMON ALETA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">38 REGINA DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0028-0-0009-00</t>
+  </si>
+  <si>
+    <t>MOORE TAMMY R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">46 REGINA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0028-0-0014-00</t>
   </si>
   <si>
     <t>CURD CAROL ANNE</t>
   </si>
   <si>
     <t xml:space="preserve">510 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0028-0-0028-00</t>
   </si>
   <si>
     <t>KEATON WILLIAM RUSSELL</t>
   </si>
   <si>
     <t xml:space="preserve">457 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0028-0-0033-00</t>
+  </si>
+  <si>
+    <t>WERT MATTHEW &amp; CHARDY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">487 FLORENCE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0028-0-0034-00</t>
+  </si>
+  <si>
+    <t>WOOD KADENCE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">493 FLORENCE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0028-0-0047-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">232 DELLWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0028-0-0081-00</t>
   </si>
   <si>
     <t>LITTLE JAMIE LYNN ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">213 DELLWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0030-0-0064-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">1082 PEIDMONT DR  
+    <t>A02-0001-0028-0-0097-00</t>
+  </si>
+  <si>
+    <t>ADAMS SHANNON RAE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">427 MARCHMONT DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0029-0-0087-00</t>
+  </si>
+  <si>
+    <t>BOTTS PAMELA D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1231 GLENVIEW CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0029-0-0110-00</t>
+  </si>
+  <si>
+    <t>DAVIS JERRY R &amp; MARGARET M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">709 SUNNYMEAD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0030-0-0260-00</t>
+  </si>
+  <si>
+    <t>WETZ SONDRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">560 ADRIAN CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0031-0-0082-00</t>
+  </si>
+  <si>
+    <t>HILL KENDRA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YELLOW SPRINGS FAIRFIELD RD  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0031-0-0144-00</t>
+  </si>
+  <si>
+    <t>PUGH ADAM G &amp; JEANINE L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1334 WALNUT BEND CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0032-0-0021-00</t>
   </si>
   <si>
     <t>WILLIAMS DIANA D &amp; KRISTIN R</t>
   </si>
   <si>
     <t xml:space="preserve">587 SHARON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0033-0-0007-00</t>
   </si>
   <si>
     <t>ALLEN DON R &amp; VERA J TRUSTEES</t>
   </si>
   <si>
     <t xml:space="preserve">727 STONEYBROOK TRL  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0034-1-0029-00</t>
+  </si>
+  <si>
+    <t>HALL JEFFREY SCOTT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1210 GEORGETOWN CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0034-1-0052-00</t>
   </si>
   <si>
     <t>JONES KIMBERLY DAWN</t>
   </si>
   <si>
     <t xml:space="preserve">1100 CHARLESTON CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0034-1-0060-00</t>
   </si>
   <si>
     <t>SPRINGLE CARL E III</t>
   </si>
   <si>
     <t xml:space="preserve">1116 CHARLESTON CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0034-3-0024-00</t>
   </si>
   <si>
     <t>CHASTAIN MICHAEL</t>
   </si>
   <si>
     <t xml:space="preserve">2513 JAMESTOWN CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0001-0034-4-0046-00</t>
+  </si>
+  <si>
+    <t>RUSSELL SUE A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2108 WELLINGTON CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0036-0-0010-00</t>
   </si>
   <si>
+    <t>GG CUSTOM HOMES LLC</t>
+  </si>
+  <si>
     <t xml:space="preserve">1530 SPANGLER RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0037-0-0001-00</t>
   </si>
   <si>
     <t>USMANOV AZIMZHON</t>
   </si>
   <si>
     <t xml:space="preserve">GARLAND AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0038-0-0133-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">700 CLEARY DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0039-0-0012-01</t>
   </si>
   <si>
     <t>BRIGHT HORIZON HOSPITALITY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">E XENIA DR  
 </t>
   </si>
   <si>
+    <t>A02-0001-0041-0-0001-00</t>
+  </si>
+  <si>
+    <t>DAYTON JUNIORS INC</t>
+  </si>
+  <si>
+    <t>A02-0001-0041-0-0008-01</t>
+  </si>
+  <si>
+    <t>FAIRBORN REAL PROPERTY LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YELLOW SPRINGS FAIRF RD  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0042-0-0011-00</t>
+  </si>
+  <si>
+    <t>J &amp; L EXCAVATING INVESTMENT LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">735 E DAYTON DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0001-0053-0-0309-00</t>
   </si>
   <si>
     <t>LE HUNG HUU</t>
   </si>
   <si>
     <t xml:space="preserve">1052 BAYWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0055-0-0033-00</t>
+  </si>
+  <si>
+    <t>PRUTZMAN ARCHIE &amp; LEONA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">384 WARM SPRINGS DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0001-0-0015-00</t>
   </si>
   <si>
     <t>ELLEN DANIEL C</t>
   </si>
   <si>
     <t xml:space="preserve">1062 KAUFFMAN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0001-0-0019-00</t>
   </si>
   <si>
     <t>CITY OF FAIRBORN</t>
   </si>
   <si>
     <t xml:space="preserve">KAUFFMAN AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0002-0-0001-00</t>
   </si>
   <si>
     <t>MCLAIN PATRICK LEE</t>
   </si>
   <si>
     <t xml:space="preserve">1134 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0030-00</t>
   </si>
   <si>
     <t>FERNANDEZ THOMAS &amp; CHERYL CLEMENS</t>
   </si>
   <si>
     <t xml:space="preserve">1174 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0002-0-0046-00</t>
+  </si>
+  <si>
+    <t>LEIGH AARON W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1242 S CENTRAL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0002-0-0063-00</t>
+  </si>
+  <si>
+    <t>BROWN PATRICIA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 E GARLAND AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0002-0-0070-00</t>
   </si>
   <si>
     <t>ROBINSON BETTY JO &amp; ROBERTA JO ROBINSON</t>
   </si>
   <si>
     <t xml:space="preserve">122 E DORIS DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0072-00</t>
   </si>
   <si>
     <t>CASKEY JOHNNY R</t>
   </si>
   <si>
     <t xml:space="preserve">1162 BEECH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0002-0-0144-00</t>
+  </si>
+  <si>
+    <t>FOSTER ANNA M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1287 S CENTRAL AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0002-0-0146-00</t>
   </si>
   <si>
     <t xml:space="preserve">10 FIG ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0164-00</t>
   </si>
   <si>
     <t>DENNIS LAUREN N</t>
   </si>
   <si>
     <t xml:space="preserve">1229 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0173-00</t>
   </si>
   <si>
     <t>FILBURN JUANITA M</t>
   </si>
   <si>
     <t xml:space="preserve">1204 DATE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0177-00</t>
   </si>
   <si>
     <t xml:space="preserve">1170 DATE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0002-0-0201-00</t>
+  </si>
+  <si>
+    <t>MURPHY PAUL F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">115 EBONY LN  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0002-0-0226-00</t>
+  </si>
+  <si>
+    <t>MILLER PHILLIP H &amp; MARTHA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">166 FIG ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0002-0-0243-00</t>
+  </si>
+  <si>
+    <t>FANNIN DAVID L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">131 FIG ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0002-0-0258-00</t>
+  </si>
+  <si>
+    <t>EC &amp; B1 PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">128 EBONY LN  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0002-0-0277-00</t>
+  </si>
+  <si>
+    <t>ROHR MICHAEL &amp; WAYNE WILSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1256 HEMLOCK DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0003-0-0007-00</t>
   </si>
   <si>
     <t>BALLANCE TERRI D</t>
   </si>
   <si>
     <t xml:space="preserve">1360 IRONWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0003-0-0015-00</t>
+  </si>
+  <si>
+    <t>O DELL JAMES A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1324 IRONWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0003-0-0026-00</t>
   </si>
   <si>
     <t>REDD ROBERT L</t>
   </si>
   <si>
     <t xml:space="preserve">228 W GARLAND AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0003-0-0033-00</t>
+  </si>
+  <si>
+    <t>JARDINEZ DAVID FRANCO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">203 W GARLAND AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0003-0-0074-00</t>
+  </si>
+  <si>
+    <t>D G</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1377 IRONWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0003-0-0075-00</t>
   </si>
   <si>
     <t>GREENE OLLIE M</t>
   </si>
   <si>
     <t xml:space="preserve">201 STATE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0004-0-0025-00</t>
+  </si>
+  <si>
+    <t>FOUST KATHLEEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1349 KAPOK ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0004-0-0026-00</t>
+  </si>
+  <si>
+    <t>WILLIAMS TROY W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1353 KAPOK ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0004-0-0028-00</t>
+  </si>
+  <si>
+    <t>GILLEY DOLORS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1361 KAPOK ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0004-0-0061-00</t>
+  </si>
+  <si>
+    <t>HELFINSTINE EMILY SUZANNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">177 LOCUST DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0004-0-0072-00</t>
   </si>
   <si>
     <t>GEORGE LINDA L</t>
   </si>
   <si>
     <t xml:space="preserve">148 LOCUST DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0004-0-0094-00</t>
+  </si>
+  <si>
+    <t>DUNWIDDIE AMANDA L &amp; WILLIAM A JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">218 MAGNOLIA LN  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0004-0-0184-00</t>
+  </si>
+  <si>
+    <t>FANNIN JACKIE L &amp; SHEREE L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1361 MAPLEGROVE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0005-0-0019-00</t>
   </si>
   <si>
     <t>TORRES GWENDOLYN</t>
   </si>
   <si>
     <t xml:space="preserve">109 W ROUTZONG DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0005-0-0058-00</t>
   </si>
   <si>
     <t>MEADOWS VIOLET RUTH &amp; KATHY LYNN MEADOWS HUFF</t>
   </si>
   <si>
     <t xml:space="preserve">33 W ROUTZONG DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0005-0-0092-00</t>
   </si>
   <si>
     <t>JESSEE KATHRYN M TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">247 W ROUTZONG DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0005-0-0109-00</t>
+  </si>
+  <si>
+    <t>MOORE ERNEST JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1622 IRONWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0005-0-0117-00</t>
+  </si>
+  <si>
+    <t>GODSEY HAROLD D &amp; GLORIA E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">152 COZAD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0005-0-0125-00</t>
+  </si>
+  <si>
+    <t>LEWIS CHRIS W &amp; REBECCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45 BLOSSOM CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0005-0-0161-00</t>
   </si>
   <si>
     <t>UNITED STATES DEPARTMENT OF HOUSING &amp; URBAN DEVELOPMENT</t>
   </si>
   <si>
     <t xml:space="preserve">POPLAR LN  
 </t>
   </si>
   <si>
     <t>A02-0002-0005-0-0162-00</t>
   </si>
   <si>
+    <t>A02-0002-0005-0-0165-00</t>
+  </si>
+  <si>
+    <t>LAUDERBACH DAVID M &amp; YUKIKO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1389 S MAPLE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0005-0-0176-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1434 MAPLERIDGE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0005-0-0202-00</t>
+  </si>
+  <si>
+    <t>NGUYEN HUNG &amp; JULIE NGOC NGUYEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1414 MAPLEGROVE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0005-0-0220-00</t>
+  </si>
+  <si>
+    <t>ELDRIDGE DOROTHY G ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1439 MAPLEGROVE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0006-0-0018-00</t>
+  </si>
+  <si>
+    <t>HUNTER JUSTIN C &amp; SHELDRA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">135 E GOODMAN DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0006-0-0078-00</t>
   </si>
   <si>
     <t>LEWIS GREGORY S &amp; TAMMY J</t>
   </si>
   <si>
     <t xml:space="preserve">21 W BONOMO DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0006-0-0110-00</t>
   </si>
   <si>
     <t>ZANIAB PROPERTY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">97 DAYTON YELLOW SPRINGS RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0007-0-0005-00</t>
+  </si>
+  <si>
+    <t>CASSIDY ELIZABETH A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">141 HOAK DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0008-0-0016-00</t>
   </si>
   <si>
     <t>COMPTON WILLIAM D &amp; DIANE L</t>
   </si>
   <si>
     <t xml:space="preserve">121 SUNBURST DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0008-0-0020-00</t>
+  </si>
+  <si>
+    <t>TURKETTE LARRY &amp; TRISHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1930 KATHY DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0008-0-0025-00</t>
   </si>
   <si>
     <t>MEYERS RANDY L &amp; LORRAINE K</t>
   </si>
   <si>
     <t xml:space="preserve">220 CASH CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0008-0-0032-00</t>
   </si>
   <si>
     <t>EWALD SANDRA K &amp; DAVID D OWENS</t>
   </si>
   <si>
     <t xml:space="preserve">2019 KATHY DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0008-0-0110-00</t>
   </si>
@@ -2509,67 +4181,114 @@
   <si>
     <t xml:space="preserve">2001 CENTRALIA ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0025-00</t>
   </si>
   <si>
     <t>REID ALEXIS LEANN</t>
   </si>
   <si>
     <t xml:space="preserve">1973 CENTRALIA ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0050-00</t>
   </si>
   <si>
     <t>NATIONAL JUSTICE LLC</t>
   </si>
   <si>
     <t xml:space="preserve">8 FUNDERBURG RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0009-0-0085-00</t>
+  </si>
+  <si>
+    <t>JENKINS TERRY W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OAKWOOD AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0009-0-0110-00</t>
+  </si>
+  <si>
+    <t>TAYLOR SHELBY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25 WILSON AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0009-0-0130-00</t>
   </si>
   <si>
     <t>HOWELL STEVE J</t>
   </si>
   <si>
     <t xml:space="preserve">32 WILSON AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0009-0-0188-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">95 JOYCE DR  
+    <t>A02-0002-0009-0-0133-00</t>
+  </si>
+  <si>
+    <t>SHEPHERD EVERETT C III</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILSON AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0009-0-0134-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 WILSON AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0009-0-0148-00</t>
+  </si>
+  <si>
+    <t>ALLISON JENNIFER R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">121 LAWNDALE AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0009-0-0155-00</t>
+  </si>
+  <si>
+    <t>MOORE JOSEPH RICKY EARL &amp; AMANDA LEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">76 W FUNDERBURG RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0201-00</t>
   </si>
   <si>
     <t>MURPHY PATRICK</t>
   </si>
   <si>
     <t xml:space="preserve">48 JOYCE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0206-00</t>
   </si>
   <si>
     <t>TIPTON OMER G ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">25 SUNBURST DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0233-00</t>
   </si>
@@ -2579,168 +4298,365 @@
   <si>
     <t xml:space="preserve">1990 REDSTONE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0302-00</t>
   </si>
   <si>
     <t>GOAD LEIDA A GILLESPIE ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">2072 ROCKDELL DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0304-00</t>
   </si>
   <si>
     <t>BUTLER LARRY &amp; SHARON</t>
   </si>
   <si>
     <t xml:space="preserve">107 LAWNDALE AVE  
 </t>
   </si>
   <si>
+    <t>A02-0002-0009-0-0333-00</t>
+  </si>
+  <si>
+    <t>ALCORN CHRISTINA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2063 BEAVER VALLEY RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0009-0-0334-00</t>
+  </si>
+  <si>
+    <t>NORTH OF JORDAN LLC, AN OHIO LIMITED LIABILITY COMPANY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2047 BEAVER VALLEY RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0011-0-0032-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">150 BROWN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0011-0-0036-00</t>
+  </si>
+  <si>
+    <t>THE REAL RESOLUTION GROUP LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">188 BROWN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0011-0-0048-00</t>
   </si>
   <si>
     <t xml:space="preserve">145 BROWN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0011-0-0051-00</t>
+  </si>
+  <si>
+    <t>CAMPBELL JUDY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">133 BROWN AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0011-0-0054-00</t>
+  </si>
+  <si>
+    <t>AUSTIN KATANA D TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2101 2103 HENRY ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0011-0-0075-00</t>
   </si>
   <si>
-    <t>CRIMSON MISSILE REALTY LLC</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">2083 DOROTHY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0011-0-0077-00</t>
+  </si>
+  <si>
+    <t>MERCER ZACHRIAH S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">102 TRUMAN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0011-0-0081-00</t>
+  </si>
+  <si>
+    <t>GREEN STACY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">86 TRUMAN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0011-0-0092-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BROWN AVE  
+</t>
+  </si>
+  <si>
     <t>A02-0002-0012-0-0003-00</t>
   </si>
   <si>
     <t>SCHNEBLE TRINA R &amp; DIANE LUTZ</t>
   </si>
   <si>
     <t xml:space="preserve">227 E DAYTON YELLOW SPRINGS RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0012-0-0050-00</t>
   </si>
   <si>
     <t>PUTMAN JEFFREY K</t>
   </si>
   <si>
     <t xml:space="preserve">1934 CAMPUS DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0012-0-0137-00</t>
+  </si>
+  <si>
+    <t>COBBLESTONE CAPITAL 23-113 LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">260 E DAYTON YELLOW SPRINGS RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0012-0-0147-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">256 278 E DAYTON YELLOW SPRINGS RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0012-1-0013-00</t>
+  </si>
+  <si>
+    <t>TRACT REAL ESTATE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">358 CHADWICK PL  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0013-0-0011-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1354 1356 SUPERIOR AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0013-0-0036-00</t>
+  </si>
+  <si>
+    <t>MARY E BROWN PROPERTIES III LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">322 324 GILBERT AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0013-0-0042-00</t>
+  </si>
+  <si>
+    <t>BROWN MELISSA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">363 GILBERT AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0013-0-0092-00</t>
+  </si>
+  <si>
+    <t>EC AND B2 LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KAUFFMAN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0013-0-0093-00</t>
+  </si>
+  <si>
+    <t>ELDRIDGE MYRTLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">315 BUCKEYE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0013-0-0114-00</t>
+  </si>
+  <si>
+    <t>HALL GEORGINA S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADISON ST  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0013-0-0115-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">201 MADISON ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0152-00</t>
   </si>
   <si>
     <t>BRINK DAVID P</t>
   </si>
   <si>
     <t xml:space="preserve">224 STATE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0182-00</t>
   </si>
   <si>
     <t>LOWE E JOSEPH MD INC PROFIT</t>
   </si>
   <si>
     <t xml:space="preserve">1250 WILEY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0190-00</t>
   </si>
   <si>
     <t>PERONE RHONDA J</t>
   </si>
   <si>
     <t xml:space="preserve">231 233 BUCKEYE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0196-00</t>
   </si>
   <si>
     <t>CARROLL WILLIAM LAMONT</t>
   </si>
   <si>
     <t xml:space="preserve">EUCLID AVE  
 </t>
   </si>
   <si>
+    <t>A02-0002-0013-0-0197-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">262 264 EUCLID AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0013-0-0200-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">242 244 EUCLID AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0013-0-0201-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">246 248 EUCLID AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0013-0-0212-00</t>
   </si>
   <si>
     <t>ADAMS TERRY W</t>
   </si>
   <si>
     <t xml:space="preserve">251 EUCLID AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0213-00</t>
   </si>
   <si>
     <t xml:space="preserve">247 EUCLID AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0232-00</t>
   </si>
   <si>
     <t>BABBS CODY</t>
   </si>
   <si>
     <t xml:space="preserve">218 HIGH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0239-00</t>
   </si>
   <si>
     <t>BROWN WEAVER LINDA</t>
   </si>
   <si>
     <t xml:space="preserve">241 HIGH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0013-0-0240-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">237 HIGH ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0013-0-0241-00</t>
-  </si>
-[...1 lines deleted...]
-    <t>LAMONT CARROLL GROUP II LLC</t>
   </si>
   <si>
     <t xml:space="preserve">231 233 HIGH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0242-00</t>
   </si>
   <si>
     <t xml:space="preserve">227 225 HIGH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0244-00</t>
   </si>
   <si>
     <t>BOYANA KRISHNAVENI</t>
   </si>
   <si>
     <t xml:space="preserve">217 HIGH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0245-00</t>
   </si>
@@ -2778,111 +4694,151 @@
   <si>
     <t>A02-0002-0014-0-0016-00</t>
   </si>
   <si>
     <t>LYKINS BRANDY</t>
   </si>
   <si>
     <t xml:space="preserve">1552 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0035-00</t>
   </si>
   <si>
     <t xml:space="preserve">1561 1563 WILBUR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0036-00</t>
   </si>
   <si>
     <t xml:space="preserve">WILBUR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0014-0-0043-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">477 479 AVIATION ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0014-0-0044-00</t>
   </si>
   <si>
     <t xml:space="preserve">WILBUR AVE  
 </t>
   </si>
   <si>
+    <t>A02-0002-0014-0-0053-00</t>
+  </si>
+  <si>
+    <t>FALLIS TAYLOR L</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0055-00</t>
+  </si>
+  <si>
     <t>A02-0002-0014-0-0056-00</t>
   </si>
   <si>
     <t xml:space="preserve">1544 WILBUR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0057-00</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0090-00</t>
   </si>
   <si>
     <t>BRANHAM JOHN R &amp; YVONNE S</t>
   </si>
   <si>
     <t xml:space="preserve">1515 STEWART BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0091-00</t>
   </si>
   <si>
     <t xml:space="preserve">1515 STEWART BLVD  
 </t>
   </si>
   <si>
     <t>A02-0002-0014-0-0126-00</t>
   </si>
   <si>
     <t xml:space="preserve">MIAMI AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0014-0-0127-00</t>
   </si>
   <si>
     <t xml:space="preserve">1553 MIAMI AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0128-00</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0129-00</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0130-00</t>
   </si>
   <si>
+    <t>A02-0002-0014-0-0143-00</t>
+  </si>
+  <si>
+    <t>MARY E BROWN PROPERTIES II LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1542 1544 MIAMI AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0014-0-0145-00</t>
   </si>
   <si>
-    <t>MARY E BROWN PROPERTIES II LLC</t>
+    <t>A02-0002-0014-0-0147-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIAMI AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0166-00</t>
+  </si>
+  <si>
+    <t>QUILES SANCHEZ ALEJANDRO JOSE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUPERIOR AVE  
+</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0173-00</t>
   </si>
   <si>
     <t xml:space="preserve">1563 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0174-00</t>
   </si>
   <si>
     <t xml:space="preserve">1563 SUPERIOR AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0014-0-0238-00</t>
   </si>
   <si>
     <t xml:space="preserve">1445 1449 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0256-00</t>
   </si>
@@ -2906,50 +4862,60 @@
   <si>
     <t>A02-0002-0014-0-0279-00</t>
   </si>
   <si>
     <t xml:space="preserve">337 FOREST ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0286-00</t>
   </si>
   <si>
     <t xml:space="preserve">1449 FOREST ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0288-00</t>
   </si>
   <si>
     <t>BARNETT ROBERT L JR ESTATE OF</t>
   </si>
   <si>
     <t xml:space="preserve">360 VINE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0014-0-0292-00</t>
+  </si>
+  <si>
+    <t>AKRAM U AKRAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">342 VINE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0014-0-0313-00</t>
   </si>
   <si>
     <t>MOYER BRENDA L</t>
   </si>
   <si>
     <t xml:space="preserve">VINE ST  
 </t>
   </si>
   <si>
     <t>A02-0002-0014-0-0321-00</t>
   </si>
   <si>
     <t>MCKINNISS WESLEY E</t>
   </si>
   <si>
     <t xml:space="preserve">FOREST ST  
 </t>
   </si>
   <si>
     <t>A02-0002-0014-0-0322-00</t>
   </si>
   <si>
     <t xml:space="preserve">234 FOREST ST  
 FAIRBORN OH 45324</t>
@@ -2976,194 +4942,282 @@
   <si>
     <t xml:space="preserve">219 FOREST ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0352-00</t>
   </si>
   <si>
     <t>TERRY VIRGINIA G &amp; PAUL E</t>
   </si>
   <si>
     <t xml:space="preserve">214 VINE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0353-00</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0359-00</t>
   </si>
   <si>
     <t xml:space="preserve">241 VINE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0014-0-0360-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">235 VINE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0014-0-0361-00</t>
   </si>
   <si>
     <t xml:space="preserve">231 VINE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0398-00</t>
   </si>
   <si>
     <t>HAMILTON LINDA</t>
   </si>
   <si>
     <t xml:space="preserve">SALEM AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0014-0-0399-00</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0408-00</t>
   </si>
   <si>
     <t xml:space="preserve">1436 SALEM AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0419-00</t>
   </si>
   <si>
     <t>STEVENSON RICHARD A &amp; JULIE</t>
   </si>
   <si>
     <t xml:space="preserve">187 VINE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0420-00</t>
   </si>
   <si>
+    <t>A02-0002-0014-0-0442-00</t>
+  </si>
+  <si>
+    <t>SANDERS ELEANOR S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">330 MADISON ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0014-0-0461-00</t>
   </si>
   <si>
     <t>ROGERS BRIAN</t>
   </si>
   <si>
     <t xml:space="preserve">202 MADISON ST  
 FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0472-00</t>
+  </si>
+  <si>
+    <t>413 MADISON LLC</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0473-00</t>
   </si>
   <si>
     <t xml:space="preserve">1436 SALEM AVE  
 </t>
   </si>
   <si>
+    <t>A02-0002-0014-0-0474-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">436 W DAYTON YELLOW SPRINGS RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0475-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">436 DAYTON YELLOW SPRINGS RD  
+</t>
+  </si>
+  <si>
     <t>A02-0002-0014-0-0476-00</t>
   </si>
   <si>
     <t xml:space="preserve">1571 1573 MIAMI AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0014-0-0477-00</t>
   </si>
   <si>
-    <t xml:space="preserve">MIAMI AVE  
-[...2 lines deleted...]
-  <si>
     <t>A02-0002-0014-0-0478-00</t>
   </si>
   <si>
     <t xml:space="preserve">1579 1581 MIAMI AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0479-00</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0483-00</t>
   </si>
   <si>
     <t xml:space="preserve">1432 SALEM AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0484-00</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0027-00</t>
   </si>
   <si>
     <t>REID ALEXIS &amp; PATRICK BEYER</t>
   </si>
   <si>
     <t xml:space="preserve">1815 WILBUR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0028-00</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0031-00</t>
   </si>
   <si>
     <t>TAYLOR EMMA A</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0032-00</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0033-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0064-00</t>
+  </si>
+  <si>
+    <t>HOWARD ROSE KAYE GODSEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STEWART BLVD  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0065-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0066-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0078-00</t>
+  </si>
+  <si>
+    <t>BLANTON SAVANNAH C</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0080-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0097-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1708 1710 MONTGOMERY AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0098-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONTGOMERY  
+FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0105-00</t>
   </si>
   <si>
     <t xml:space="preserve">1711 WILBUR AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0015-0-0106-00</t>
   </si>
   <si>
+    <t>A02-0002-0015-0-0122-00</t>
+  </si>
+  <si>
+    <t>HARRELSON ANDREW JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">473 PATTERSON ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0123-00</t>
+  </si>
+  <si>
     <t>A02-0002-0015-0-0143-00</t>
   </si>
   <si>
     <t>CAMPBELL DAVID</t>
   </si>
   <si>
-    <t xml:space="preserve">STEWART BLVD  
+    <t>A02-0002-0015-0-0174-00</t>
+  </si>
+  <si>
+    <t>STEVENS BETTY &amp; CHRISTINA J BRYANT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1626 MONTGOMERY AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0175-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONTGOMERY AVE  
 </t>
-  </si>
-[...8 lines deleted...]
-FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0177-00</t>
   </si>
   <si>
     <t>KYNARD CASSANDRA</t>
   </si>
   <si>
     <t xml:space="preserve">1620 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0178-00</t>
   </si>
   <si>
     <t xml:space="preserve">1614 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0179-00</t>
   </si>
   <si>
     <t xml:space="preserve">MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
@@ -3199,168 +5253,200 @@
   <si>
     <t xml:space="preserve">1649 WILBUR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0199-00</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0206-00</t>
   </si>
   <si>
     <t>BANDA MARCO ANTONIO ROBLEDO</t>
   </si>
   <si>
     <t xml:space="preserve">1646 WILBUR AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0015-0-0207-00</t>
   </si>
   <si>
     <t xml:space="preserve">1646 WILBUR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0015-0-0220-00</t>
+  </si>
+  <si>
+    <t>TASSY AMANDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">474 AVIATION ST  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0277-00</t>
+  </si>
+  <si>
+    <t>BEIMEL NICOLE</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0330-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">405 407 GROVE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0331-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GROVE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0015-0-0360-00</t>
   </si>
   <si>
     <t>ARROWOOD RICKEY</t>
   </si>
   <si>
     <t xml:space="preserve">1716 STEWART BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0361-00</t>
   </si>
   <si>
     <t xml:space="preserve">1716 STEWART BLVD  
 </t>
   </si>
   <si>
     <t>A02-0002-0015-0-0369-00</t>
   </si>
   <si>
     <t>SFR3 050 LLC</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0454-00</t>
   </si>
   <si>
     <t>JAMISON MARK A</t>
   </si>
   <si>
     <t xml:space="preserve">1701 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0455-00</t>
   </si>
   <si>
-    <t xml:space="preserve">SUPERIOR AVE  
-[...2 lines deleted...]
-  <si>
     <t>A02-0002-0015-0-0456-00</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0457-00</t>
   </si>
   <si>
     <t xml:space="preserve">1709 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0458-00</t>
   </si>
   <si>
     <t xml:space="preserve">1711 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0459-00</t>
   </si>
   <si>
     <t xml:space="preserve">1711 SUPERIOR AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0015-0-0536-00</t>
   </si>
   <si>
     <t>PUCKETT HENRY D ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">1806 MIAMI AVE  
 </t>
   </si>
   <si>
-    <t>A02-0002-0015-0-0537-00</t>
-[...3 lines deleted...]
-FAIRBORN OH 45324</t>
+    <t>A02-0002-0015-0-0584-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0585-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1824 SUPERIOR AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0586-00</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0593-00</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0594-00</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0595-00</t>
   </si>
   <si>
     <t xml:space="preserve">1848 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0635-00</t>
   </si>
   <si>
     <t>YEATON STEVEN LEE</t>
   </si>
   <si>
     <t xml:space="preserve">1710 NORTH BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0636-00</t>
   </si>
   <si>
     <t>TERRY JIM &amp; CONNIE</t>
   </si>
   <si>
     <t xml:space="preserve">1714 NORTH BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0015-0-0684-00</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">1704 RICE BLVD  
+    <t>A02-0002-0015-0-0690-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1734 1736 RICE BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0695-00</t>
   </si>
   <si>
     <t xml:space="preserve">1801 1803 NORTH BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0696-00</t>
   </si>
   <si>
     <t xml:space="preserve">1807 1809 NORTH BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0697-00</t>
   </si>
   <si>
     <t xml:space="preserve">1813 1815 NORTH BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0698-00</t>
@@ -3386,210 +5472,230 @@
   <si>
     <t>A02-0002-0015-0-0728-00</t>
   </si>
   <si>
     <t xml:space="preserve">657 PATTERSON ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0729-00</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0741-00</t>
   </si>
   <si>
     <t xml:space="preserve">1833 1835 RICE BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0747-00</t>
   </si>
   <si>
     <t xml:space="preserve">1812 1814 BURROWES BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0015-0-0757-00</t>
+    <t>A02-0002-0015-0-0760-00</t>
   </si>
   <si>
     <t>ROLYAT PROPERTIES LLC</t>
-  </si>
-[...5 lines deleted...]
-    <t>A02-0002-0015-0-0760-00</t>
   </si>
   <si>
     <t xml:space="preserve">1880 KAUFFMAN AVE  
 </t>
   </si>
   <si>
-    <t>A02-0002-0015-0-0761-00</t>
-[...6 lines deleted...]
-    <t>A02-0002-0015-0-0762-00</t>
+    <t>A02-0002-0015-0-0767-00</t>
+  </si>
+  <si>
+    <t>WETZEL MARY D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1843 BURROWES BLVD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0773-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1828 1830 ZIMMERMAN RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0021-00</t>
+  </si>
+  <si>
+    <t>HODGE GARY E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">616 W FUNDERBURG RD  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0022-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">616 W FUNDERBURG RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0025-00</t>
+  </si>
+  <si>
+    <t>WANG XURI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">623 FAIRFIELD AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0026-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">623 FAIRFIELD AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0027-00</t>
+  </si>
+  <si>
+    <t>DAVILA DE LEON RAUL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAIRFIELD AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0028-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">627 FAIRFIELD AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0029-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAIRFIELD AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0035-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">606 W FUNDERBURG RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0050-00</t>
+  </si>
+  <si>
+    <t>CONLEY JAMES &amp; JENNIFER SLAVEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">603 FAIRFIELD AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0051-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0052-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0053-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0085-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">614 616 FAIRFIELD AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0086-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0095-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">619 621 621 OSBORN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0097-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">613 615 OSBORN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0098-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OSBORN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0116-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">559 561 OSBORN AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0129-00</t>
+  </si>
+  <si>
+    <t>DELEON RAUL DAVILA &amp; REBECCA DAVILA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZIMMERMAN RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0130-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1964 ZIMMERMAN RD  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0131-00</t>
   </si>
   <si>
     <t xml:space="preserve">ZIMMERMAN RD  
 </t>
   </si>
   <si>
-    <t>A02-0002-0015-0-0767-00</t>
-[...117 lines deleted...]
-  <si>
     <t>A02-0002-0016-0-0132-00</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0133-00</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0134-00</t>
-  </si>
-[...1 lines deleted...]
-    <t>A02-0002-0016-0-0138-00</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0139-00</t>
   </si>
   <si>
     <t xml:space="preserve">636 OSBORN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0142-00</t>
   </si>
   <si>
     <t xml:space="preserve">634 634 1/2 OSBORN AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0143-00</t>
   </si>
   <si>
     <t xml:space="preserve">630 OSBORN AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0144-00</t>
   </si>
@@ -3602,58 +5708,75 @@
   </si>
   <si>
     <t>A02-0002-0016-0-0170-00</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0171-00</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0172-00</t>
   </si>
   <si>
     <t xml:space="preserve">540 542 OSBORN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0173-00</t>
   </si>
   <si>
     <t xml:space="preserve">OSBORN AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0178-00</t>
   </si>
   <si>
-    <t>TURNER ARLENE J</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">NORTH BLVD  
+    <t>TURNER TRUSTEES D CRAIG &amp; ARLENE J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAYTONIA AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0179-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0248-00</t>
+  </si>
+  <si>
+    <t>ROBINSON RICKY LEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1852 MONTGOMERY AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0249-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1852 MONTGOMERY AVE  
+</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0286-00</t>
   </si>
   <si>
     <t>VYBE QUEST PROPERTIES LLC</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0287-00</t>
   </si>
   <si>
     <t xml:space="preserve">1862 WILBUR AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0320-00</t>
   </si>
   <si>
     <t>HITCH LLC</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0321-00</t>
   </si>
   <si>
     <t xml:space="preserve">1856 MIAMI AVE  
@@ -3661,359 +5784,551 @@
   </si>
   <si>
     <t>A02-0002-0016-0-0326-00</t>
   </si>
   <si>
     <t>ASBURY TERESA</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0327-00</t>
   </si>
   <si>
     <t xml:space="preserve">1872 MIAMI AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0348-00</t>
   </si>
   <si>
     <t xml:space="preserve">1887 1885 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0349-00</t>
   </si>
   <si>
-    <t>A02-0002-0016-0-0367-00</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">1872 SUPERIOR AVE  
+    <t>A02-0002-0016-0-0371-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1878 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0379-00</t>
   </si>
   <si>
     <t>KRB HOLDINGS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1853 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0380-00</t>
   </si>
   <si>
     <t>HOWARD KERRY &amp; JULIE ANN</t>
   </si>
   <si>
     <t xml:space="preserve">1857 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0382-00</t>
   </si>
   <si>
     <t xml:space="preserve">1867 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0383-00</t>
   </si>
   <si>
     <t xml:space="preserve">1871 1873 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0016-0-0419-00</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">1858 RICE BLVD  
+    <t>A02-0002-0016-0-0423-00</t>
+  </si>
+  <si>
+    <t>PROFITT ROBERT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1863 RICE BLVD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0016-0-0461-00</t>
+  </si>
+  <si>
+    <t>MITTELSTADT MELISSA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STEWART BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0462-00</t>
-  </si>
-[...1 lines deleted...]
-    <t>MITTELSTADT MELISSA</t>
   </si>
   <si>
     <t xml:space="preserve">1882 STEWART BLVD  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0469-00</t>
   </si>
   <si>
     <t>CARROLL LAMONT</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0470-00</t>
   </si>
   <si>
     <t xml:space="preserve">1861 1863 MIAMI AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0493-00</t>
   </si>
   <si>
     <t>OHIO TACO SHOPS</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0494-00</t>
   </si>
   <si>
     <t xml:space="preserve">1864 COL GLENN HWY  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0016-0-0536-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">422 W FUNDERBURG RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0017-0-0006-00</t>
   </si>
   <si>
     <t>FOSTER JACK K</t>
   </si>
   <si>
     <t xml:space="preserve">1432 WILEY ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0017-0-0040-00</t>
   </si>
   <si>
     <t xml:space="preserve">1523 SALEM AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0018-0-0002-00</t>
   </si>
   <si>
     <t>LEWIS HENRY H &amp; LONA ZUE FAULKNER</t>
   </si>
   <si>
     <t xml:space="preserve">1754 LOWELL DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0021-0-0003-00</t>
   </si>
   <si>
     <t>GROZDITS GREGORY G</t>
   </si>
   <si>
     <t xml:space="preserve">215 BELLAIRE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0021-0-0250-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">291 WOODLAWN DR  
+    <t>A02-0002-0021-0-0051-00</t>
+  </si>
+  <si>
+    <t>TAYLOR HAROLD M III</t>
+  </si>
+  <si>
+    <t xml:space="preserve">332 FAIRWAY DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0021-0-0053-00</t>
+  </si>
+  <si>
+    <t>DAK HOFF INVESTMENTS LLC (OHIO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">346 FAIRWAY DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0021-0-0113-00</t>
+  </si>
+  <si>
+    <t>LOY RICHARD F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">281 FAIRWAY DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0021-0-0236-00</t>
+  </si>
+  <si>
+    <t>REYNOLDS CHAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">286 WOODLAWN DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0022-0-0005-00</t>
+  </si>
+  <si>
+    <t>WATERMAN AIMEE ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1708 S MAPLE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0022-0-0058-00</t>
   </si>
   <si>
     <t>PENNEWITT DANIEL G &amp; BRENDA S</t>
   </si>
   <si>
     <t xml:space="preserve">267 BOWMAN DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0022-0-0109-00</t>
   </si>
   <si>
     <t>FREDERICK STEPHEN L &amp; LORA S</t>
   </si>
   <si>
     <t xml:space="preserve">310 ZIMMER DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0022-0-0173-00</t>
+  </si>
+  <si>
+    <t>POWLETTE SUSAN E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1575 SOUTHLAWN DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0023-0-0097-00</t>
+  </si>
+  <si>
+    <t>STEWART DAVID E ET AL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1810 ROBIN HOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0025-0-0008-00</t>
   </si>
   <si>
     <t>PEARMAN CURTIS E</t>
   </si>
   <si>
     <t xml:space="preserve">PARK HILLS DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0027-0-0012-00</t>
-[...15 lines deleted...]
-    <t xml:space="preserve">2118 BEAVER VALLEY RD  
+    <t>A02-0002-0026-1-0060-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">669 HIDDEN VALLEY CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0027-0-0032-00</t>
+  </si>
+  <si>
+    <t>PEARSON MICHAEL WILLIAM &amp; KIMBERLY DAWN TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2268 CHAPEL DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0027-1-0011-00</t>
+  </si>
+  <si>
+    <t>COVERT CAROLINA ANNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2109 CHAPEL DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0027-1-0014-00</t>
   </si>
   <si>
     <t>COLLINS SHERRY F</t>
   </si>
   <si>
     <t xml:space="preserve">2117 CHAPEL DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0027-1-0025-00</t>
+  </si>
+  <si>
+    <t>MENTZER DAMIEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">419 WHITE ASH CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0027-3-0039-00</t>
+  </si>
+  <si>
+    <t>MALONE JUDITH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">536 WESTWOOD DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0028-0-0011-00</t>
   </si>
   <si>
     <t>KOEHLER CHRISTINE S</t>
   </si>
   <si>
     <t xml:space="preserve">213 OXFORD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0030-1-0071-00</t>
   </si>
   <si>
     <t>CENTNER MARY TERESA</t>
   </si>
   <si>
     <t xml:space="preserve">1396 SANZON DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0030-1-0076-00</t>
+  </si>
+  <si>
+    <t>HOWARD MARK A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1390 SANZON DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0030-2-0008-00</t>
+  </si>
+  <si>
+    <t>ROBINSON KEITH L &amp; JADA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1360 SANZON DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0030-4-0016-00</t>
+  </si>
+  <si>
+    <t>NAGARA PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2267 NUTMEG CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0032-0-0003-01</t>
   </si>
   <si>
     <t>ULTIMATE SHINE PROPCO LLC</t>
   </si>
   <si>
     <t xml:space="preserve">DAYTON YELLOW SPRING RD  
 </t>
   </si>
   <si>
     <t>A02-0002-0032-0-0031-01</t>
   </si>
   <si>
     <t>KRONOS LEGACY LLC</t>
   </si>
   <si>
     <t>A02-0002-0036-0-0125-00</t>
   </si>
   <si>
     <t>BROOKSTONE HOMEOWNERS ASSOCIATION</t>
   </si>
   <si>
     <t xml:space="preserve">BROOKSTONE DR  
 </t>
   </si>
   <si>
+    <t>A02-0002-0036-0-0131-00</t>
+  </si>
+  <si>
+    <t>SHERROD MARSHA D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2333 SPYGLASS CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0040-0-0023-00</t>
+  </si>
+  <si>
+    <t>ECBC GROUP LLC (OHIO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TREBEIN RD  
+</t>
+  </si>
+  <si>
     <t>A02-0002-0041-1-0003-00</t>
   </si>
   <si>
     <t>794 CINCY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">2342 RAIDER DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>A02-0002-0046-0-0036-00</t>
+  </si>
+  <si>
+    <t>MAYER GRETA H &amp; MICHAEL A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1552 YELLOW ROSE CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0054-0-0005-00</t>
+  </si>
+  <si>
+    <t>STOLTZ WILLIAM S JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2294 FAIRCREEK RIDGE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
     <t>A02-0002-0054-0-0020-00</t>
   </si>
   <si>
     <t>FOSTER BRENT &amp; AMANDA</t>
   </si>
   <si>
     <t xml:space="preserve">420 BISHEA CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0054-0-0168-00</t>
   </si>
   <si>
     <t>LEWIS KAREN M</t>
   </si>
   <si>
     <t xml:space="preserve">2372 HAZELNUT DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-00054</t>
   </si>
   <si>
     <t>BORDERS MARK D.</t>
   </si>
   <si>
     <t>A02-00058</t>
   </si>
   <si>
     <t>A02-00063</t>
   </si>
   <si>
     <t>R SOURCE GLOBAL</t>
   </si>
   <si>
     <t>122 TIMBER ST</t>
   </si>
   <si>
     <t>A02-00170</t>
   </si>
   <si>
     <t>KERNS MARY</t>
   </si>
   <si>
     <t xml:space="preserve">241 MADISON AVE  23</t>
   </si>
   <si>
+    <t>A02-00218</t>
+  </si>
+  <si>
+    <t>BARKER CATHY J</t>
+  </si>
+  <si>
+    <t>420 OAKLAWN DR</t>
+  </si>
+  <si>
     <t>A02-00236</t>
   </si>
   <si>
     <t>BLACKMON DONNA</t>
   </si>
   <si>
     <t>439 OAKLAWN RD</t>
   </si>
   <si>
+    <t>A02-00293</t>
+  </si>
+  <si>
+    <t>PERONE RONALD R &amp; STEPHANIE MURRAY TOD</t>
+  </si>
+  <si>
+    <t>432 OAKLAWN DR</t>
+  </si>
+  <si>
+    <t>A02-00385</t>
+  </si>
+  <si>
+    <t>WYLAM RAYMOND E</t>
+  </si>
+  <si>
     <t>A02-00505</t>
   </si>
   <si>
     <t>ALLEN JIMMIE M</t>
   </si>
   <si>
     <t xml:space="preserve">241 MADISON AVE  64</t>
   </si>
   <si>
     <t>A02-00714</t>
   </si>
   <si>
     <t>SPAHR KREIGH A</t>
   </si>
   <si>
     <t>1347 RHETT DR</t>
   </si>
   <si>
     <t>A02-00718</t>
   </si>
   <si>
     <t>ALLISON REBECCA M</t>
   </si>
   <si>
     <t>1373 THOMAS CT</t>
@@ -4042,153 +6357,264 @@
   <si>
     <t xml:space="preserve">1356 RHETT LN  CP1</t>
   </si>
   <si>
     <t>A02-00806</t>
   </si>
   <si>
     <t xml:space="preserve">493 HILLTOP DR  HT19</t>
   </si>
   <si>
     <t>A02-00819</t>
   </si>
   <si>
     <t>BEGLEY JODIE L</t>
   </si>
   <si>
     <t>449 HILLTOP DR</t>
   </si>
   <si>
     <t>A02-00838</t>
   </si>
   <si>
     <t xml:space="preserve">1332 RHETT LN  HP-2</t>
   </si>
   <si>
+    <t>A02-01002</t>
+  </si>
+  <si>
+    <t>BRYAN JANE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1366 SETTLERS TRAIL  RD7</t>
+  </si>
+  <si>
     <t>A02-01031</t>
   </si>
   <si>
     <t>CALLISON GERALDINE M</t>
   </si>
   <si>
     <t>111 SOUTH POINT DR</t>
   </si>
   <si>
+    <t>A02-01036</t>
+  </si>
+  <si>
+    <t>VELLIA CINDY</t>
+  </si>
+  <si>
+    <t>314 REDOAK DR</t>
+  </si>
+  <si>
+    <t>A02-01055</t>
+  </si>
+  <si>
+    <t>ARMSTRONG TERESA</t>
+  </si>
+  <si>
+    <t>1349 SETTLERS TRAIL</t>
+  </si>
+  <si>
     <t>A02-01075</t>
   </si>
   <si>
     <t>KINCER CASSANDRA</t>
   </si>
   <si>
     <t xml:space="preserve">421 HILLTOP DR  HT-2</t>
   </si>
   <si>
     <t>A02-01113</t>
   </si>
   <si>
     <t>MORGAN MELISSA &amp; JAMES D</t>
   </si>
   <si>
     <t>A02-01160</t>
   </si>
   <si>
     <t>CLEVINGER DOUGLAS &amp; TAMMY SINE</t>
   </si>
   <si>
     <t>1310 SETTLERS TRL</t>
   </si>
   <si>
+    <t>A02-01186</t>
+  </si>
+  <si>
+    <t>WENDT HELEN</t>
+  </si>
+  <si>
+    <t>424 OAKLAWN DR</t>
+  </si>
+  <si>
     <t>A02-01203</t>
   </si>
   <si>
     <t>ESTEPP JACKIE &amp; WHITTINGTON CYNTHIA</t>
   </si>
   <si>
     <t>145 SOUTH POINT DR</t>
   </si>
   <si>
     <t>A02-01246</t>
   </si>
   <si>
     <t>MORGAN JANE E</t>
   </si>
   <si>
     <t>1313 RHETT LN</t>
   </si>
   <si>
+    <t>A02-01309</t>
+  </si>
+  <si>
+    <t>HAZELETT CAROLYN A TRUSTEE</t>
+  </si>
+  <si>
+    <t>212 HEATHER LN</t>
+  </si>
+  <si>
+    <t>A02-01317</t>
+  </si>
+  <si>
+    <t>BUSCH JASON &amp; TIFFANY</t>
+  </si>
+  <si>
+    <t>208 HEATHER LN</t>
+  </si>
+  <si>
+    <t>A02-01334</t>
+  </si>
+  <si>
+    <t>NORTWICH MICHAEL &amp; JOAN</t>
+  </si>
+  <si>
     <t>A02-01364</t>
   </si>
   <si>
     <t>STOUT CHARLES &amp; CAROL</t>
   </si>
   <si>
+    <t>A02-01367</t>
+  </si>
+  <si>
+    <t>RED OAK INC</t>
+  </si>
+  <si>
+    <t>462 OAKLAWN DR</t>
+  </si>
+  <si>
+    <t>A02-01420</t>
+  </si>
+  <si>
+    <t>COPFER STEPHEN</t>
+  </si>
+  <si>
+    <t>465 OAKLAWN DR</t>
+  </si>
+  <si>
+    <t>A02-01496</t>
+  </si>
+  <si>
+    <t>BATES DALE &amp; BEVERLY</t>
+  </si>
+  <si>
+    <t>535 PARK HILLS CROSSING</t>
+  </si>
+  <si>
     <t>A02-01518</t>
   </si>
   <si>
     <t>FAIRBORN MOBILE HOMES INC</t>
   </si>
   <si>
     <t>459 HILLTOP DR</t>
   </si>
   <si>
     <t>A02-01549</t>
   </si>
   <si>
     <t>VINCE WAYNE &amp; PATRICIA</t>
   </si>
   <si>
     <t>174 FOREST ST</t>
   </si>
   <si>
     <t>A02-01570</t>
   </si>
   <si>
     <t>COLELLA ANGELA</t>
   </si>
   <si>
     <t>438 OAKLAWN DR</t>
   </si>
   <si>
     <t>A02-01573</t>
   </si>
   <si>
     <t>SCARAMUCCIA JANET</t>
   </si>
   <si>
     <t>221 PECAN ST</t>
   </si>
   <si>
+    <t>A02-01599</t>
+  </si>
+  <si>
+    <t>CHAI HANNAH &amp; HENRY</t>
+  </si>
+  <si>
+    <t>356 RED OAK DR</t>
+  </si>
+  <si>
+    <t>A02-01615</t>
+  </si>
+  <si>
+    <t>BENAVIDES HUNTER</t>
+  </si>
+  <si>
+    <t>326 RED OAK DR UNIT A</t>
+  </si>
+  <si>
+    <t>A02-0999-0999-0-0005-01</t>
+  </si>
+  <si>
     <t>A02-0999-0999-0-0027-01</t>
   </si>
   <si>
     <t>BROADSLATE NETWORKS OF OHIO INC</t>
   </si>
   <si>
     <t>A02-0999-0999-0-0028-01</t>
   </si>
   <si>
     <t>GENUITY SOLUTIONS INC</t>
+  </si>
+  <si>
+    <t>A02-0999-0999-0-0030-01</t>
   </si>
   <si>
     <t>A02-0999-0999-0-0032-01</t>
   </si>
   <si>
     <t>RHYTHMS LINKS INC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -4207,10160 +6633,15740 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F504" headerRowCount="1">
-  <autoFilter ref="A1:F504"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F783" headerRowCount="1">
+  <autoFilter ref="A1:F783"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=104&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=233&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=802&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1156&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84095&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83560&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84101&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84103&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84104&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83714&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83882&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84013&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84014&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1984&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2574&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2995&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3382&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4915&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6149&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6207&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6308&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6895&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8681&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8770&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8772&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8846&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10060&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11013&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11014&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11058&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11059&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11207&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11208&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11366&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11413&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11581&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11756&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11846&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11924&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12148&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12209&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12215&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12217&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12328&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12568&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12677&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12959&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14667&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83677&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83572&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83637&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83519&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84209&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16415&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=104&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=233&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=313&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=802&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1156&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1191&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1694&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1708&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84095&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83560&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84101&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84103&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84104&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83714&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83882&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84013&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84014&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84019&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83957&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1883&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2574&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2733&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2756&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2880&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2959&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2962&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3000&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3021&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3052&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3059&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3382&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3757&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3798&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4064&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4770&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4915&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5382&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5894&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6166&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6207&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6308&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6773&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7841&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8681&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8770&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8772&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8846&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8957&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9121&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9467&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9560&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9708&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10040&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10060&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10064&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10533&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10547&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10928&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11013&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11014&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11051&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11058&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11059&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11177&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11207&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11208&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11293&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11366&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11413&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11450&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11451&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11560&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11581&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11584&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11756&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11844&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11846&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11924&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11971&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11973&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12082&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12209&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12215&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12217&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12567&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12568&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12611&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12649&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12677&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12959&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13188&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13233&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13809&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14034&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14149&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14467&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14667&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15203&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15680&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15924&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83677&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83572&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83637&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83519&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84209&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83984&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84494&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16413&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16415&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F504"/>
+  <dimension ref="A1:F783"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.558528900146484" customWidth="1"/>
     <col min="2" max="2" width="62.453887939453125" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="26.969892501831055" customWidth="1"/>
     <col min="5" max="5" width="11.245378494262695" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>1249.73</v>
+        <v>1283.06</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>2728.35</v>
+        <v>0.83</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>177.02</v>
+        <v>1616.45</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>6706.24</v>
+        <v>5456.47</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>3207.49</v>
+        <v>5331.27</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="3">
-        <v>7559.51</v>
+        <v>262.74</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>14749.08</v>
+        <v>0.03</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="3">
-        <v>4810.7</v>
+        <v>1869.17</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E10" s="3">
-        <v>123.45</v>
+        <v>2984.05</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E11" s="3">
-        <v>90.45</v>
+        <v>9042.14</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E12" s="3">
-        <v>22.64</v>
+        <v>6047.51</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E13" s="3">
-        <v>23.2</v>
+        <v>7769.82</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E14" s="3">
-        <v>4059.53</v>
+        <v>5462.36</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E15" s="3">
-        <v>2891.01</v>
+        <v>22077.87</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E16" s="3">
-        <v>32.59</v>
+        <v>8895.63</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="E17" s="3">
-        <v>343.42</v>
+        <v>0.12</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="E18" s="3">
-        <v>238.33</v>
+        <v>242.84</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E19" s="3">
-        <v>1675.69</v>
+        <v>177.93</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E20" s="3">
-        <v>408.76</v>
+        <v>44.53</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E21" s="3">
-        <v>3105.59</v>
+        <v>45.71</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E22" s="3">
-        <v>549.64</v>
+        <v>79.18</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E23" s="3">
-        <v>1453.36</v>
+        <v>5688.71</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D24" s="0" t="s">
-        <v>65</v>
+      <c r="D24" s="2" t="s">
+        <v>69</v>
       </c>
       <c r="E24" s="3">
-        <v>981.32</v>
+        <v>1.19</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E25" s="3">
-        <v>2335.01</v>
+        <v>5093.42</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="E26" s="3">
-        <v>7054.78</v>
+        <v>2939.35</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="E27" s="3">
-        <v>2816.02</v>
+        <v>530.66</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="E28" s="3">
-        <v>1727.15</v>
+        <v>6.14</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="E29" s="3">
-        <v>303.11</v>
+        <v>44.57</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="E30" s="3">
-        <v>90.58</v>
+        <v>0.23</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E31" s="3">
-        <v>8120.41</v>
+        <v>59.94</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D32" s="0" t="s">
-        <v>88</v>
+      <c r="D32" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="E32" s="3">
-        <v>149.67</v>
+        <v>3418.3</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D33" s="0" t="s">
-        <v>91</v>
+      <c r="D33" s="2" t="s">
+        <v>96</v>
       </c>
       <c r="E33" s="3">
-        <v>1577.58</v>
+        <v>3100.16</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D34" s="0" t="s">
-        <v>94</v>
+      <c r="D34" s="2" t="s">
+        <v>98</v>
       </c>
       <c r="E34" s="3">
-        <v>652.87</v>
+        <v>0.85</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D35" s="0" t="s">
-        <v>97</v>
+      <c r="D35" s="2" t="s">
+        <v>100</v>
       </c>
       <c r="E35" s="3">
-        <v>434.93</v>
+        <v>6.56</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D36" s="0" t="s">
-        <v>100</v>
+      <c r="D36" s="2" t="s">
+        <v>103</v>
       </c>
       <c r="E36" s="3">
-        <v>1654.53</v>
+        <v>675.49</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D37" s="0" t="s">
-        <v>103</v>
+      <c r="D37" s="2" t="s">
+        <v>105</v>
       </c>
       <c r="E37" s="3">
-        <v>2415.71</v>
+        <v>1001.8</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D38" s="0" t="s">
-        <v>106</v>
+      <c r="D38" s="2" t="s">
+        <v>108</v>
       </c>
       <c r="E38" s="3">
-        <v>1569.83</v>
+        <v>863.91</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D39" s="0" t="s">
-        <v>109</v>
+      <c r="D39" s="2" t="s">
+        <v>111</v>
       </c>
       <c r="E39" s="3">
-        <v>946.39</v>
+        <v>2113.95</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="B40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D40" s="0" t="s">
-        <v>112</v>
+      <c r="D40" s="2" t="s">
+        <v>113</v>
       </c>
       <c r="E40" s="3">
-        <v>691.66</v>
+        <v>1866.83</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>114</v>
+        <v>68</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="D41" s="2" t="s">
         <v>115</v>
       </c>
       <c r="E41" s="3">
-        <v>898.54</v>
+        <v>6.18</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D42" s="0" t="s">
+      <c r="D42" s="2" t="s">
         <v>117</v>
       </c>
       <c r="E42" s="3">
-        <v>85.35</v>
+        <v>1.08</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D43" s="0" t="s">
+      <c r="D43" s="2" t="s">
         <v>120</v>
       </c>
       <c r="E43" s="3">
-        <v>881.31</v>
+        <v>432.86</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D44" s="0" t="s">
-        <v>91</v>
+      <c r="D44" s="2" t="s">
+        <v>123</v>
       </c>
       <c r="E44" s="3">
-        <v>1425.29</v>
+        <v>5440.55</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D45" s="0" t="s">
-        <v>91</v>
+      <c r="D45" s="2" t="s">
+        <v>90</v>
       </c>
       <c r="E45" s="3">
-        <v>1881.17</v>
+        <v>844.59</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D46" s="0" t="s">
-        <v>91</v>
+      <c r="D46" s="2" t="s">
+        <v>127</v>
       </c>
       <c r="E46" s="3">
-        <v>254.16</v>
+        <v>127.03</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="D47" s="2" t="s">
         <v>129</v>
       </c>
       <c r="E47" s="3">
-        <v>2422.1</v>
+        <v>1729.42</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>132</v>
       </c>
       <c r="E48" s="3">
-        <v>1656.14</v>
+        <v>1007.48</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D49" s="0" t="s">
-        <v>91</v>
+      <c r="D49" s="2" t="s">
+        <v>135</v>
       </c>
       <c r="E49" s="3">
-        <v>1469.8</v>
+        <v>4648.75</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D50" s="0" t="s">
-        <v>137</v>
+      <c r="D50" s="2" t="s">
+        <v>138</v>
       </c>
       <c r="E50" s="3">
-        <v>2363.28</v>
+        <v>704.77</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D51" s="0" t="s">
-        <v>140</v>
+      <c r="D51" s="2" t="s">
+        <v>141</v>
       </c>
       <c r="E51" s="3">
-        <v>2132.03</v>
+        <v>13874.05</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D52" s="0" t="s">
-        <v>143</v>
+      <c r="D52" s="2" t="s">
+        <v>144</v>
       </c>
       <c r="E52" s="3">
-        <v>814.76</v>
+        <v>5538.02</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D53" s="0" t="s">
-        <v>146</v>
+      <c r="D53" s="2" t="s">
+        <v>147</v>
       </c>
       <c r="E53" s="3">
-        <v>1853.81</v>
+        <v>2650.99</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D54" s="0" t="s">
+      <c r="D54" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E54" s="3">
-        <v>2179.62</v>
+        <v>596.13</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D55" s="0" t="s">
-        <v>91</v>
+      <c r="D55" s="2" t="s">
+        <v>152</v>
       </c>
       <c r="E55" s="3">
-        <v>1835.84</v>
+        <v>711.48</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D56" s="0" t="s">
-        <v>154</v>
+      <c r="D56" s="2" t="s">
+        <v>155</v>
       </c>
       <c r="E56" s="3">
-        <v>1674.93</v>
+        <v>224.72</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D57" s="0" t="s">
-        <v>91</v>
+      <c r="D57" s="2" t="s">
+        <v>158</v>
       </c>
       <c r="E57" s="3">
-        <v>1698.09</v>
+        <v>67.31</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D58" s="0" t="s">
-        <v>91</v>
+      <c r="D58" s="2" t="s">
+        <v>161</v>
       </c>
       <c r="E58" s="3">
-        <v>3391.92</v>
+        <v>662.01</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D59" s="0" t="s">
-        <v>91</v>
+      <c r="D59" s="2" t="s">
+        <v>164</v>
       </c>
       <c r="E59" s="3">
-        <v>1253.04</v>
+        <v>8.97</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>96</v>
+        <v>166</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D60" s="0" t="s">
-        <v>162</v>
+      <c r="D60" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="E60" s="3">
-        <v>529.35</v>
+        <v>3401.86</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D61" s="0" t="s">
-        <v>165</v>
+      <c r="D61" s="2" t="s">
+        <v>170</v>
       </c>
       <c r="E61" s="3">
-        <v>164.83</v>
+        <v>6004.91</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D62" s="0" t="s">
-        <v>168</v>
+      <c r="D62" s="2" t="s">
+        <v>173</v>
       </c>
       <c r="E62" s="3">
-        <v>1985.34</v>
+        <v>5927.46</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D63" s="0" t="s">
-        <v>171</v>
+      <c r="D63" s="2" t="s">
+        <v>176</v>
       </c>
       <c r="E63" s="3">
-        <v>1892.49</v>
+        <v>1337.03</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D64" s="0" t="s">
-        <v>174</v>
+      <c r="D64" s="2" t="s">
+        <v>179</v>
       </c>
       <c r="E64" s="3">
-        <v>2258.26</v>
+        <v>11075.19</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="B65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D65" s="0" t="s">
-        <v>177</v>
+      <c r="D65" s="2" t="s">
+        <v>181</v>
       </c>
       <c r="E65" s="3">
-        <v>1839.61</v>
+        <v>635.9</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D66" s="0" t="s">
-        <v>91</v>
+      <c r="D66" s="2" t="s">
+        <v>184</v>
       </c>
       <c r="E66" s="3">
-        <v>2642.17</v>
+        <v>2896.49</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D67" s="0" t="s">
-        <v>182</v>
+      <c r="D67" s="2" t="s">
+        <v>187</v>
       </c>
       <c r="E67" s="3">
-        <v>8457.92</v>
+        <v>894.22</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D68" s="0" t="s">
-        <v>91</v>
+      <c r="D68" s="2" t="s">
+        <v>189</v>
       </c>
       <c r="E68" s="3">
-        <v>2137.09</v>
+        <v>6158.3</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>91</v>
+        <v>192</v>
       </c>
       <c r="E69" s="3">
-        <v>1854.95</v>
+        <v>153.66</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="E70" s="3">
-        <v>2176.93</v>
+        <v>1662.32</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>91</v>
+        <v>198</v>
       </c>
       <c r="E71" s="3">
-        <v>171.5</v>
+        <v>670.27</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>91</v>
+        <v>201</v>
       </c>
       <c r="E72" s="3">
-        <v>2713.52</v>
+        <v>533.78</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>91</v>
+        <v>204</v>
       </c>
       <c r="E73" s="3">
-        <v>2259.74</v>
+        <v>1698.65</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>91</v>
+        <v>207</v>
       </c>
       <c r="E74" s="3">
-        <v>1486.28</v>
+        <v>2480.13</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>91</v>
+        <v>210</v>
       </c>
       <c r="E75" s="3">
-        <v>1002.76</v>
+        <v>1611.7</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>91</v>
+        <v>213</v>
       </c>
       <c r="E76" s="3">
-        <v>10736.24</v>
+        <v>971.63</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="E77" s="3">
-        <v>2197.62</v>
+        <v>710.12</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>91</v>
+        <v>219</v>
       </c>
       <c r="E78" s="3">
-        <v>6769.05</v>
+        <v>922.49</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="E79" s="3">
-        <v>2741.38</v>
+        <v>104.92</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>211</v>
+        <v>223</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>91</v>
+        <v>224</v>
       </c>
       <c r="E80" s="3">
-        <v>457.67</v>
+        <v>904.82</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>212</v>
+        <v>225</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>214</v>
+        <v>195</v>
       </c>
       <c r="E81" s="3">
-        <v>231.96</v>
+        <v>1544.45</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>217</v>
+        <v>195</v>
       </c>
       <c r="E82" s="3">
-        <v>2022.32</v>
+        <v>1974</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>91</v>
+        <v>195</v>
       </c>
       <c r="E83" s="3">
-        <v>329.75</v>
+        <v>260.93</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>91</v>
+        <v>233</v>
       </c>
       <c r="E84" s="3">
-        <v>9499.89</v>
+        <v>2486.68</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="E85" s="3">
-        <v>1669.78</v>
+        <v>1814.91</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>227</v>
+        <v>195</v>
       </c>
       <c r="E86" s="3">
-        <v>2451.1</v>
+        <v>1551.66</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>228</v>
+        <v>239</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>91</v>
+        <v>241</v>
       </c>
       <c r="E87" s="3">
-        <v>5763.9</v>
+        <v>2450.46</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>91</v>
+        <v>244</v>
       </c>
       <c r="E88" s="3">
-        <v>9337.34</v>
+        <v>2188.89</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>234</v>
+        <v>247</v>
       </c>
       <c r="E89" s="3">
-        <v>1165.47</v>
+        <v>904.9</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>235</v>
+        <v>248</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>96</v>
+        <v>249</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="E90" s="3">
-        <v>602.68</v>
+        <v>1903.23</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>237</v>
+        <v>251</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>238</v>
+        <v>252</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="E91" s="3">
-        <v>1223.52</v>
+        <v>2319.28</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>240</v>
+        <v>254</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>241</v>
+        <v>255</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="E92" s="3">
-        <v>3308.57</v>
+        <v>1927.46</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>91</v>
+        <v>258</v>
       </c>
       <c r="E93" s="3">
-        <v>12828.9</v>
+        <v>1719.59</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>245</v>
+        <v>259</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>247</v>
+        <v>195</v>
       </c>
       <c r="E94" s="3">
-        <v>1172.78</v>
+        <v>1786.04</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>136</v>
+        <v>262</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>249</v>
+        <v>195</v>
       </c>
       <c r="E95" s="3">
-        <v>2872.41</v>
+        <v>3536.51</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>250</v>
+        <v>263</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>251</v>
+        <v>264</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>252</v>
+        <v>195</v>
       </c>
       <c r="E96" s="3">
-        <v>1147.57</v>
+        <v>1329.13</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>254</v>
+        <v>200</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>91</v>
+        <v>266</v>
       </c>
       <c r="E97" s="3">
-        <v>1464.39</v>
+        <v>649.85</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>91</v>
+        <v>269</v>
       </c>
       <c r="E98" s="3">
-        <v>6157.96</v>
+        <v>169.23</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>258</v>
+        <v>271</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="E99" s="3">
-        <v>7749.63</v>
+        <v>2055.58</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>259</v>
+        <v>273</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>96</v>
+        <v>274</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>260</v>
+        <v>275</v>
       </c>
       <c r="E100" s="3">
-        <v>312.62</v>
+        <v>1942.95</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>261</v>
+        <v>276</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>262</v>
+        <v>277</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
       <c r="E101" s="3">
-        <v>1882.18</v>
+        <v>2335.93</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>264</v>
+        <v>279</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>91</v>
+        <v>281</v>
       </c>
       <c r="E102" s="3">
-        <v>1165.76</v>
+        <v>1955.47</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>266</v>
+        <v>282</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>267</v>
+        <v>283</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>268</v>
+        <v>195</v>
       </c>
       <c r="E103" s="3">
-        <v>1994.74</v>
+        <v>2761.86</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>270</v>
+        <v>285</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>91</v>
+        <v>286</v>
       </c>
       <c r="E104" s="3">
-        <v>2298.86</v>
+        <v>8710.52</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>271</v>
+        <v>287</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>272</v>
+        <v>288</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>273</v>
+        <v>195</v>
       </c>
       <c r="E105" s="3">
-        <v>1724.89</v>
+        <v>2275.24</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>91</v>
+        <v>195</v>
       </c>
       <c r="E106" s="3">
-        <v>1515.43</v>
+        <v>1961.56</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>276</v>
+        <v>291</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>277</v>
+        <v>292</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>91</v>
+        <v>293</v>
       </c>
       <c r="E107" s="3">
-        <v>2408.64</v>
+        <v>2328.61</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>278</v>
+        <v>294</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>280</v>
+        <v>195</v>
       </c>
       <c r="E108" s="3">
-        <v>1745.72</v>
+        <v>176.07</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>283</v>
+        <v>195</v>
       </c>
       <c r="E109" s="3">
-        <v>2239.82</v>
+        <v>3052.45</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>286</v>
+        <v>195</v>
       </c>
       <c r="E110" s="3">
-        <v>1779.35</v>
+        <v>2390.26</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>288</v>
+        <v>301</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>289</v>
+        <v>195</v>
       </c>
       <c r="E111" s="3">
-        <v>795.1</v>
+        <v>1568.58</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>292</v>
+        <v>195</v>
       </c>
       <c r="E112" s="3">
-        <v>2395.75</v>
+        <v>1029.48</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>295</v>
+        <v>195</v>
       </c>
       <c r="E113" s="3">
-        <v>813.69</v>
+        <v>11275.05</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="E114" s="3">
-        <v>3700.66</v>
+        <v>2279.31</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>301</v>
+        <v>195</v>
       </c>
       <c r="E115" s="3">
-        <v>2759.77</v>
+        <v>7124.98</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="E116" s="3">
-        <v>66.25</v>
+        <v>2838.68</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>307</v>
+        <v>195</v>
       </c>
       <c r="E117" s="3">
-        <v>942.57</v>
+        <v>512.57</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="E118" s="3">
-        <v>133.17</v>
+        <v>262.35</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="E119" s="3">
-        <v>5054.26</v>
+        <v>2144.67</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>316</v>
+        <v>195</v>
       </c>
       <c r="E120" s="3">
-        <v>34.24</v>
+        <v>485.85</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>319</v>
+        <v>195</v>
       </c>
       <c r="E121" s="3">
-        <v>1907.89</v>
+        <v>9979.75</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="E122" s="3">
-        <v>23.35</v>
+        <v>1796.86</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="E123" s="3">
-        <v>892.95</v>
+        <v>2542.38</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>328</v>
+        <v>195</v>
       </c>
       <c r="E124" s="3">
-        <v>1159.22</v>
+        <v>6072.98</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>331</v>
+        <v>195</v>
       </c>
       <c r="E125" s="3">
-        <v>3448.01</v>
+        <v>9775.85</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="E126" s="3">
-        <v>14537.33</v>
+        <v>79.18</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>96</v>
+        <v>340</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="E127" s="3">
-        <v>5922.97</v>
+        <v>1196.55</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>338</v>
+        <v>200</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D128" s="2" t="s">
-        <v>339</v>
+      <c r="D128" s="0" t="s">
+        <v>343</v>
       </c>
       <c r="E128" s="3">
-        <v>121683.01</v>
+        <v>739.86</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D129" s="2" t="s">
-        <v>342</v>
+      <c r="D129" s="0" t="s">
+        <v>346</v>
       </c>
       <c r="E129" s="3">
-        <v>556.89</v>
+        <v>1334.26</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D130" s="2" t="s">
-        <v>345</v>
+      <c r="D130" s="0" t="s">
+        <v>349</v>
       </c>
       <c r="E130" s="3">
-        <v>60550.72</v>
+        <v>3485.93</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D131" s="2" t="s">
-        <v>348</v>
+      <c r="D131" s="0" t="s">
+        <v>195</v>
       </c>
       <c r="E131" s="3">
-        <v>6816.39</v>
+        <v>13453.62</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D132" s="2" t="s">
-        <v>351</v>
+      <c r="D132" s="0" t="s">
+        <v>354</v>
       </c>
       <c r="E132" s="3">
-        <v>996.78</v>
+        <v>1204.06</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>353</v>
+        <v>337</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D133" s="2" t="s">
-        <v>354</v>
+      <c r="D133" s="0" t="s">
+        <v>356</v>
       </c>
       <c r="E133" s="3">
-        <v>563.13</v>
+        <v>285.56</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>356</v>
+        <v>240</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D134" s="2" t="s">
-        <v>357</v>
+      <c r="D134" s="0" t="s">
+        <v>358</v>
       </c>
       <c r="E134" s="3">
-        <v>5682.88</v>
+        <v>2973.74</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D135" s="2" t="s">
-        <v>360</v>
+      <c r="D135" s="0" t="s">
+        <v>361</v>
       </c>
       <c r="E135" s="3">
-        <v>2471.81</v>
+        <v>1288.4</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D136" s="2" t="s">
-        <v>363</v>
+      <c r="D136" s="0" t="s">
+        <v>195</v>
       </c>
       <c r="E136" s="3">
-        <v>3253.23</v>
+        <v>1546.11</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>365</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D137" s="2" t="s">
-        <v>366</v>
+      <c r="D137" s="0" t="s">
+        <v>195</v>
       </c>
       <c r="E137" s="3">
-        <v>16592.52</v>
+        <v>6462.5</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D138" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="B138" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E138" s="3">
-        <v>1486.92</v>
+        <v>97.78</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B139" s="0" t="s">
         <v>369</v>
       </c>
-      <c r="B139" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D139" s="2" t="s">
-        <v>371</v>
+      <c r="D139" s="0" t="s">
+        <v>195</v>
       </c>
       <c r="E139" s="3">
-        <v>2815.58</v>
+        <v>8166.78</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>373</v>
+        <v>200</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D140" s="2" t="s">
-        <v>374</v>
+      <c r="D140" s="0" t="s">
+        <v>371</v>
       </c>
       <c r="E140" s="3">
-        <v>3984.59</v>
+        <v>456.56</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D141" s="2" t="s">
-        <v>377</v>
+      <c r="D141" s="0" t="s">
+        <v>374</v>
       </c>
       <c r="E141" s="3">
-        <v>4211.9</v>
+        <v>2007.21</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>376</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D142" s="2" t="s">
-        <v>379</v>
+      <c r="D142" s="0" t="s">
+        <v>195</v>
       </c>
       <c r="E142" s="3">
-        <v>9959.4</v>
+        <v>1239.53</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D143" s="2" t="s">
-        <v>382</v>
+      <c r="D143" s="0" t="s">
+        <v>379</v>
       </c>
       <c r="E143" s="3">
-        <v>55.55</v>
+        <v>117.43</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D144" s="2" t="s">
-        <v>385</v>
+      <c r="D144" s="0" t="s">
+        <v>382</v>
       </c>
       <c r="E144" s="3">
-        <v>2961.39</v>
+        <v>2110.71</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D145" s="2" t="s">
-        <v>388</v>
+      <c r="D145" s="0" t="s">
+        <v>195</v>
       </c>
       <c r="E145" s="3">
-        <v>2309.31</v>
+        <v>2402.82</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D146" s="2" t="s">
-        <v>391</v>
+      <c r="D146" s="0" t="s">
+        <v>387</v>
       </c>
       <c r="E146" s="3">
-        <v>1564.88</v>
+        <v>1770.89</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D147" s="2" t="s">
-        <v>393</v>
+      <c r="D147" s="0" t="s">
+        <v>195</v>
       </c>
       <c r="E147" s="3">
-        <v>546.98</v>
+        <v>1598.51</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D148" s="2" t="s">
-        <v>396</v>
+      <c r="D148" s="0" t="s">
+        <v>195</v>
       </c>
       <c r="E148" s="3">
-        <v>1168.19</v>
+        <v>2557.13</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>398</v>
+        <v>337</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D149" s="2" t="s">
-        <v>399</v>
+      <c r="D149" s="0" t="s">
+        <v>393</v>
       </c>
       <c r="E149" s="3">
-        <v>2734.53</v>
+        <v>118.44</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D150" s="2" t="s">
-        <v>402</v>
+      <c r="D150" s="0" t="s">
+        <v>396</v>
       </c>
       <c r="E150" s="3">
-        <v>32279.69</v>
+        <v>1876.09</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>404</v>
+        <v>337</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D151" s="2" t="s">
-        <v>405</v>
+      <c r="D151" s="0" t="s">
+        <v>398</v>
       </c>
       <c r="E151" s="3">
-        <v>905.29</v>
+        <v>136.85</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D152" s="2" t="s">
-        <v>408</v>
+      <c r="D152" s="0" t="s">
+        <v>401</v>
       </c>
       <c r="E152" s="3">
-        <v>51435.88</v>
+        <v>2299.54</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D153" s="2" t="s">
-        <v>411</v>
+      <c r="D153" s="0" t="s">
+        <v>404</v>
       </c>
       <c r="E153" s="3">
-        <v>301.91</v>
+        <v>1924.48</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>347</v>
+        <v>406</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D154" s="2" t="s">
-        <v>413</v>
+      <c r="D154" s="0" t="s">
+        <v>407</v>
       </c>
       <c r="E154" s="3">
-        <v>2281.41</v>
+        <v>816.3</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D155" s="2" t="s">
-        <v>416</v>
+      <c r="D155" s="0" t="s">
+        <v>410</v>
       </c>
       <c r="E155" s="3">
-        <v>105.77</v>
+        <v>2483.21</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D156" s="2" t="s">
-        <v>419</v>
+      <c r="D156" s="0" t="s">
+        <v>413</v>
       </c>
       <c r="E156" s="3">
-        <v>1036.34</v>
+        <v>855.57</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D157" s="2" t="s">
-        <v>421</v>
+      <c r="D157" s="0" t="s">
+        <v>416</v>
       </c>
       <c r="E157" s="3">
-        <v>1036.33</v>
+        <v>3824.08</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D158" s="2" t="s">
-        <v>424</v>
+      <c r="D158" s="0" t="s">
+        <v>419</v>
       </c>
       <c r="E158" s="3">
-        <v>28066.16</v>
+        <v>2857.54</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D159" s="2" t="s">
-        <v>427</v>
+      <c r="D159" s="0" t="s">
+        <v>422</v>
       </c>
       <c r="E159" s="3">
-        <v>904.63</v>
+        <v>68.02</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D160" s="2" t="s">
-        <v>430</v>
+      <c r="D160" s="0" t="s">
+        <v>425</v>
       </c>
       <c r="E160" s="3">
-        <v>766.47</v>
+        <v>1115.36</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>407</v>
+        <v>427</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D161" s="2" t="s">
-        <v>432</v>
+      <c r="D161" s="0" t="s">
+        <v>428</v>
       </c>
       <c r="E161" s="3">
-        <v>42200.81</v>
+        <v>261.99</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D162" s="2" t="s">
-        <v>435</v>
+      <c r="D162" s="0" t="s">
+        <v>431</v>
       </c>
       <c r="E162" s="3">
-        <v>2032.56</v>
+        <v>5221.07</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D163" s="2" t="s">
-        <v>438</v>
+      <c r="D163" s="0" t="s">
+        <v>434</v>
       </c>
       <c r="E163" s="3">
-        <v>1572.62</v>
+        <v>67.2</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D164" s="2" t="s">
-        <v>441</v>
+      <c r="D164" s="0" t="s">
+        <v>437</v>
       </c>
       <c r="E164" s="3">
-        <v>42643.19</v>
+        <v>2078.92</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="B165" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="C165" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E165" s="3">
-        <v>1593.03</v>
+        <v>146.39</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>440</v>
+        <v>337</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D166" s="2" t="s">
-        <v>443</v>
+      <c r="D166" s="0" t="s">
+        <v>442</v>
       </c>
       <c r="E166" s="3">
-        <v>2001.87</v>
+        <v>490.07</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="0" t="s">
         <v>445</v>
       </c>
-      <c r="B167" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E167" s="3">
-        <v>242.94</v>
+        <v>916.77</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>449</v>
+        <v>337</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D168" s="2" t="s">
-        <v>450</v>
+      <c r="D168" s="0" t="s">
+        <v>447</v>
       </c>
       <c r="E168" s="3">
-        <v>1086.7</v>
+        <v>108.05</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D169" s="2" t="s">
-        <v>453</v>
+      <c r="D169" s="0" t="s">
+        <v>450</v>
       </c>
       <c r="E169" s="3">
-        <v>4590.96</v>
+        <v>1216.06</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>452</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D170" s="2" t="s">
-        <v>455</v>
+      <c r="D170" s="0" t="s">
+        <v>453</v>
       </c>
       <c r="E170" s="3">
-        <v>234.65</v>
+        <v>3571.99</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="0" t="s">
         <v>456</v>
       </c>
-      <c r="B171" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E171" s="3">
-        <v>25475.68</v>
+        <v>15790.6</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>457</v>
+        <v>200</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D172" s="2" t="s">
-        <v>377</v>
+      <c r="D172" s="0" t="s">
+        <v>458</v>
       </c>
       <c r="E172" s="3">
-        <v>4107.06</v>
+        <v>6945.57</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="B173" s="0" t="s">
         <v>460</v>
       </c>
-      <c r="B173" s="0" t="s">
+      <c r="C173" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="C173" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E173" s="3">
-        <v>11152.37</v>
+        <v>10879.5</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>463</v>
       </c>
-      <c r="B174" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D174" s="2" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="E174" s="3">
-        <v>2903.2</v>
+        <v>1393.09</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D175" s="2" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="E175" s="3">
-        <v>2693.66</v>
+        <v>166623.37</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="E176" s="3">
-        <v>2611.18</v>
+        <v>65901.03</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="2" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="E177" s="3">
-        <v>51627.29</v>
+        <v>8671.91</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D178" s="2" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="E178" s="3">
-        <v>10295.98</v>
+        <v>1109</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D179" s="2" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="E179" s="3">
-        <v>2529.24</v>
+        <v>729.92</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D180" s="2" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="E180" s="3">
-        <v>3029.68</v>
+        <v>2770.27</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D181" s="2" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="E181" s="3">
-        <v>6641.79</v>
+        <v>1718.25</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>488</v>
+        <v>473</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="2" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="E182" s="3">
-        <v>0.03</v>
+        <v>9.18</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D183" s="2" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="E183" s="3">
-        <v>5398.47</v>
+        <v>1179.99</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>407</v>
+        <v>490</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="2" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="E184" s="3">
-        <v>30033.98</v>
+        <v>23.5</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="E185" s="3">
-        <v>3390</v>
+        <v>859.34</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D186" s="2" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="E186" s="3">
-        <v>3079.27</v>
+        <v>7665.28</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D187" s="2" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="E187" s="3">
-        <v>4854.09</v>
+        <v>3156.81</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="2" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="E188" s="3">
-        <v>14495.06</v>
+        <v>711.02</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="B189" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="2" t="s">
         <v>505</v>
       </c>
-      <c r="C189" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E189" s="3">
-        <v>1968.81</v>
+        <v>5140.45</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D190" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E190" s="3">
-        <v>4454.02</v>
+        <v>248</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>449</v>
+        <v>509</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="2" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="E191" s="3">
-        <v>2426.55</v>
+        <v>18227.27</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="2" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E192" s="3">
-        <v>36.28</v>
+        <v>1742.95</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="2" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="E193" s="3">
-        <v>42325.91</v>
+        <v>3033.2</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="2" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="E194" s="3">
-        <v>195.41</v>
+        <v>4757.8</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D195" s="2" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="E195" s="3">
-        <v>533.12</v>
+        <v>11255.96</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D196" s="2" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="E196" s="3">
-        <v>2951.26</v>
+        <v>1801.33</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>407</v>
+        <v>525</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D197" s="2" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="E197" s="3">
-        <v>37525.21</v>
+        <v>808.7</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D198" s="2" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="E198" s="3">
-        <v>24744.33</v>
+        <v>166.72</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>407</v>
+        <v>531</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D199" s="2" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="E199" s="3">
-        <v>45626.37</v>
+        <v>61.63</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="2" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="E200" s="3">
-        <v>68200.93</v>
+        <v>513.52</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>540</v>
+        <v>531</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="2" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="E201" s="3">
-        <v>2428.14</v>
+        <v>62.47</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D202" s="2" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="E202" s="3">
-        <v>2348.9</v>
+        <v>151.25</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>546</v>
+        <v>531</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D203" s="2" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="E203" s="3">
-        <v>13354.54</v>
+        <v>38.01</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D204" s="2" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="E204" s="3">
-        <v>461.07</v>
+        <v>117.55</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>407</v>
+        <v>531</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D205" s="2" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="E205" s="3">
-        <v>30905.75</v>
+        <v>49.7</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="2" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="E206" s="3">
-        <v>8321.46</v>
+        <v>3425.15</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>407</v>
+        <v>549</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D207" s="2" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="E207" s="3">
-        <v>39630.42</v>
+        <v>841.09</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="2" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="E208" s="3">
-        <v>888.78</v>
+        <v>2657.17</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D209" s="2" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="E209" s="3">
-        <v>728.24</v>
+        <v>719.09</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>407</v>
+        <v>560</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D210" s="2" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="E210" s="3">
-        <v>30159.75</v>
+        <v>735.61</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D211" s="2" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="E211" s="3">
-        <v>2026.26</v>
+        <v>1623.14</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D212" s="2" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="E212" s="3">
-        <v>43449.36</v>
+        <v>3284.56</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>573</v>
+        <v>531</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D213" s="2" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="E213" s="3">
-        <v>3761.79</v>
+        <v>49.7</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>576</v>
+        <v>531</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D214" s="2" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="E214" s="3">
-        <v>12.9</v>
+        <v>82.76</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D215" s="2" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="E215" s="3">
-        <v>282.32</v>
+        <v>0.01</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D216" s="2" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="E216" s="3">
-        <v>600.47</v>
+        <v>36778.02</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D217" s="2" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="E217" s="3">
-        <v>3671.09</v>
+        <v>581.65</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D218" s="2" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="E218" s="3">
-        <v>1020.02</v>
+        <v>53161.43</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D219" s="2" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="E219" s="3">
-        <v>47287.28</v>
+        <v>1473.71</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>594</v>
+        <v>470</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D220" s="2" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="E220" s="3">
-        <v>889.52</v>
+        <v>47.35</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>597</v>
+        <v>470</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D221" s="2" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="E221" s="3">
-        <v>4454.3</v>
+        <v>3675.11</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D222" s="2" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="E222" s="3">
-        <v>40966.75</v>
+        <v>2381.29</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>407</v>
+        <v>592</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D223" s="2" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="E223" s="3">
-        <v>44610.8</v>
+        <v>208.01</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D224" s="2" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="E224" s="3">
-        <v>6353.5</v>
+        <v>519.73</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D225" s="2" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="E225" s="3">
-        <v>841.92</v>
+        <v>76.28</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D226" s="2" t="s">
-        <v>612</v>
+        <v>601</v>
       </c>
       <c r="E226" s="3">
-        <v>54535.92</v>
+        <v>1220.71</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>613</v>
+        <v>604</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>614</v>
+        <v>603</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D227" s="2" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="E227" s="3">
-        <v>1041.55</v>
+        <v>1220.7</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>616</v>
+        <v>606</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D228" s="2" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
       <c r="E228" s="3">
-        <v>1590.8</v>
+        <v>31963.97</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>620</v>
+        <v>610</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D229" s="2" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="E229" s="3">
-        <v>1905.88</v>
+        <v>9.17</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>622</v>
+        <v>612</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>623</v>
+        <v>610</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="2" t="s">
-        <v>624</v>
+        <v>613</v>
       </c>
       <c r="E230" s="3">
-        <v>867.13</v>
+        <v>13.98</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>625</v>
+        <v>614</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>626</v>
+        <v>610</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D231" s="2" t="s">
-        <v>627</v>
+        <v>615</v>
       </c>
       <c r="E231" s="3">
-        <v>904.37</v>
+        <v>3.41</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>628</v>
+        <v>616</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>629</v>
+        <v>610</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D232" s="2" t="s">
-        <v>630</v>
+        <v>617</v>
       </c>
       <c r="E232" s="3">
-        <v>4153.47</v>
+        <v>35.02</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>631</v>
+        <v>618</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>632</v>
+        <v>619</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D233" s="2" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="E233" s="3">
-        <v>22272.25</v>
+        <v>1183.64</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>634</v>
+        <v>621</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>635</v>
+        <v>622</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D234" s="2" t="s">
-        <v>636</v>
+        <v>623</v>
       </c>
       <c r="E234" s="3">
-        <v>1127.99</v>
+        <v>379.13</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>637</v>
+        <v>624</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>638</v>
+        <v>625</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D235" s="2" t="s">
-        <v>639</v>
+        <v>626</v>
       </c>
       <c r="E235" s="3">
-        <v>221.38</v>
+        <v>1001.12</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>640</v>
+        <v>627</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>641</v>
+        <v>610</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D236" s="2" t="s">
-        <v>642</v>
+        <v>628</v>
       </c>
       <c r="E236" s="3">
-        <v>2452.74</v>
+        <v>36.45</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>643</v>
+        <v>629</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>644</v>
+        <v>610</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D237" s="2" t="s">
-        <v>645</v>
+        <v>630</v>
       </c>
       <c r="E237" s="3">
-        <v>2617.52</v>
+        <v>26.51</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>646</v>
+        <v>631</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>647</v>
+        <v>610</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D238" s="2" t="s">
-        <v>648</v>
+        <v>632</v>
       </c>
       <c r="E238" s="3">
-        <v>4216.26</v>
+        <v>7.5</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>649</v>
+        <v>633</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>650</v>
+        <v>531</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D239" s="2" t="s">
-        <v>651</v>
+        <v>634</v>
       </c>
       <c r="E239" s="3">
-        <v>1198.75</v>
+        <v>57.4</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>652</v>
+        <v>635</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>653</v>
+        <v>636</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D240" s="2" t="s">
-        <v>654</v>
+        <v>637</v>
       </c>
       <c r="E240" s="3">
-        <v>932.98</v>
+        <v>353.91</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>655</v>
+        <v>638</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>656</v>
+        <v>639</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D241" s="2" t="s">
-        <v>657</v>
+        <v>640</v>
       </c>
       <c r="E241" s="3">
-        <v>3.23</v>
+        <v>1295.07</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>658</v>
+        <v>641</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>659</v>
+        <v>642</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="2" t="s">
-        <v>660</v>
+        <v>643</v>
       </c>
       <c r="E242" s="3">
-        <v>6691.68</v>
+        <v>2024.65</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>661</v>
+        <v>644</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>662</v>
+        <v>645</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D243" s="2" t="s">
-        <v>663</v>
+        <v>646</v>
       </c>
       <c r="E243" s="3">
-        <v>2648.85</v>
+        <v>1611.39</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>664</v>
+        <v>647</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>665</v>
+        <v>648</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D244" s="2" t="s">
-        <v>666</v>
+        <v>649</v>
       </c>
       <c r="E244" s="3">
-        <v>515.16</v>
+        <v>964.03</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>667</v>
+        <v>650</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>668</v>
+        <v>625</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D245" s="2" t="s">
-        <v>669</v>
+        <v>651</v>
       </c>
       <c r="E245" s="3">
-        <v>1149.37</v>
+        <v>10.8</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>670</v>
+        <v>652</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>671</v>
+        <v>610</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D246" s="2" t="s">
-        <v>672</v>
+        <v>653</v>
       </c>
       <c r="E246" s="3">
-        <v>54.46</v>
+        <v>3.83</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>673</v>
+        <v>654</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>452</v>
+        <v>582</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D247" s="2" t="s">
-        <v>674</v>
+        <v>655</v>
       </c>
       <c r="E247" s="3">
-        <v>33655.52</v>
+        <v>43781.09</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>675</v>
+        <v>656</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>676</v>
+        <v>657</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D248" s="2" t="s">
-        <v>677</v>
+        <v>658</v>
       </c>
       <c r="E248" s="3">
-        <v>2205.8</v>
+        <v>1475.26</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>678</v>
+        <v>659</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>679</v>
+        <v>660</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D249" s="2" t="s">
-        <v>680</v>
+        <v>661</v>
       </c>
       <c r="E249" s="3">
-        <v>71514.98</v>
+        <v>4781.66</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>681</v>
+        <v>662</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>682</v>
+        <v>663</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D250" s="2" t="s">
-        <v>683</v>
+        <v>664</v>
       </c>
       <c r="E250" s="3">
-        <v>16683.38</v>
+        <v>2274.87</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>684</v>
+        <v>665</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>685</v>
+        <v>666</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D251" s="2" t="s">
-        <v>686</v>
+        <v>667</v>
       </c>
       <c r="E251" s="3">
-        <v>21.07</v>
+        <v>1821.14</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>687</v>
+        <v>668</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>688</v>
+        <v>669</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D252" s="2" t="s">
-        <v>689</v>
+        <v>670</v>
       </c>
       <c r="E252" s="3">
-        <v>607373.58</v>
+        <v>3475.56</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>690</v>
+        <v>671</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>691</v>
+        <v>672</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D253" s="2" t="s">
-        <v>692</v>
+        <v>673</v>
       </c>
       <c r="E253" s="3">
-        <v>4597.57</v>
+        <v>2533.04</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>693</v>
+        <v>674</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>694</v>
+        <v>675</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D254" s="2" t="s">
-        <v>695</v>
+        <v>676</v>
       </c>
       <c r="E254" s="3">
-        <v>2796.74</v>
+        <v>43780.36</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>696</v>
+        <v>677</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>697</v>
+        <v>675</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D255" s="2" t="s">
-        <v>698</v>
+        <v>678</v>
       </c>
       <c r="E255" s="3">
-        <v>1495.67</v>
+        <v>1635.51</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>699</v>
+        <v>679</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D256" s="2" t="s">
-        <v>701</v>
+        <v>678</v>
       </c>
       <c r="E256" s="3">
-        <v>1353.93</v>
+        <v>2055.25</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>702</v>
+        <v>680</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>407</v>
+        <v>681</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D257" s="2" t="s">
-        <v>703</v>
+        <v>682</v>
       </c>
       <c r="E257" s="3">
-        <v>31363.59</v>
+        <v>5596.11</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>704</v>
+        <v>683</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>705</v>
+        <v>684</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D258" s="2" t="s">
-        <v>706</v>
+        <v>685</v>
       </c>
       <c r="E258" s="3">
-        <v>2450.03</v>
+        <v>580.58</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>707</v>
+        <v>686</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>708</v>
+        <v>687</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D259" s="2" t="s">
-        <v>709</v>
+        <v>688</v>
       </c>
       <c r="E259" s="3">
-        <v>37416.16</v>
+        <v>3010.04</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>710</v>
+        <v>689</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>407</v>
+        <v>690</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D260" s="2" t="s">
-        <v>711</v>
+        <v>691</v>
       </c>
       <c r="E260" s="3">
-        <v>31592.01</v>
+        <v>224.26</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>712</v>
+        <v>692</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>713</v>
+        <v>690</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D261" s="2" t="s">
-        <v>714</v>
+        <v>693</v>
       </c>
       <c r="E261" s="3">
-        <v>4004.38</v>
+        <v>46.98</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>715</v>
+        <v>694</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>716</v>
+        <v>695</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D262" s="2" t="s">
-        <v>717</v>
+        <v>187</v>
       </c>
       <c r="E262" s="3">
-        <v>698.57</v>
+        <v>0.06</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>718</v>
+        <v>696</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>719</v>
+        <v>697</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D263" s="2" t="s">
-        <v>720</v>
+        <v>698</v>
       </c>
       <c r="E263" s="3">
-        <v>1332.01</v>
+        <v>15867.4</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>721</v>
+        <v>699</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>722</v>
+        <v>697</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D264" s="2" t="s">
-        <v>723</v>
+        <v>700</v>
       </c>
       <c r="E264" s="3">
-        <v>6244.35</v>
+        <v>247.72</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>724</v>
+        <v>701</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>725</v>
+        <v>702</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D265" s="2" t="s">
-        <v>726</v>
+        <v>703</v>
       </c>
       <c r="E265" s="3">
-        <v>1106.42</v>
+        <v>27605.99</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>727</v>
+        <v>704</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>728</v>
+        <v>702</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D266" s="2" t="s">
-        <v>729</v>
+        <v>518</v>
       </c>
       <c r="E266" s="3">
-        <v>2001.33</v>
+        <v>5118.3</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>730</v>
+        <v>705</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>731</v>
+        <v>706</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D267" s="2" t="s">
-        <v>732</v>
+        <v>707</v>
       </c>
       <c r="E267" s="3">
-        <v>6617.63</v>
+        <v>1716.14</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>733</v>
+        <v>708</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>734</v>
+        <v>709</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D268" s="2" t="s">
-        <v>735</v>
+        <v>710</v>
       </c>
       <c r="E268" s="3">
-        <v>23.33</v>
+        <v>4969.63</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>736</v>
+        <v>711</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>734</v>
+        <v>712</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D269" s="2" t="s">
-        <v>735</v>
+        <v>713</v>
       </c>
       <c r="E269" s="3">
-        <v>37.41</v>
+        <v>5296.63</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>737</v>
+        <v>714</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>738</v>
+        <v>715</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D270" s="2" t="s">
-        <v>739</v>
+        <v>716</v>
       </c>
       <c r="E270" s="3">
-        <v>3939.78</v>
+        <v>1025.48</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>740</v>
+        <v>717</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>741</v>
+        <v>718</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D271" s="2" t="s">
-        <v>742</v>
+        <v>719</v>
       </c>
       <c r="E271" s="3">
-        <v>1789.7</v>
+        <v>18.05</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>743</v>
+        <v>720</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>744</v>
+        <v>721</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D272" s="2" t="s">
-        <v>745</v>
+        <v>722</v>
       </c>
       <c r="E272" s="3">
-        <v>3670.96</v>
+        <v>82.59</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>746</v>
+        <v>723</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>747</v>
+        <v>724</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D273" s="2" t="s">
-        <v>748</v>
+        <v>725</v>
       </c>
       <c r="E273" s="3">
-        <v>1212.15</v>
+        <v>56758.57</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>749</v>
+        <v>726</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>750</v>
+        <v>727</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D274" s="2" t="s">
-        <v>751</v>
+        <v>728</v>
       </c>
       <c r="E274" s="3">
-        <v>691.48</v>
+        <v>14458.01</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>752</v>
+        <v>729</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>753</v>
+        <v>730</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D275" s="2" t="s">
-        <v>754</v>
+        <v>731</v>
       </c>
       <c r="E275" s="3">
-        <v>998.78</v>
+        <v>3184.87</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>755</v>
+        <v>732</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>753</v>
+        <v>733</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D276" s="2" t="s">
-        <v>756</v>
+        <v>734</v>
       </c>
       <c r="E276" s="3">
-        <v>185.52</v>
+        <v>1306.38</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>757</v>
+        <v>735</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>452</v>
+        <v>736</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D277" s="2" t="s">
-        <v>758</v>
+        <v>737</v>
       </c>
       <c r="E277" s="3">
-        <v>6835.84</v>
+        <v>2978.72</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>759</v>
+        <v>738</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>452</v>
+        <v>739</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D278" s="2" t="s">
-        <v>758</v>
+        <v>740</v>
       </c>
       <c r="E278" s="3">
-        <v>5283.08</v>
+        <v>11169.03</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>760</v>
+        <v>741</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>761</v>
+        <v>95</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D279" s="2" t="s">
-        <v>762</v>
+        <v>742</v>
       </c>
       <c r="E279" s="3">
-        <v>19588.72</v>
+        <v>2355.18</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>764</v>
+        <v>718</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D280" s="2" t="s">
-        <v>765</v>
+        <v>744</v>
       </c>
       <c r="E280" s="3">
-        <v>23929.86</v>
+        <v>10.33</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>766</v>
+        <v>745</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>767</v>
+        <v>746</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D281" s="2" t="s">
-        <v>768</v>
+        <v>747</v>
       </c>
       <c r="E281" s="3">
-        <v>1308.23</v>
+        <v>1861.84</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>769</v>
+        <v>748</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>770</v>
+        <v>749</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D282" s="2" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="E282" s="3">
-        <v>821.26</v>
+        <v>9376.76</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>773</v>
+        <v>752</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D283" s="2" t="s">
-        <v>774</v>
+        <v>753</v>
       </c>
       <c r="E283" s="3">
-        <v>2405.63</v>
+        <v>1411.71</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>776</v>
+        <v>582</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D284" s="2" t="s">
-        <v>777</v>
+        <v>755</v>
       </c>
       <c r="E284" s="3">
-        <v>2792.04</v>
+        <v>31401.71</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>778</v>
+        <v>756</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>779</v>
+        <v>757</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D285" s="2" t="s">
-        <v>780</v>
+        <v>758</v>
       </c>
       <c r="E285" s="3">
-        <v>6931.47</v>
+        <v>5.08</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>781</v>
+        <v>759</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>782</v>
+        <v>757</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D286" s="2" t="s">
-        <v>783</v>
+        <v>760</v>
       </c>
       <c r="E286" s="3">
-        <v>1141.27</v>
+        <v>93.62</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>784</v>
+        <v>761</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>785</v>
+        <v>762</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D287" s="2" t="s">
-        <v>786</v>
+        <v>763</v>
       </c>
       <c r="E287" s="3">
-        <v>127.6</v>
+        <v>1648.35</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>787</v>
+        <v>764</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>788</v>
+        <v>765</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D288" s="2" t="s">
-        <v>789</v>
+        <v>766</v>
       </c>
       <c r="E288" s="3">
-        <v>3807.51</v>
+        <v>5926.17</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>790</v>
+        <v>767</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>791</v>
+        <v>768</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D289" s="2" t="s">
-        <v>792</v>
+        <v>769</v>
       </c>
       <c r="E289" s="3">
-        <v>2346.24</v>
+        <v>2211.81</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>793</v>
+        <v>770</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>794</v>
+        <v>771</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D290" s="2" t="s">
-        <v>795</v>
+        <v>772</v>
       </c>
       <c r="E290" s="3">
-        <v>1511.13</v>
+        <v>35.25</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>796</v>
+        <v>773</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>387</v>
+        <v>774</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D291" s="2" t="s">
-        <v>797</v>
+        <v>775</v>
       </c>
       <c r="E291" s="3">
-        <v>3054.01</v>
+        <v>1078.57</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>798</v>
+        <v>776</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>799</v>
+        <v>777</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D292" s="2" t="s">
-        <v>800</v>
+        <v>778</v>
       </c>
       <c r="E292" s="3">
-        <v>296.51</v>
+        <v>0.8</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>801</v>
+        <v>779</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>802</v>
+        <v>780</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D293" s="2" t="s">
-        <v>803</v>
+        <v>781</v>
       </c>
       <c r="E293" s="3">
-        <v>798.38</v>
+        <v>15155.32</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>804</v>
+        <v>782</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>805</v>
+        <v>780</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D294" s="2" t="s">
-        <v>806</v>
+        <v>783</v>
       </c>
       <c r="E294" s="3">
-        <v>5267.63</v>
+        <v>2059.4</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>807</v>
+        <v>784</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>808</v>
+        <v>785</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D295" s="2" t="s">
-        <v>809</v>
+        <v>786</v>
       </c>
       <c r="E295" s="3">
-        <v>86096.31</v>
+        <v>747.15</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>810</v>
+        <v>787</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>811</v>
+        <v>788</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D296" s="2" t="s">
-        <v>812</v>
+        <v>789</v>
       </c>
       <c r="E296" s="3">
-        <v>4029.15</v>
+        <v>5827.36</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>813</v>
+        <v>790</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>814</v>
+        <v>687</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D297" s="2" t="s">
-        <v>815</v>
+        <v>791</v>
       </c>
       <c r="E297" s="3">
-        <v>23613.99</v>
+        <v>4521.45</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>816</v>
+        <v>792</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>817</v>
+        <v>793</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D298" s="2" t="s">
-        <v>818</v>
+        <v>794</v>
       </c>
       <c r="E298" s="3">
-        <v>7.19</v>
+        <v>41.05</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>819</v>
+        <v>795</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>820</v>
+        <v>796</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D299" s="2" t="s">
-        <v>821</v>
+        <v>797</v>
       </c>
       <c r="E299" s="3">
-        <v>2770.39</v>
+        <v>1276.09</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>822</v>
+        <v>798</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>820</v>
+        <v>799</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D300" s="2" t="s">
-        <v>823</v>
+        <v>800</v>
       </c>
       <c r="E300" s="3">
-        <v>4516.61</v>
+        <v>700.14</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>824</v>
+        <v>801</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>825</v>
+        <v>802</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D301" s="2" t="s">
-        <v>826</v>
+        <v>803</v>
       </c>
       <c r="E301" s="3">
-        <v>38256.54</v>
+        <v>47563.77</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>827</v>
+        <v>804</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>828</v>
+        <v>805</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D302" s="2" t="s">
-        <v>829</v>
+        <v>806</v>
       </c>
       <c r="E302" s="3">
-        <v>552.38</v>
+        <v>722.59</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>830</v>
+        <v>807</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>831</v>
+        <v>808</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D303" s="2" t="s">
-        <v>832</v>
+        <v>809</v>
       </c>
       <c r="E303" s="3">
-        <v>23.67</v>
+        <v>215.75</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>833</v>
+        <v>810</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>831</v>
+        <v>811</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D304" s="2" t="s">
-        <v>834</v>
+        <v>812</v>
       </c>
       <c r="E304" s="3">
-        <v>23.67</v>
+        <v>1600.13</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>835</v>
+        <v>813</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>836</v>
+        <v>814</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D305" s="2" t="s">
-        <v>837</v>
+        <v>815</v>
       </c>
       <c r="E305" s="3">
-        <v>277.68</v>
+        <v>762.52</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>838</v>
+        <v>816</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>839</v>
+        <v>817</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D306" s="2" t="s">
-        <v>840</v>
+        <v>818</v>
       </c>
       <c r="E306" s="3">
-        <v>2104.93</v>
+        <v>3507.84</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>841</v>
+        <v>819</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>842</v>
+        <v>582</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D307" s="2" t="s">
-        <v>843</v>
+        <v>820</v>
       </c>
       <c r="E307" s="3">
-        <v>15360.01</v>
+        <v>38799.61</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>844</v>
+        <v>821</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>839</v>
+        <v>822</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D308" s="2" t="s">
-        <v>845</v>
+        <v>823</v>
       </c>
       <c r="E308" s="3">
-        <v>527.29</v>
+        <v>25673.43</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>846</v>
+        <v>824</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>836</v>
+        <v>825</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D309" s="2" t="s">
-        <v>847</v>
+        <v>826</v>
       </c>
       <c r="E309" s="3">
-        <v>9.42</v>
+        <v>6657.09</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>848</v>
+        <v>827</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>849</v>
+        <v>805</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D310" s="2" t="s">
-        <v>850</v>
+        <v>828</v>
       </c>
       <c r="E310" s="3">
-        <v>2930.13</v>
+        <v>332.31</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>851</v>
+        <v>829</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>831</v>
+        <v>805</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D311" s="2" t="s">
-        <v>852</v>
+        <v>812</v>
       </c>
       <c r="E311" s="3">
-        <v>18.34</v>
+        <v>182.79</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>853</v>
+        <v>830</v>
       </c>
       <c r="B312" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="C312" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D312" s="2" t="s">
         <v>831</v>
       </c>
-      <c r="C312" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E312" s="3">
-        <v>1.33</v>
+        <v>223.64</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>855</v>
+        <v>832</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>831</v>
+        <v>582</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D313" s="2" t="s">
-        <v>856</v>
+        <v>833</v>
       </c>
       <c r="E313" s="3">
-        <v>2.89</v>
+        <v>47289.45</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>857</v>
+        <v>834</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>407</v>
+        <v>835</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D314" s="2" t="s">
-        <v>858</v>
+        <v>836</v>
       </c>
       <c r="E314" s="3">
-        <v>25190.45</v>
+        <v>70531.3</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>859</v>
+        <v>837</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>407</v>
+        <v>838</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D315" s="2" t="s">
-        <v>856</v>
+        <v>839</v>
       </c>
       <c r="E315" s="3">
-        <v>3293.55</v>
+        <v>1660.53</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>860</v>
+        <v>840</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>861</v>
+        <v>841</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D316" s="2" t="s">
-        <v>862</v>
+        <v>842</v>
       </c>
       <c r="E316" s="3">
-        <v>681.45</v>
+        <v>1303.5</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>863</v>
+        <v>843</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>861</v>
+        <v>844</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D317" s="2" t="s">
-        <v>864</v>
+        <v>845</v>
       </c>
       <c r="E317" s="3">
-        <v>3656.06</v>
+        <v>3815.33</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>865</v>
+        <v>846</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>407</v>
+        <v>847</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D318" s="2" t="s">
-        <v>866</v>
+        <v>848</v>
       </c>
       <c r="E318" s="3">
-        <v>7463.52</v>
+        <v>4618.83</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>867</v>
+        <v>849</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>407</v>
+        <v>850</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D319" s="2" t="s">
-        <v>868</v>
+        <v>851</v>
       </c>
       <c r="E319" s="3">
-        <v>11048.35</v>
+        <v>8928.46</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>869</v>
+        <v>852</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>407</v>
+        <v>853</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D320" s="2" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="E320" s="3">
-        <v>7532.13</v>
+        <v>2476.48</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>870</v>
+        <v>855</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>407</v>
+        <v>856</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D321" s="2" t="s">
-        <v>866</v>
+        <v>857</v>
       </c>
       <c r="E321" s="3">
-        <v>7394.93</v>
+        <v>49.67</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>871</v>
+        <v>858</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>407</v>
+        <v>582</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D322" s="2" t="s">
-        <v>866</v>
+        <v>859</v>
       </c>
       <c r="E322" s="3">
-        <v>7660.37</v>
+        <v>32189.48</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>872</v>
+        <v>860</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>873</v>
+        <v>861</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D323" s="2" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="E323" s="3">
-        <v>110.34</v>
+        <v>340.02</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>874</v>
+        <v>863</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>407</v>
+        <v>864</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D324" s="2" t="s">
-        <v>875</v>
+        <v>865</v>
       </c>
       <c r="E324" s="3">
-        <v>21287.24</v>
+        <v>773</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>876</v>
+        <v>866</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>407</v>
+        <v>867</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D325" s="2" t="s">
-        <v>877</v>
+        <v>868</v>
       </c>
       <c r="E325" s="3">
-        <v>14379.15</v>
+        <v>11487.96</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>878</v>
+        <v>869</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>831</v>
+        <v>154</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D326" s="2" t="s">
-        <v>879</v>
+        <v>870</v>
       </c>
       <c r="E326" s="3">
-        <v>58.39</v>
+        <v>240.69</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>880</v>
+        <v>871</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>881</v>
+        <v>872</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D327" s="2" t="s">
-        <v>882</v>
+        <v>873</v>
       </c>
       <c r="E327" s="3">
-        <v>4230.08</v>
+        <v>110.22</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>883</v>
+        <v>874</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>884</v>
+        <v>875</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D328" s="2" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E328" s="3">
-        <v>16252.13</v>
+        <v>1268.67</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>886</v>
+        <v>877</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>650</v>
+        <v>83</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D329" s="2" t="s">
-        <v>887</v>
+        <v>878</v>
       </c>
       <c r="E329" s="3">
-        <v>2369.62</v>
+        <v>33.59</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>831</v>
+        <v>83</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D330" s="2" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="E330" s="3">
-        <v>5.34</v>
+        <v>38.1</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>890</v>
+        <v>881</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>891</v>
+        <v>582</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D331" s="2" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="E331" s="3">
-        <v>2390.47</v>
+        <v>41154.76</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>893</v>
+        <v>883</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>894</v>
+        <v>884</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D332" s="2" t="s">
-        <v>895</v>
+        <v>885</v>
       </c>
       <c r="E332" s="3">
-        <v>2154.97</v>
+        <v>1905.41</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>896</v>
+        <v>886</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>897</v>
+        <v>887</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D333" s="2" t="s">
-        <v>898</v>
+        <v>888</v>
       </c>
       <c r="E333" s="3">
-        <v>133.19</v>
+        <v>2779.8</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>899</v>
+        <v>889</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>897</v>
+        <v>890</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D334" s="2" t="s">
-        <v>900</v>
+        <v>891</v>
       </c>
       <c r="E334" s="3">
-        <v>287.01</v>
+        <v>1724.06</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>901</v>
+        <v>892</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D335" s="2" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="E335" s="3">
-        <v>266.37</v>
+        <v>2215.24</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>902</v>
+        <v>895</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>903</v>
+        <v>154</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D336" s="2" t="s">
-        <v>904</v>
+        <v>896</v>
       </c>
       <c r="E336" s="3">
-        <v>42423.49</v>
+        <v>245.85</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>905</v>
+        <v>897</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>906</v>
+        <v>898</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D337" s="2" t="s">
-        <v>907</v>
+        <v>899</v>
       </c>
       <c r="E337" s="3">
-        <v>2701.26</v>
+        <v>1675.54</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>908</v>
+        <v>900</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>909</v>
+        <v>154</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D338" s="2" t="s">
-        <v>910</v>
+        <v>901</v>
       </c>
       <c r="E338" s="3">
-        <v>581.05</v>
+        <v>277.84</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>909</v>
+        <v>903</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D339" s="2" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="E339" s="3">
-        <v>227.87</v>
+        <v>1478.34</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>912</v>
+        <v>905</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>407</v>
+        <v>582</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D340" s="2" t="s">
-        <v>913</v>
+        <v>906</v>
       </c>
       <c r="E340" s="3">
-        <v>26575.59</v>
+        <v>31423.61</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>914</v>
+        <v>907</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>407</v>
+        <v>83</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D341" s="2" t="s">
-        <v>915</v>
+        <v>908</v>
       </c>
       <c r="E341" s="3">
-        <v>30382.43</v>
+        <v>35.67</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>916</v>
+        <v>909</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>917</v>
+        <v>910</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D342" s="2" t="s">
-        <v>918</v>
+        <v>911</v>
       </c>
       <c r="E342" s="3">
-        <v>2783.01</v>
+        <v>1648.11</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>919</v>
+        <v>912</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>917</v>
+        <v>910</v>
       </c>
       <c r="C343" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D343" s="2" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="E343" s="3">
-        <v>2783.01</v>
+        <v>1006.52</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>920</v>
+        <v>914</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>917</v>
+        <v>910</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D344" s="2" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="E344" s="3">
-        <v>13350.32</v>
+        <v>932.83</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>922</v>
+        <v>916</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
       <c r="C345" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D345" s="2" t="s">
-        <v>924</v>
+        <v>918</v>
       </c>
       <c r="E345" s="3">
-        <v>5592.55</v>
+        <v>3483.39</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>923</v>
+        <v>83</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D346" s="2" t="s">
-        <v>895</v>
+        <v>920</v>
       </c>
       <c r="E346" s="3">
-        <v>681.3</v>
+        <v>41.15</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="C347" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D347" s="2" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="E347" s="3">
-        <v>8643.11</v>
+        <v>963.73</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D348" s="2" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="E348" s="3">
-        <v>424.09</v>
+        <v>48678.6</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>831</v>
+        <v>928</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D349" s="2" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="E349" s="3">
-        <v>23.26</v>
+        <v>1649.81</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>831</v>
+        <v>931</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D350" s="2" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="E350" s="3">
-        <v>1.43</v>
+        <v>951.09</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="B351" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="C351" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D351" s="2" t="s">
         <v>935</v>
       </c>
-      <c r="B351" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E351" s="3">
-        <v>23.42</v>
+        <v>5830.48</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="B352" s="0" t="s">
         <v>937</v>
       </c>
-      <c r="B352" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C352" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D352" s="2" t="s">
-        <v>866</v>
+        <v>938</v>
       </c>
       <c r="E352" s="3">
-        <v>2.23</v>
+        <v>1537.5</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>407</v>
+        <v>940</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D353" s="2" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="E353" s="3">
-        <v>17205.89</v>
+        <v>0.68</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>407</v>
+        <v>943</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D354" s="2" t="s">
-        <v>895</v>
+        <v>944</v>
       </c>
       <c r="E354" s="3">
-        <v>14919.57</v>
+        <v>3564.1</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D355" s="2" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="E355" s="3">
-        <v>2274.46</v>
+        <v>4822.55</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>856</v>
+        <v>950</v>
       </c>
       <c r="E356" s="3">
-        <v>277.71</v>
+        <v>2757.1</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D357" s="2" t="s">
-        <v>856</v>
+        <v>953</v>
       </c>
       <c r="E357" s="3">
-        <v>2092.61</v>
+        <v>52651.69</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D358" s="2" t="s">
-        <v>856</v>
+        <v>956</v>
       </c>
       <c r="E358" s="3">
-        <v>2092.61</v>
+        <v>5278.3</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>946</v>
+        <v>958</v>
       </c>
       <c r="C359" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>854</v>
+        <v>959</v>
       </c>
       <c r="E359" s="3">
-        <v>2631.13</v>
+        <v>44575.33</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>949</v>
+        <v>960</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>407</v>
+        <v>582</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D360" s="2" t="s">
-        <v>950</v>
+        <v>961</v>
       </c>
       <c r="E360" s="3">
-        <v>14757.42</v>
+        <v>46325.8</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>951</v>
+        <v>962</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>407</v>
+        <v>963</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D361" s="2" t="s">
-        <v>854</v>
+        <v>964</v>
       </c>
       <c r="E361" s="3">
-        <v>7687.19</v>
+        <v>7022.55</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>953</v>
+        <v>966</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D362" s="2" t="s">
-        <v>954</v>
+        <v>967</v>
       </c>
       <c r="E362" s="3">
-        <v>144.13</v>
+        <v>2215.56</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>955</v>
+        <v>968</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>956</v>
+        <v>969</v>
       </c>
       <c r="C363" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D363" s="2" t="s">
-        <v>957</v>
+        <v>970</v>
       </c>
       <c r="E363" s="3">
-        <v>24.7</v>
+        <v>44.92</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>958</v>
+        <v>971</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D364" s="2" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
       <c r="E364" s="3">
-        <v>481.58</v>
+        <v>59797.02</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>961</v>
+        <v>974</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>831</v>
+        <v>975</v>
       </c>
       <c r="C365" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D365" s="2" t="s">
-        <v>962</v>
+        <v>976</v>
       </c>
       <c r="E365" s="3">
-        <v>23.63</v>
+        <v>2246.3</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>963</v>
+        <v>977</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>831</v>
+        <v>978</v>
       </c>
       <c r="C366" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D366" s="2" t="s">
-        <v>964</v>
+        <v>979</v>
       </c>
       <c r="E366" s="3">
-        <v>1.71</v>
+        <v>0.03</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>965</v>
+        <v>980</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>966</v>
+        <v>981</v>
       </c>
       <c r="C367" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D367" s="2" t="s">
-        <v>967</v>
+        <v>982</v>
       </c>
       <c r="E367" s="3">
-        <v>656.8</v>
+        <v>3669.58</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>968</v>
+        <v>983</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>969</v>
+        <v>984</v>
       </c>
       <c r="C368" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D368" s="2" t="s">
-        <v>970</v>
+        <v>985</v>
       </c>
       <c r="E368" s="3">
-        <v>33205.97</v>
+        <v>4560.25</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>971</v>
+        <v>986</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>969</v>
+        <v>987</v>
       </c>
       <c r="C369" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D369" s="2" t="s">
-        <v>854</v>
+        <v>988</v>
       </c>
       <c r="E369" s="3">
-        <v>2356.03</v>
+        <v>2265.03</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>972</v>
+        <v>989</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>973</v>
+        <v>990</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D370" s="2" t="s">
-        <v>974</v>
+        <v>991</v>
       </c>
       <c r="E370" s="3">
-        <v>3465.81</v>
+        <v>1845.85</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>975</v>
+        <v>992</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>973</v>
+        <v>993</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D371" s="2" t="s">
-        <v>856</v>
+        <v>994</v>
       </c>
       <c r="E371" s="3">
-        <v>1149.83</v>
+        <v>5010.19</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>976</v>
+        <v>995</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>977</v>
+        <v>531</v>
       </c>
       <c r="C372" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D372" s="2" t="s">
-        <v>978</v>
+        <v>996</v>
       </c>
       <c r="E372" s="3">
-        <v>26940.22</v>
+        <v>52.23</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>979</v>
+        <v>997</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>977</v>
+        <v>998</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>980</v>
+        <v>999</v>
       </c>
       <c r="E373" s="3">
-        <v>9045.83</v>
+        <v>26923.16</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>981</v>
+        <v>1000</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>982</v>
+        <v>1001</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D374" s="2" t="s">
-        <v>983</v>
+        <v>1002</v>
       </c>
       <c r="E374" s="3">
-        <v>22876.18</v>
+        <v>2718.91</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>984</v>
+        <v>1003</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>982</v>
+        <v>1004</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D375" s="2" t="s">
-        <v>985</v>
+        <v>1005</v>
       </c>
       <c r="E375" s="3">
-        <v>10686.75</v>
+        <v>54.15</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>986</v>
+        <v>1006</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>987</v>
+        <v>969</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D376" s="2" t="s">
-        <v>954</v>
+        <v>1007</v>
       </c>
       <c r="E376" s="3">
-        <v>412.04</v>
+        <v>42.45</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>988</v>
+        <v>1008</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>989</v>
+        <v>1009</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D377" s="2" t="s">
-        <v>990</v>
+        <v>1010</v>
       </c>
       <c r="E377" s="3">
-        <v>800.48</v>
+        <v>1270.32</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>991</v>
+        <v>1011</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>989</v>
+        <v>1012</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D378" s="2" t="s">
-        <v>992</v>
+        <v>1013</v>
       </c>
       <c r="E378" s="3">
-        <v>49.99</v>
+        <v>886.36</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>993</v>
+        <v>1014</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>989</v>
+        <v>1015</v>
       </c>
       <c r="C379" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>992</v>
+        <v>1016</v>
       </c>
       <c r="E379" s="3">
-        <v>51.22</v>
+        <v>85.48</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>994</v>
+        <v>1017</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>989</v>
+        <v>1018</v>
       </c>
       <c r="C380" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D380" s="2" t="s">
-        <v>995</v>
+        <v>1019</v>
       </c>
       <c r="E380" s="3">
-        <v>1069.79</v>
+        <v>934.09</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>996</v>
+        <v>1020</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>407</v>
+        <v>1021</v>
       </c>
       <c r="C381" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D381" s="2" t="s">
-        <v>997</v>
+        <v>1022</v>
       </c>
       <c r="E381" s="3">
-        <v>20359.6</v>
+        <v>32.72</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>998</v>
+        <v>1023</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>407</v>
+        <v>1024</v>
       </c>
       <c r="C382" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>999</v>
+        <v>1025</v>
       </c>
       <c r="E382" s="3">
-        <v>15041.37</v>
+        <v>8767.98</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>1000</v>
+        <v>1026</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>1001</v>
+        <v>1027</v>
       </c>
       <c r="C383" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D383" s="2" t="s">
-        <v>1002</v>
+        <v>1028</v>
       </c>
       <c r="E383" s="3">
-        <v>1972.87</v>
+        <v>2945.79</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>1003</v>
+        <v>1029</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>1001</v>
+        <v>1030</v>
       </c>
       <c r="C384" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D384" s="2" t="s">
-        <v>1004</v>
+        <v>1031</v>
       </c>
       <c r="E384" s="3">
-        <v>412.04</v>
+        <v>1724.12</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>1005</v>
+        <v>1032</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>407</v>
+        <v>1033</v>
       </c>
       <c r="C385" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D385" s="2" t="s">
-        <v>992</v>
+        <v>1034</v>
       </c>
       <c r="E385" s="3">
-        <v>9532.16</v>
+        <v>10.95</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>1006</v>
+        <v>1035</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>407</v>
+        <v>910</v>
       </c>
       <c r="C386" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D386" s="2" t="s">
-        <v>992</v>
+        <v>1036</v>
       </c>
       <c r="E386" s="3">
-        <v>9532.16</v>
+        <v>1156.61</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>1007</v>
+        <v>1037</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>407</v>
+        <v>1038</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D387" s="2" t="s">
-        <v>1008</v>
+        <v>1039</v>
       </c>
       <c r="E387" s="3">
-        <v>16895.51</v>
+        <v>2683.75</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>1009</v>
+        <v>1040</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>1010</v>
+        <v>1041</v>
       </c>
       <c r="C388" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D388" s="2" t="s">
-        <v>1011</v>
+        <v>1042</v>
       </c>
       <c r="E388" s="3">
-        <v>1495.01</v>
+        <v>1072</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>1012</v>
+        <v>1043</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>1013</v>
+        <v>1044</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D389" s="2" t="s">
-        <v>1014</v>
+        <v>1045</v>
       </c>
       <c r="E389" s="3">
-        <v>422.92</v>
+        <v>157.61</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>1015</v>
+        <v>1046</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>831</v>
+        <v>1047</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D390" s="2" t="s">
-        <v>1016</v>
+        <v>1048</v>
       </c>
       <c r="E390" s="3">
-        <v>1633.55</v>
+        <v>3898.71</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>1017</v>
+        <v>1049</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>831</v>
+        <v>1050</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D391" s="2" t="s">
-        <v>1018</v>
+        <v>1051</v>
       </c>
       <c r="E391" s="3">
-        <v>2062.74</v>
+        <v>4964.45</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>1019</v>
+        <v>1052</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>831</v>
+        <v>1053</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D392" s="2" t="s">
-        <v>1020</v>
+        <v>1054</v>
       </c>
       <c r="E392" s="3">
-        <v>2062.74</v>
+        <v>2876.47</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>1021</v>
+        <v>1055</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>831</v>
+        <v>1056</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D393" s="2" t="s">
-        <v>1022</v>
+        <v>1057</v>
       </c>
       <c r="E393" s="3">
-        <v>53.57</v>
+        <v>4767</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>1023</v>
+        <v>1058</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>831</v>
+        <v>1059</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>1024</v>
+        <v>1060</v>
       </c>
       <c r="E394" s="3">
-        <v>53.57</v>
+        <v>8261.49</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>1025</v>
+        <v>1061</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>831</v>
+        <v>1062</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D395" s="2" t="s">
-        <v>1026</v>
+        <v>1063</v>
       </c>
       <c r="E395" s="3">
-        <v>2019.51</v>
+        <v>7946.68</v>
       </c>
       <c r="F395" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>1027</v>
+        <v>1064</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>831</v>
+        <v>1065</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D396" s="2" t="s">
-        <v>1028</v>
+        <v>1066</v>
       </c>
       <c r="E396" s="3">
-        <v>4986.12</v>
+        <v>3089.39</v>
       </c>
       <c r="F396" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>1029</v>
+        <v>1067</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>831</v>
+        <v>1068</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>1030</v>
+        <v>1069</v>
       </c>
       <c r="E397" s="3">
-        <v>322.08</v>
+        <v>2649.01</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>1031</v>
+        <v>1070</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>831</v>
+        <v>1071</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D398" s="2" t="s">
-        <v>1030</v>
+        <v>1072</v>
       </c>
       <c r="E398" s="3">
-        <v>322.08</v>
+        <v>2151.51</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>1032</v>
+        <v>1073</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>831</v>
+        <v>1074</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D399" s="2" t="s">
-        <v>1033</v>
+        <v>1075</v>
       </c>
       <c r="E399" s="3">
-        <v>2062.74</v>
+        <v>2026.06</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>1034</v>
+        <v>1076</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>831</v>
+        <v>1077</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D400" s="2" t="s">
-        <v>1035</v>
+        <v>1078</v>
       </c>
       <c r="E400" s="3">
-        <v>1773.87</v>
+        <v>733.48</v>
       </c>
       <c r="F400" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>1036</v>
+        <v>1079</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>1037</v>
+        <v>1080</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D401" s="2" t="s">
-        <v>1038</v>
+        <v>1081</v>
       </c>
       <c r="E401" s="3">
-        <v>9.77</v>
+        <v>34715.55</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>1039</v>
+        <v>1082</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>1037</v>
+        <v>1083</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D402" s="2" t="s">
-        <v>1040</v>
+        <v>1084</v>
       </c>
       <c r="E402" s="3">
-        <v>2273.92</v>
+        <v>3366.42</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>1041</v>
+        <v>1085</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>1037</v>
+        <v>663</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D403" s="2" t="s">
-        <v>1042</v>
+        <v>1086</v>
       </c>
       <c r="E403" s="3">
-        <v>12.3</v>
+        <v>4714.13</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>1043</v>
+        <v>1087</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>1037</v>
+        <v>1088</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D404" s="2" t="s">
-        <v>1044</v>
+        <v>1089</v>
       </c>
       <c r="E404" s="3">
-        <v>1.64</v>
+        <v>105471.67</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>1045</v>
+        <v>1090</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>1046</v>
+        <v>1091</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D405" s="2" t="s">
-        <v>1047</v>
+        <v>1054</v>
       </c>
       <c r="E405" s="3">
-        <v>1717.38</v>
+        <v>4370.69</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>1048</v>
+        <v>1092</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>1049</v>
+        <v>1093</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D406" s="2" t="s">
-        <v>1050</v>
+        <v>1094</v>
       </c>
       <c r="E406" s="3">
-        <v>4397.2</v>
+        <v>24907.08</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>1051</v>
+        <v>1095</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>1049</v>
+        <v>1096</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D407" s="2" t="s">
-        <v>1052</v>
+        <v>1097</v>
       </c>
       <c r="E407" s="3">
-        <v>107.57</v>
+        <v>606.51</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>1053</v>
+        <v>1098</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>1054</v>
+        <v>1099</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D408" s="2" t="s">
-        <v>1055</v>
+        <v>1100</v>
       </c>
       <c r="E408" s="3">
-        <v>9.55</v>
+        <v>20319.36</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>1056</v>
+        <v>1101</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>1054</v>
+        <v>1102</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>1057</v>
+        <v>1103</v>
       </c>
       <c r="E409" s="3">
-        <v>96.93</v>
+        <v>2715.68</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>1058</v>
+        <v>1104</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>1059</v>
+        <v>1105</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D410" s="2" t="s">
-        <v>1060</v>
+        <v>1106</v>
       </c>
       <c r="E410" s="3">
-        <v>51.23</v>
+        <v>3501.83</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>1061</v>
+        <v>1107</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>1059</v>
+        <v>1108</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D411" s="2" t="s">
-        <v>1062</v>
+        <v>1109</v>
       </c>
       <c r="E411" s="3">
-        <v>51.22</v>
+        <v>623570.41</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>1063</v>
+        <v>1110</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>1059</v>
+        <v>1111</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D412" s="2" t="s">
-        <v>1064</v>
+        <v>1112</v>
       </c>
       <c r="E412" s="3">
-        <v>51.22</v>
+        <v>6637.35</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>1065</v>
+        <v>1113</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>650</v>
+        <v>1114</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D413" s="2" t="s">
-        <v>1066</v>
+        <v>1115</v>
       </c>
       <c r="E413" s="3">
-        <v>1256.57</v>
+        <v>4162.28</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>1067</v>
+        <v>1116</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>831</v>
+        <v>1117</v>
       </c>
       <c r="C414" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>1068</v>
+        <v>1118</v>
       </c>
       <c r="E414" s="3">
-        <v>2068.79</v>
+        <v>1970.21</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>1069</v>
+        <v>1119</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>831</v>
+        <v>1120</v>
       </c>
       <c r="C415" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D415" s="2" t="s">
-        <v>1064</v>
+        <v>1121</v>
       </c>
       <c r="E415" s="3">
-        <v>138.82</v>
+        <v>35.76</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>1070</v>
+        <v>1122</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>831</v>
+        <v>1123</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D416" s="2" t="s">
-        <v>1071</v>
+        <v>1124</v>
       </c>
       <c r="E416" s="3">
-        <v>2298.39</v>
+        <v>2906.14</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>1072</v>
+        <v>1125</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>831</v>
+        <v>1126</v>
       </c>
       <c r="C417" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D417" s="2" t="s">
-        <v>1073</v>
+        <v>1127</v>
       </c>
       <c r="E417" s="3">
-        <v>138.82</v>
+        <v>3373.21</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>1074</v>
+        <v>1128</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>1075</v>
+        <v>1129</v>
       </c>
       <c r="C418" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D418" s="2" t="s">
-        <v>1076</v>
+        <v>1130</v>
       </c>
       <c r="E418" s="3">
-        <v>211.82</v>
+        <v>1341.94</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>1077</v>
+        <v>1131</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>1075</v>
+        <v>582</v>
       </c>
       <c r="C419" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D419" s="2" t="s">
-        <v>1078</v>
+        <v>1132</v>
       </c>
       <c r="E419" s="3">
-        <v>407.11</v>
+        <v>32671.57</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>1079</v>
+        <v>1133</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>1075</v>
+        <v>1134</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D420" s="2" t="s">
-        <v>1044</v>
+        <v>1135</v>
       </c>
       <c r="E420" s="3">
-        <v>211.82</v>
+        <v>4520.38</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>1080</v>
+        <v>1136</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>1075</v>
+        <v>1137</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D421" s="2" t="s">
-        <v>1044</v>
+        <v>1138</v>
       </c>
       <c r="E421" s="3">
-        <v>211.82</v>
+        <v>38894.4</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>1081</v>
+        <v>1139</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>1075</v>
+        <v>582</v>
       </c>
       <c r="C422" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>1044</v>
+        <v>1140</v>
       </c>
       <c r="E422" s="3">
-        <v>825.88</v>
+        <v>32914.97</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>1082</v>
+        <v>1141</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>1075</v>
+        <v>1142</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D423" s="2" t="s">
-        <v>1044</v>
+        <v>1143</v>
       </c>
       <c r="E423" s="3">
-        <v>825.88</v>
+        <v>728.34</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>1083</v>
+        <v>1144</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>831</v>
+        <v>1145</v>
       </c>
       <c r="C424" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D424" s="2" t="s">
-        <v>1044</v>
+        <v>1146</v>
       </c>
       <c r="E424" s="3">
-        <v>138.82</v>
+        <v>459.08</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>1084</v>
+        <v>1147</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>873</v>
+        <v>1148</v>
       </c>
       <c r="C425" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D425" s="2" t="s">
-        <v>1085</v>
+        <v>1149</v>
       </c>
       <c r="E425" s="3">
-        <v>1930.98</v>
+        <v>593.01</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>1086</v>
+        <v>1150</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>831</v>
+        <v>1151</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D426" s="2" t="s">
-        <v>1087</v>
+        <v>1152</v>
       </c>
       <c r="E426" s="3">
-        <v>1944.21</v>
+        <v>523.23</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>1088</v>
+        <v>1153</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>831</v>
+        <v>1154</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D427" s="2" t="s">
-        <v>1089</v>
+        <v>1155</v>
       </c>
       <c r="E427" s="3">
-        <v>1924.53</v>
+        <v>1142.25</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>1090</v>
+        <v>1156</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>831</v>
+        <v>1157</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>1073</v>
+        <v>1158</v>
       </c>
       <c r="E428" s="3">
-        <v>138.82</v>
+        <v>3952.49</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>1091</v>
+        <v>1159</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>831</v>
+        <v>1160</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D429" s="2" t="s">
-        <v>1092</v>
+        <v>1161</v>
       </c>
       <c r="E429" s="3">
-        <v>1604.04</v>
+        <v>12.05</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>1093</v>
+        <v>1162</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>831</v>
+        <v>1163</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D430" s="2" t="s">
-        <v>1073</v>
+        <v>1164</v>
       </c>
       <c r="E430" s="3">
-        <v>138.82</v>
+        <v>2698.32</v>
       </c>
       <c r="F430" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>1094</v>
+        <v>1165</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>831</v>
+        <v>1166</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D431" s="2" t="s">
-        <v>1073</v>
+        <v>1167</v>
       </c>
       <c r="E431" s="3">
-        <v>108.83</v>
+        <v>2301.13</v>
       </c>
       <c r="F431" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>1095</v>
+        <v>1168</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>831</v>
+        <v>1169</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D432" s="2" t="s">
-        <v>1096</v>
+        <v>1170</v>
       </c>
       <c r="E432" s="3">
-        <v>2403.56</v>
+        <v>5.76</v>
       </c>
       <c r="F432" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>1097</v>
+        <v>1171</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>831</v>
+        <v>1172</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D433" s="2" t="s">
-        <v>1098</v>
+        <v>1173</v>
       </c>
       <c r="E433" s="3">
-        <v>108.39</v>
+        <v>3998.23</v>
       </c>
       <c r="F433" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>1099</v>
+        <v>1174</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>1100</v>
+        <v>1175</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>1101</v>
+        <v>1176</v>
       </c>
       <c r="E434" s="3">
-        <v>215.22</v>
+        <v>2134.75</v>
       </c>
       <c r="F434" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>1102</v>
+        <v>1177</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>1100</v>
+        <v>1178</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D435" s="2" t="s">
-        <v>1101</v>
+        <v>1179</v>
       </c>
       <c r="E435" s="3">
-        <v>337.5</v>
+        <v>900.46</v>
       </c>
       <c r="F435" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>1103</v>
+        <v>1180</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>1104</v>
+        <v>1181</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D436" s="2" t="s">
-        <v>854</v>
+        <v>1182</v>
       </c>
       <c r="E436" s="3">
-        <v>61.02</v>
+        <v>649.67</v>
       </c>
       <c r="F436" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>1105</v>
+        <v>1183</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>1104</v>
+        <v>1184</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D437" s="2" t="s">
-        <v>1106</v>
+        <v>1185</v>
       </c>
       <c r="E437" s="3">
-        <v>275.32</v>
+        <v>829.9</v>
       </c>
       <c r="F437" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>1107</v>
+        <v>1186</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>1108</v>
+        <v>1187</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D438" s="2" t="s">
-        <v>866</v>
+        <v>1188</v>
       </c>
       <c r="E438" s="3">
-        <v>157.21</v>
+        <v>8327.49</v>
       </c>
       <c r="F438" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>1109</v>
+        <v>1189</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>1108</v>
+        <v>1190</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D439" s="2" t="s">
-        <v>1110</v>
+        <v>1191</v>
       </c>
       <c r="E439" s="3">
-        <v>1089.5</v>
+        <v>1045.02</v>
       </c>
       <c r="F439" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>1111</v>
+        <v>1192</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>1112</v>
+        <v>1193</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D440" s="2" t="s">
-        <v>866</v>
+        <v>1194</v>
       </c>
       <c r="E440" s="3">
-        <v>107.57</v>
+        <v>0.02</v>
       </c>
       <c r="F440" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>1113</v>
+        <v>1195</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>1112</v>
+        <v>1196</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D441" s="2" t="s">
-        <v>1114</v>
+        <v>1197</v>
       </c>
       <c r="E441" s="3">
-        <v>3406.76</v>
+        <v>4055.08</v>
       </c>
       <c r="F441" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>1115</v>
+        <v>1198</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>76</v>
+        <v>1199</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D442" s="2" t="s">
-        <v>1116</v>
+        <v>1200</v>
       </c>
       <c r="E442" s="3">
-        <v>2770.45</v>
+        <v>4782</v>
       </c>
       <c r="F442" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>1117</v>
+        <v>1201</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>76</v>
+        <v>1202</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D443" s="2" t="s">
-        <v>992</v>
+        <v>1203</v>
       </c>
       <c r="E443" s="3">
-        <v>211.82</v>
+        <v>9914.25</v>
       </c>
       <c r="F443" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>1118</v>
+        <v>1204</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>831</v>
+        <v>1205</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D444" s="2" t="s">
-        <v>992</v>
+        <v>1206</v>
       </c>
       <c r="E444" s="3">
-        <v>74.35</v>
+        <v>2032.39</v>
       </c>
       <c r="F444" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>1119</v>
+        <v>1207</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>831</v>
+        <v>1208</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D445" s="2" t="s">
-        <v>992</v>
+        <v>1209</v>
       </c>
       <c r="E445" s="3">
-        <v>74.35</v>
+        <v>1008.69</v>
       </c>
       <c r="F445" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>1120</v>
+        <v>1210</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>831</v>
+        <v>1211</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D446" s="2" t="s">
-        <v>1121</v>
+        <v>1212</v>
       </c>
       <c r="E446" s="3">
-        <v>1372.92</v>
+        <v>1901.38</v>
       </c>
       <c r="F446" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>1122</v>
+        <v>1213</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>1123</v>
+        <v>1214</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D447" s="2" t="s">
-        <v>1124</v>
+        <v>1215</v>
       </c>
       <c r="E447" s="3">
-        <v>6574.32</v>
+        <v>34.32</v>
       </c>
       <c r="F447" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>1125</v>
+        <v>1216</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>1126</v>
+        <v>1214</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D448" s="2" t="s">
-        <v>1127</v>
+        <v>1215</v>
       </c>
       <c r="E448" s="3">
-        <v>945.3</v>
+        <v>56.05</v>
       </c>
       <c r="F448" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>1128</v>
+        <v>1217</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>831</v>
+        <v>1218</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D449" s="2" t="s">
-        <v>1129</v>
+        <v>1219</v>
       </c>
       <c r="E449" s="3">
-        <v>1785.7</v>
+        <v>1509.61</v>
       </c>
       <c r="F449" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>1130</v>
+        <v>1220</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>831</v>
+        <v>531</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D450" s="2" t="s">
-        <v>1131</v>
+        <v>1221</v>
       </c>
       <c r="E450" s="3">
-        <v>1854.15</v>
+        <v>83.36</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>1132</v>
+        <v>1222</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>831</v>
+        <v>1223</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D451" s="2" t="s">
-        <v>1133</v>
+        <v>1224</v>
       </c>
       <c r="E451" s="3">
-        <v>1512.96</v>
+        <v>2325.91</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>1134</v>
+        <v>1225</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>1135</v>
+        <v>1226</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D452" s="2" t="s">
-        <v>1136</v>
+        <v>1227</v>
       </c>
       <c r="E452" s="3">
-        <v>351.11</v>
+        <v>147.9</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>1137</v>
+        <v>1228</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>1138</v>
+        <v>1229</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D453" s="2" t="s">
-        <v>934</v>
+        <v>1230</v>
       </c>
       <c r="E453" s="3">
-        <v>2.79</v>
+        <v>5085.75</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>1139</v>
+        <v>1231</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>1138</v>
+        <v>1232</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D454" s="2" t="s">
-        <v>1140</v>
+        <v>1233</v>
       </c>
       <c r="E454" s="3">
-        <v>50.36</v>
+        <v>6670.9</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>1141</v>
+        <v>1234</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>1142</v>
+        <v>1235</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D455" s="2" t="s">
-        <v>1044</v>
+        <v>1236</v>
       </c>
       <c r="E455" s="3">
-        <v>288.95</v>
+        <v>4117.43</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>1143</v>
+        <v>1237</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>1142</v>
+        <v>1238</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D456" s="2" t="s">
-        <v>1144</v>
+        <v>1239</v>
       </c>
       <c r="E456" s="3">
-        <v>3672.37</v>
+        <v>1824.75</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>1145</v>
+        <v>1240</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>1146</v>
+        <v>1241</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D457" s="2" t="s">
-        <v>1147</v>
+        <v>1242</v>
       </c>
       <c r="E457" s="3">
-        <v>1996.54</v>
+        <v>6606.64</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>1148</v>
+        <v>1243</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>831</v>
+        <v>1244</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D458" s="2" t="s">
-        <v>1149</v>
+        <v>1245</v>
       </c>
       <c r="E458" s="3">
-        <v>8807.14</v>
+        <v>315.78</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>1150</v>
+        <v>1246</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>1151</v>
+        <v>1247</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D459" s="2" t="s">
-        <v>1152</v>
+        <v>1248</v>
       </c>
       <c r="E459" s="3">
-        <v>51542.62</v>
+        <v>5154.94</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>1153</v>
+        <v>1249</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>1154</v>
+        <v>1250</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D460" s="2" t="s">
-        <v>1155</v>
+        <v>1251</v>
       </c>
       <c r="E460" s="3">
-        <v>791.55</v>
+        <v>2323.69</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>1156</v>
+        <v>1252</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>1157</v>
+        <v>1253</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D461" s="2" t="s">
-        <v>1158</v>
+        <v>1254</v>
       </c>
       <c r="E461" s="3">
-        <v>1900.22</v>
+        <v>2817.29</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>1159</v>
+        <v>1255</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>1160</v>
+        <v>1253</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>1161</v>
+        <v>1256</v>
       </c>
       <c r="E462" s="3">
-        <v>5472.91</v>
+        <v>523.23</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>1162</v>
+        <v>1257</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>1163</v>
+        <v>1080</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D463" s="2" t="s">
-        <v>1164</v>
+        <v>1258</v>
       </c>
       <c r="E463" s="3">
-        <v>446.31</v>
+        <v>6249.08</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>1165</v>
+        <v>1259</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>1166</v>
+        <v>1080</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D464" s="2" t="s">
-        <v>1167</v>
+        <v>1258</v>
       </c>
       <c r="E464" s="3">
-        <v>333.8</v>
+        <v>5712.56</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>1168</v>
+        <v>1260</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>1169</v>
+        <v>1261</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D465" s="2" t="s">
-        <v>1170</v>
+        <v>1262</v>
       </c>
       <c r="E465" s="3">
-        <v>350.53</v>
+        <v>23764.35</v>
       </c>
       <c r="F465" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>1171</v>
+        <v>1263</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>1169</v>
+        <v>1264</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D466" s="2" t="s">
-        <v>1170</v>
+        <v>1265</v>
       </c>
       <c r="E466" s="3">
-        <v>350.53</v>
+        <v>24954.16</v>
       </c>
       <c r="F466" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>1172</v>
+        <v>1266</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>1169</v>
+        <v>1267</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D467" s="2" t="s">
-        <v>1173</v>
+        <v>1268</v>
       </c>
       <c r="E467" s="3">
-        <v>1741.84</v>
+        <v>3181.49</v>
       </c>
       <c r="F467" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>1174</v>
+        <v>1269</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>1175</v>
+        <v>1270</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D468" s="2" t="s">
-        <v>1176</v>
+        <v>1271</v>
       </c>
       <c r="E468" s="3">
-        <v>3383.12</v>
+        <v>2402.11</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>1177</v>
+        <v>1272</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>1178</v>
+        <v>1273</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D469" s="2" t="s">
-        <v>1179</v>
+        <v>1274</v>
       </c>
       <c r="E469" s="3">
-        <v>55.42</v>
+        <v>4106.16</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>1180</v>
+        <v>1275</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>1181</v>
+        <v>1276</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D470" s="2" t="s">
-        <v>1182</v>
+        <v>1277</v>
       </c>
       <c r="E470" s="3">
-        <v>2458.69</v>
+        <v>298.27</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>1183</v>
+        <v>1278</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>1184</v>
+        <v>1279</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D471" s="2" t="s">
-        <v>1185</v>
+        <v>1280</v>
       </c>
       <c r="E471" s="3">
-        <v>10360.04</v>
+        <v>2615.07</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>1186</v>
+        <v>1281</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>1187</v>
+        <v>1282</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D472" s="2" t="s">
-        <v>1185</v>
+        <v>1283</v>
       </c>
       <c r="E472" s="3">
-        <v>5175.12</v>
+        <v>4895.77</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>1188</v>
+        <v>1284</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>1189</v>
+        <v>1285</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D473" s="2" t="s">
-        <v>1190</v>
+        <v>1286</v>
       </c>
       <c r="E473" s="3">
-        <v>23574.11</v>
+        <v>135.01</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>1191</v>
+        <v>1287</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>1192</v>
+        <v>1285</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D474" s="2" t="s">
-        <v>1193</v>
+        <v>1288</v>
       </c>
       <c r="E474" s="3">
-        <v>5532.2</v>
+        <v>888.68</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>1194</v>
+        <v>1289</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>1195</v>
+        <v>1290</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D475" s="2" t="s">
-        <v>1196</v>
+        <v>1291</v>
       </c>
       <c r="E475" s="3">
-        <v>15816.31</v>
+        <v>975.64</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>1197</v>
+        <v>1292</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>1198</v>
+        <v>1293</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D476" s="2" t="s">
-        <v>1199</v>
+        <v>1294</v>
       </c>
       <c r="E476" s="3">
-        <v>6233.42</v>
+        <v>817.92</v>
       </c>
       <c r="F476" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>1200</v>
+        <v>1295</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>1201</v>
+        <v>1296</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D477" s="0" t="s">
-        <v>91</v>
+      <c r="D477" s="2" t="s">
+        <v>1297</v>
       </c>
       <c r="E477" s="3">
-        <v>1969.38</v>
+        <v>3625.21</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>1202</v>
+        <v>1298</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>1201</v>
+        <v>1299</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D478" s="0" t="s">
-        <v>91</v>
+      <c r="D478" s="2" t="s">
+        <v>1300</v>
       </c>
       <c r="E478" s="3">
-        <v>1969.38</v>
+        <v>1667.61</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>1203</v>
+        <v>1301</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>1204</v>
+        <v>1302</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D479" s="0" t="s">
-        <v>1205</v>
+      <c r="D479" s="2" t="s">
+        <v>1303</v>
       </c>
       <c r="E479" s="3">
-        <v>106.08</v>
+        <v>7486.93</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>1206</v>
+        <v>1304</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>1207</v>
+        <v>1305</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D480" s="0" t="s">
-        <v>1208</v>
+      <c r="D480" s="2" t="s">
+        <v>1306</v>
       </c>
       <c r="E480" s="3">
-        <v>342.47</v>
+        <v>5193.75</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>1209</v>
+        <v>1307</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>1210</v>
+        <v>1308</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D481" s="0" t="s">
-        <v>1211</v>
+      <c r="D481" s="2" t="s">
+        <v>1309</v>
       </c>
       <c r="E481" s="3">
-        <v>2818.22</v>
+        <v>1578.69</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>1212</v>
+        <v>1310</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>1213</v>
+        <v>1311</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D482" s="0" t="s">
-        <v>1214</v>
+      <c r="D482" s="2" t="s">
+        <v>1312</v>
       </c>
       <c r="E482" s="3">
-        <v>212.57</v>
+        <v>1502.01</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>1215</v>
+        <v>1313</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>1216</v>
+        <v>1314</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D483" s="0" t="s">
-        <v>1217</v>
+      <c r="D483" s="2" t="s">
+        <v>1315</v>
       </c>
       <c r="E483" s="3">
-        <v>212.35</v>
+        <v>876.75</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>1218</v>
+        <v>1316</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>1219</v>
+        <v>539</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D484" s="0" t="s">
-        <v>1220</v>
+      <c r="D484" s="2" t="s">
+        <v>1317</v>
       </c>
       <c r="E484" s="3">
-        <v>1028.19</v>
+        <v>20.22</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>1221</v>
+        <v>1318</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>1222</v>
+        <v>1319</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D485" s="0" t="s">
-        <v>1223</v>
+      <c r="D485" s="2" t="s">
+        <v>1320</v>
       </c>
       <c r="E485" s="3">
-        <v>3751.72</v>
+        <v>1524.18</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>1224</v>
+        <v>1321</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>1225</v>
+        <v>544</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D486" s="0" t="s">
-        <v>91</v>
+      <c r="D486" s="2" t="s">
+        <v>1322</v>
       </c>
       <c r="E486" s="3">
-        <v>7301.95</v>
+        <v>155.4</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>1226</v>
+        <v>1323</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>1227</v>
+        <v>1324</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D487" s="0" t="s">
-        <v>1228</v>
+      <c r="D487" s="2" t="s">
+        <v>1325</v>
       </c>
       <c r="E487" s="3">
-        <v>572.44</v>
+        <v>371.98</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>1229</v>
+        <v>1326</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>114</v>
+        <v>1327</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D488" s="0" t="s">
-        <v>1230</v>
+      <c r="D488" s="2" t="s">
+        <v>1328</v>
       </c>
       <c r="E488" s="3">
-        <v>1447.52</v>
+        <v>1950.32</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>1231</v>
+        <v>1329</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>1232</v>
+        <v>672</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D489" s="0" t="s">
-        <v>1233</v>
+      <c r="D489" s="2" t="s">
+        <v>1330</v>
       </c>
       <c r="E489" s="3">
-        <v>2118.3</v>
+        <v>2254.16</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>1234</v>
+        <v>1331</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>1216</v>
+        <v>1332</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D490" s="0" t="s">
-        <v>1235</v>
+      <c r="D490" s="2" t="s">
+        <v>1333</v>
       </c>
       <c r="E490" s="3">
-        <v>316.13</v>
+        <v>1152.05</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>1236</v>
+        <v>1334</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>1237</v>
+        <v>1335</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D491" s="0" t="s">
-        <v>1238</v>
+      <c r="D491" s="2" t="s">
+        <v>1336</v>
       </c>
       <c r="E491" s="3">
-        <v>4950.24</v>
+        <v>1421.94</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>1239</v>
+        <v>1337</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>1240</v>
+        <v>531</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D492" s="0" t="s">
-        <v>1241</v>
+      <c r="D492" s="2" t="s">
+        <v>1338</v>
       </c>
       <c r="E492" s="3">
-        <v>3904.02</v>
+        <v>3.67</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>1242</v>
+        <v>1339</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>1243</v>
+        <v>1340</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D493" s="0" t="s">
-        <v>91</v>
+      <c r="D493" s="2" t="s">
+        <v>1341</v>
       </c>
       <c r="E493" s="3">
-        <v>5411.69</v>
+        <v>3551.88</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>1244</v>
+        <v>1342</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>1245</v>
+        <v>1343</v>
       </c>
       <c r="C494" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D494" s="0" t="s">
-        <v>1246</v>
+      <c r="D494" s="2" t="s">
+        <v>1344</v>
       </c>
       <c r="E494" s="3">
-        <v>358.69</v>
+        <v>8949.98</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>1247</v>
+        <v>1345</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>1248</v>
+        <v>1346</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D495" s="0" t="s">
-        <v>1249</v>
+      <c r="D495" s="2" t="s">
+        <v>1347</v>
       </c>
       <c r="E495" s="3">
-        <v>2127.04</v>
+        <v>9482.52</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>1250</v>
+        <v>1348</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>1251</v>
+        <v>1346</v>
       </c>
       <c r="C496" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D496" s="0" t="s">
-        <v>1252</v>
+      <c r="D496" s="2" t="s">
+        <v>1349</v>
       </c>
       <c r="E496" s="3">
-        <v>160.2</v>
+        <v>22417.68</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>1253</v>
+        <v>1350</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>1254</v>
+        <v>1351</v>
       </c>
       <c r="C497" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D497" s="0" t="s">
-        <v>91</v>
+      <c r="D497" s="2" t="s">
+        <v>1352</v>
       </c>
       <c r="E497" s="3">
-        <v>5704.34</v>
+        <v>2164.79</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>1255</v>
+        <v>1353</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>1256</v>
+        <v>531</v>
       </c>
       <c r="C498" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D498" s="0" t="s">
-        <v>1257</v>
+      <c r="D498" s="2" t="s">
+        <v>1354</v>
       </c>
       <c r="E498" s="3">
-        <v>1319.55</v>
+        <v>60.36</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>1258</v>
+        <v>1355</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>1259</v>
+        <v>1356</v>
       </c>
       <c r="C499" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D499" s="0" t="s">
-        <v>1260</v>
+      <c r="D499" s="2" t="s">
+        <v>1357</v>
       </c>
       <c r="E499" s="3">
-        <v>25039.56</v>
+        <v>23.13</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>1261</v>
+        <v>1358</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>1262</v>
+        <v>1359</v>
       </c>
       <c r="C500" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D500" s="0" t="s">
-        <v>1263</v>
+      <c r="D500" s="2" t="s">
+        <v>1360</v>
       </c>
       <c r="E500" s="3">
-        <v>881.8</v>
+        <v>1162.62</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>1264</v>
+        <v>1361</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>1265</v>
+        <v>1362</v>
       </c>
       <c r="C501" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D501" s="0" t="s">
-        <v>1266</v>
+      <c r="D501" s="2" t="s">
+        <v>1363</v>
       </c>
       <c r="E501" s="3">
-        <v>4180.18</v>
+        <v>445.24</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>1267</v>
+        <v>1364</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>1268</v>
+        <v>1365</v>
       </c>
       <c r="C502" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D502" s="2" t="s">
-        <v>339</v>
+        <v>1366</v>
       </c>
       <c r="E502" s="3">
-        <v>2105.1</v>
+        <v>300.69</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>1269</v>
+        <v>1367</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>1270</v>
+        <v>1368</v>
       </c>
       <c r="C503" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D503" s="2" t="s">
-        <v>339</v>
+        <v>1369</v>
       </c>
       <c r="E503" s="3">
-        <v>10342.71</v>
+        <v>258.41</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>1271</v>
+        <v>1370</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>1272</v>
+        <v>1368</v>
       </c>
       <c r="C504" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D504" s="2" t="s">
-        <v>339</v>
+        <v>1371</v>
       </c>
       <c r="E504" s="3">
-        <v>20869.4</v>
+        <v>1436.2</v>
       </c>
       <c r="F504" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="0" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B505" s="0" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C505" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D505" s="2" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E505" s="3">
+        <v>91635.76</v>
+      </c>
+      <c r="F505" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" s="0" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B506" s="0" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C506" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D506" s="2" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E506" s="3">
+        <v>6082.3</v>
+      </c>
+      <c r="F506" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" s="0" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B507" s="0" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C507" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D507" s="2" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E507" s="3">
+        <v>25601.82</v>
+      </c>
+      <c r="F507" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" s="0" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B508" s="0" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C508" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D508" s="2" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E508" s="3">
+        <v>6.9</v>
+      </c>
+      <c r="F508" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B509" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C509" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D509" s="2" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E509" s="3">
+        <v>50.09</v>
+      </c>
+      <c r="F509" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B510" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C510" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D510" s="2" t="s">
+        <v>1387</v>
+      </c>
+      <c r="E510" s="3">
+        <v>49.15</v>
+      </c>
+      <c r="F510" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" s="0" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B511" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C511" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D511" s="2" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E511" s="3">
+        <v>49.15</v>
+      </c>
+      <c r="F511" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" s="0" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B512" s="0" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C512" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D512" s="2" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E512" s="3">
+        <v>3123.12</v>
+      </c>
+      <c r="F512" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" s="0" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B513" s="0" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C513" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D513" s="2" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E513" s="3">
+        <v>5385.47</v>
+      </c>
+      <c r="F513" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" s="0" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B514" s="0" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C514" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D514" s="2" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E514" s="3">
+        <v>42464.04</v>
+      </c>
+      <c r="F514" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" s="0" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B515" s="0" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C515" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D515" s="2" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E515" s="3">
+        <v>2177.21</v>
+      </c>
+      <c r="F515" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" s="0" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B516" s="0" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C516" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D516" s="2" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E516" s="3">
+        <v>156.48</v>
+      </c>
+      <c r="F516" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" s="0" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B517" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C517" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D517" s="2" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E517" s="3">
+        <v>47.34</v>
+      </c>
+      <c r="F517" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" s="0" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B518" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C518" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D518" s="2" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E518" s="3">
+        <v>47.34</v>
+      </c>
+      <c r="F518" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" s="0" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B519" s="0" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C519" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D519" s="2" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E519" s="3">
+        <v>998.7</v>
+      </c>
+      <c r="F519" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" s="0" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B520" s="0" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C520" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D520" s="2" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E520" s="3">
+        <v>3123.31</v>
+      </c>
+      <c r="F520" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" s="0" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B521" s="0" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C521" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D521" s="2" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E521" s="3">
+        <v>16014.33</v>
+      </c>
+      <c r="F521" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" s="0" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B522" s="0" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C522" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D522" s="2" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E522" s="3">
+        <v>758.9</v>
+      </c>
+      <c r="F522" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" s="0" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B523" s="0" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C523" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D523" s="2" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E523" s="3">
+        <v>611.32</v>
+      </c>
+      <c r="F523" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="0" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B524" s="0" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C524" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D524" s="2" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E524" s="3">
+        <v>3942.02</v>
+      </c>
+      <c r="F524" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" s="0" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B525" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C525" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D525" s="2" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E525" s="3">
+        <v>36.68</v>
+      </c>
+      <c r="F525" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" s="0" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B526" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C526" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D526" s="2" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E526" s="3">
+        <v>2.67</v>
+      </c>
+      <c r="F526" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" s="0" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B527" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C527" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D527" s="2" t="s">
+        <v>1428</v>
+      </c>
+      <c r="E527" s="3">
+        <v>58.93</v>
+      </c>
+      <c r="F527" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" s="0" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B528" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C528" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D528" s="2" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E528" s="3">
+        <v>2.71</v>
+      </c>
+      <c r="F528" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" s="0" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B529" s="0" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C529" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D529" s="2" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E529" s="3">
+        <v>60.74</v>
+      </c>
+      <c r="F529" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" s="0" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B530" s="0" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C530" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D530" s="2" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E530" s="3">
+        <v>101.19</v>
+      </c>
+      <c r="F530" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" s="0" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B531" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C531" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D531" s="2" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E531" s="3">
+        <v>25963.38</v>
+      </c>
+      <c r="F531" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" s="0" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B532" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C532" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D532" s="2" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E532" s="3">
+        <v>3482.55</v>
+      </c>
+      <c r="F532" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" s="0" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B533" s="0" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C533" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D533" s="2" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E533" s="3">
+        <v>798.45</v>
+      </c>
+      <c r="F533" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" s="0" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B534" s="0" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C534" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D534" s="2" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E534" s="3">
+        <v>4977.35</v>
+      </c>
+      <c r="F534" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" s="0" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B535" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C535" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D535" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E535" s="3">
+        <v>7763.72</v>
+      </c>
+      <c r="F535" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" s="0" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B536" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C536" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D536" s="2" t="s">
+        <v>1445</v>
+      </c>
+      <c r="E536" s="3">
+        <v>11444.17</v>
+      </c>
+      <c r="F536" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" s="0" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B537" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C537" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D537" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E537" s="3">
+        <v>7834.16</v>
+      </c>
+      <c r="F537" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" s="0" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B538" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C538" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D538" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E538" s="3">
+        <v>7693.3</v>
+      </c>
+      <c r="F538" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" s="0" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B539" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C539" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D539" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E539" s="3">
+        <v>7985.7</v>
+      </c>
+      <c r="F539" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" s="0" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B540" s="0" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C540" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D540" s="2" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E540" s="3">
+        <v>23.02</v>
+      </c>
+      <c r="F540" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" s="0" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B541" s="0" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C541" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D541" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E541" s="3">
+        <v>5.58</v>
+      </c>
+      <c r="F541" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" s="0" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B542" s="0" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C542" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D542" s="2" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E542" s="3">
+        <v>1.12</v>
+      </c>
+      <c r="F542" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" s="0" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B543" s="0" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C543" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D543" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E543" s="3">
+        <v>48.18</v>
+      </c>
+      <c r="F543" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" s="0" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B544" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C544" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D544" s="2" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E544" s="3">
+        <v>21956.08</v>
+      </c>
+      <c r="F544" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" s="0" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B545" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C545" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D545" s="2" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E545" s="3">
+        <v>14863.79</v>
+      </c>
+      <c r="F545" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" s="0" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B546" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C546" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D546" s="2" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E546" s="3">
+        <v>56.02</v>
+      </c>
+      <c r="F546" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" s="0" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B547" s="0" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C547" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D547" s="2" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E547" s="3">
+        <v>4879.83</v>
+      </c>
+      <c r="F547" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" s="0" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B548" s="0" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C548" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D548" s="2" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E548" s="3">
+        <v>16943.92</v>
+      </c>
+      <c r="F548" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" s="0" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B549" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C549" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D549" s="2" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E549" s="3">
+        <v>3489.78</v>
+      </c>
+      <c r="F549" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" s="0" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B550" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C550" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D550" s="2" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E550" s="3">
+        <v>50.65</v>
+      </c>
+      <c r="F550" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" s="0" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B551" s="0" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C551" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D551" s="2" t="s">
+        <v>1476</v>
+      </c>
+      <c r="E551" s="3">
+        <v>2673.64</v>
+      </c>
+      <c r="F551" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" s="0" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B552" s="0" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C552" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D552" s="2" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E552" s="3">
+        <v>1850.92</v>
+      </c>
+      <c r="F552" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" s="0" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B553" s="0" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C553" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D553" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E553" s="3">
+        <v>2713.15</v>
+      </c>
+      <c r="F553" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" s="0" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B554" s="0" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C554" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D554" s="2" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E554" s="3">
+        <v>136.74</v>
+      </c>
+      <c r="F554" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" s="0" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B555" s="0" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C555" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D555" s="2" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E555" s="3">
+        <v>611.08</v>
+      </c>
+      <c r="F555" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" s="0" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B556" s="0" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C556" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D556" s="2" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E556" s="3">
+        <v>273.47</v>
+      </c>
+      <c r="F556" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" s="0" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B557" s="0" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C557" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D557" s="2" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E557" s="3">
+        <v>46499.79</v>
+      </c>
+      <c r="F557" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" s="0" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B558" s="0" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C558" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D558" s="2" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E558" s="3">
+        <v>3332.69</v>
+      </c>
+      <c r="F558" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" s="0" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B559" s="0" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C559" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D559" s="2" t="s">
+        <v>1497</v>
+      </c>
+      <c r="E559" s="3">
+        <v>2003.84</v>
+      </c>
+      <c r="F559" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" s="0" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B560" s="0" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C560" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D560" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E560" s="3">
+        <v>683.55</v>
+      </c>
+      <c r="F560" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" s="0" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B561" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C561" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D561" s="2" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E561" s="3">
+        <v>27542.69</v>
+      </c>
+      <c r="F561" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" s="0" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B562" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C562" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D562" s="2" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E562" s="3">
+        <v>55.73</v>
+      </c>
+      <c r="F562" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" s="0" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B563" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C563" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D563" s="2" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E563" s="3">
+        <v>32341.02</v>
+      </c>
+      <c r="F563" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" s="0" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B564" s="0" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C564" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D564" s="2" t="s">
+        <v>1507</v>
+      </c>
+      <c r="E564" s="3">
+        <v>3407.58</v>
+      </c>
+      <c r="F564" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" s="0" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B565" s="0" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C565" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D565" s="2" t="s">
+        <v>1507</v>
+      </c>
+      <c r="E565" s="3">
+        <v>3407.57</v>
+      </c>
+      <c r="F565" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" s="0" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B566" s="0" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C566" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D566" s="2" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E566" s="3">
+        <v>13786.94</v>
+      </c>
+      <c r="F566" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" s="0" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B567" s="0" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C567" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D567" s="2" t="s">
+        <v>1513</v>
+      </c>
+      <c r="E567" s="3">
+        <v>7031.06</v>
+      </c>
+      <c r="F567" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" s="0" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B568" s="0" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C568" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D568" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E568" s="3">
+        <v>901.66</v>
+      </c>
+      <c r="F568" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" s="0" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B569" s="0" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C569" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D569" s="2" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E569" s="3">
+        <v>221.22</v>
+      </c>
+      <c r="F569" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" s="0" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B570" s="0" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C570" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D570" s="2" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E570" s="3">
+        <v>20350.33</v>
+      </c>
+      <c r="F570" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" s="0" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B571" s="0" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C571" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D571" s="2" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E571" s="3">
+        <v>126.16</v>
+      </c>
+      <c r="F571" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" s="0" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B572" s="0" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C572" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D572" s="2" t="s">
+        <v>1524</v>
+      </c>
+      <c r="E572" s="3">
+        <v>468.39</v>
+      </c>
+      <c r="F572" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" s="0" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B573" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C573" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D573" s="2" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E573" s="3">
+        <v>40.41</v>
+      </c>
+      <c r="F573" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" s="0" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B574" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C574" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D574" s="2" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E574" s="3">
+        <v>2.2</v>
+      </c>
+      <c r="F574" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" s="0" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B575" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C575" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D575" s="2" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E575" s="3">
+        <v>46.51</v>
+      </c>
+      <c r="F575" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" s="0" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B576" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C576" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D576" s="2" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E576" s="3">
+        <v>2.86</v>
+      </c>
+      <c r="F576" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" s="0" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B577" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C577" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D577" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E577" s="3">
+        <v>46.82</v>
+      </c>
+      <c r="F577" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" s="0" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B578" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C578" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D578" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E578" s="3">
+        <v>4.47</v>
+      </c>
+      <c r="F578" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" s="0" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B579" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C579" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D579" s="2" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E579" s="3">
+        <v>17785.76</v>
+      </c>
+      <c r="F579" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" s="0" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B580" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C580" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D580" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E580" s="3">
+        <v>15358.26</v>
+      </c>
+      <c r="F580" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" s="0" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B581" s="0" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C581" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D581" s="2" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E581" s="3">
+        <v>3069.48</v>
+      </c>
+      <c r="F581" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" s="0" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B582" s="0" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C582" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D582" s="2" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E582" s="3">
+        <v>414.7</v>
+      </c>
+      <c r="F582" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" s="0" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B583" s="0" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C583" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D583" s="2" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E583" s="3">
+        <v>2249.59</v>
+      </c>
+      <c r="F583" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" s="0" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B584" s="0" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C584" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D584" s="2" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E584" s="3">
+        <v>2249.59</v>
+      </c>
+      <c r="F584" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" s="0" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B585" s="0" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C585" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D585" s="2" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E585" s="3">
+        <v>2830.87</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" s="0" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B586" s="0" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C586" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D586" s="2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E586" s="3">
+        <v>13.57</v>
+      </c>
+      <c r="F586" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" s="0" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B587" s="0" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C587" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D587" s="2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E587" s="3">
+        <v>13.57</v>
+      </c>
+      <c r="F587" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" s="0" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B588" s="0" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C588" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D588" s="2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E588" s="3">
+        <v>13.57</v>
+      </c>
+      <c r="F588" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" s="0" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B589" s="0" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C589" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D589" s="2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E589" s="3">
+        <v>48.18</v>
+      </c>
+      <c r="F589" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" s="0" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B590" s="0" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C590" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D590" s="2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E590" s="3">
+        <v>48.18</v>
+      </c>
+      <c r="F590" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" s="0" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B591" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C591" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D591" s="2" t="s">
+        <v>1555</v>
+      </c>
+      <c r="E591" s="3">
+        <v>46.63</v>
+      </c>
+      <c r="F591" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" s="0" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B592" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C592" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D592" s="2" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E592" s="3">
+        <v>3.37</v>
+      </c>
+      <c r="F592" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" s="0" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B593" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C593" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D593" s="2" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E593" s="3">
+        <v>15280.53</v>
+      </c>
+      <c r="F593" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" s="0" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B594" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C594" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D594" s="2" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E594" s="3">
+        <v>8021.75</v>
+      </c>
+      <c r="F594" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" s="0" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B595" s="0" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C595" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D595" s="2" t="s">
+        <v>1563</v>
+      </c>
+      <c r="E595" s="3">
+        <v>1557.75</v>
+      </c>
+      <c r="F595" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" s="0" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B596" s="0" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C596" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D596" s="2" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E596" s="3">
+        <v>428.09</v>
+      </c>
+      <c r="F596" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" s="0" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B597" s="0" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C597" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D597" s="2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E597" s="3">
+        <v>277.56</v>
+      </c>
+      <c r="F597" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" s="0" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B598" s="0" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C598" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D598" s="2" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E598" s="3">
+        <v>387.9</v>
+      </c>
+      <c r="F598" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" s="0" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B599" s="0" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C599" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D599" s="2" t="s">
+        <v>1571</v>
+      </c>
+      <c r="E599" s="3">
+        <v>126.51</v>
+      </c>
+      <c r="F599" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" s="0" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B600" s="0" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C600" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D600" s="2" t="s">
+        <v>1574</v>
+      </c>
+      <c r="E600" s="3">
+        <v>624</v>
+      </c>
+      <c r="F600" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" s="0" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B601" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C601" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D601" s="2" t="s">
+        <v>1576</v>
+      </c>
+      <c r="E601" s="3">
+        <v>47.26</v>
+      </c>
+      <c r="F601" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" s="0" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B602" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C602" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D602" s="2" t="s">
+        <v>1578</v>
+      </c>
+      <c r="E602" s="3">
+        <v>3.42</v>
+      </c>
+      <c r="F602" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" s="0" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B603" s="0" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C603" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D603" s="2" t="s">
+        <v>1581</v>
+      </c>
+      <c r="E603" s="3">
+        <v>1256.68</v>
+      </c>
+      <c r="F603" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" s="0" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B604" s="0" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C604" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D604" s="2" t="s">
+        <v>1584</v>
+      </c>
+      <c r="E604" s="3">
+        <v>34370.32</v>
+      </c>
+      <c r="F604" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" s="0" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B605" s="0" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C605" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D605" s="2" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E605" s="3">
+        <v>2697.71</v>
+      </c>
+      <c r="F605" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" s="0" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B606" s="0" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C606" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D606" s="2" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E606" s="3">
+        <v>5116.98</v>
+      </c>
+      <c r="F606" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" s="0" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B607" s="0" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C607" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D607" s="2" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E607" s="3">
+        <v>1310.07</v>
+      </c>
+      <c r="F607" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" s="0" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B608" s="0" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C608" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D608" s="2" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E608" s="3">
+        <v>30624.05</v>
+      </c>
+      <c r="F608" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" s="0" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B609" s="0" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C609" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D609" s="2" t="s">
+        <v>1594</v>
+      </c>
+      <c r="E609" s="3">
+        <v>9565.89</v>
+      </c>
+      <c r="F609" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" s="0" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B610" s="0" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C610" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D610" s="2" t="s">
+        <v>1597</v>
+      </c>
+      <c r="E610" s="3">
+        <v>129.59</v>
+      </c>
+      <c r="F610" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" s="0" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B611" s="0" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C611" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D611" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E611" s="3">
+        <v>5.34</v>
+      </c>
+      <c r="F611" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" s="0" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B612" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C612" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D612" s="2" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E612" s="3">
+        <v>45.27</v>
+      </c>
+      <c r="F612" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" s="0" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B613" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C613" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D613" s="2" t="s">
+        <v>1603</v>
+      </c>
+      <c r="E613" s="3">
+        <v>3.37</v>
+      </c>
+      <c r="F613" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" s="0" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B614" s="0" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C614" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D614" s="2" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E614" s="3">
+        <v>26302.4</v>
+      </c>
+      <c r="F614" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" s="0" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B615" s="0" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C615" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D615" s="2" t="s">
+        <v>1608</v>
+      </c>
+      <c r="E615" s="3">
+        <v>11399.82</v>
+      </c>
+      <c r="F615" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" s="0" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B616" s="0" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C616" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D616" s="2" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E616" s="3">
+        <v>552.61</v>
+      </c>
+      <c r="F616" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" s="0" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B617" s="0" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C617" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D617" s="2" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E617" s="3">
+        <v>2401.46</v>
+      </c>
+      <c r="F617" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" s="0" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B618" s="0" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C618" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D618" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E618" s="3">
+        <v>150.15</v>
+      </c>
+      <c r="F618" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" s="0" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B619" s="0" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C619" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D619" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E619" s="3">
+        <v>153.78</v>
+      </c>
+      <c r="F619" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" s="0" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B620" s="0" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C620" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D620" s="2" t="s">
+        <v>1617</v>
+      </c>
+      <c r="E620" s="3">
+        <v>1614.67</v>
+      </c>
+      <c r="F620" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" s="0" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B621" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C621" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D621" s="2" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E621" s="3">
+        <v>21032.1</v>
+      </c>
+      <c r="F621" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" s="0" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B622" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C622" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D622" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="E622" s="3">
+        <v>15572.07</v>
+      </c>
+      <c r="F622" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" s="0" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B623" s="0" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C623" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D623" s="2" t="s">
+        <v>1624</v>
+      </c>
+      <c r="E623" s="3">
+        <v>1958.79</v>
+      </c>
+      <c r="F623" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" s="0" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B624" s="0" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C624" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D624" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E624" s="3">
+        <v>42.76</v>
+      </c>
+      <c r="F624" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" s="0" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B625" s="0" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C625" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D625" s="2" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E625" s="3">
+        <v>42.76</v>
+      </c>
+      <c r="F625" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" s="0" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B626" s="0" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C626" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D626" s="2" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E626" s="3">
+        <v>33.55</v>
+      </c>
+      <c r="F626" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" s="0" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B627" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C627" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D627" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E627" s="3">
+        <v>9856.8</v>
+      </c>
+      <c r="F627" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B628" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C628" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D628" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E628" s="3">
+        <v>9856.8</v>
+      </c>
+      <c r="F628" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" s="0" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B629" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="C629" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D629" s="2" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E629" s="3">
+        <v>17416.51</v>
+      </c>
+      <c r="F629" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" s="0" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B630" s="0" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C630" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D630" s="2" t="s">
+        <v>1635</v>
+      </c>
+      <c r="E630" s="3">
+        <v>2413.11</v>
+      </c>
+      <c r="F630" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" s="0" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B631" s="0" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C631" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D631" s="2" t="s">
+        <v>1638</v>
+      </c>
+      <c r="E631" s="3">
+        <v>636.39</v>
+      </c>
+      <c r="F631" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632" s="0" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B632" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C632" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D632" s="2" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E632" s="3">
+        <v>1.13</v>
+      </c>
+      <c r="F632" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633" s="0" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B633" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C633" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D633" s="2" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E633" s="3">
+        <v>104.98</v>
+      </c>
+      <c r="F633" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634" s="0" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B634" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C634" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D634" s="2" t="s">
+        <v>1644</v>
+      </c>
+      <c r="E634" s="3">
+        <v>104.98</v>
+      </c>
+      <c r="F634" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635" s="0" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B635" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C635" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D635" s="2" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E635" s="3">
+        <v>51.41</v>
+      </c>
+      <c r="F635" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636" s="0" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B636" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C636" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D636" s="2" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E636" s="3">
+        <v>51.41</v>
+      </c>
+      <c r="F636" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637" s="0" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B637" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C637" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D637" s="2" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E637" s="3">
+        <v>102.79</v>
+      </c>
+      <c r="F637" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638" s="0" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B638" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C638" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D638" s="2" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E638" s="3">
+        <v>253.84</v>
+      </c>
+      <c r="F638" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639" s="0" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B639" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C639" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D639" s="2" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E639" s="3">
+        <v>16.39</v>
+      </c>
+      <c r="F639" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640" s="0" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B640" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C640" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D640" s="2" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E640" s="3">
+        <v>16.39</v>
+      </c>
+      <c r="F640" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641" s="0" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B641" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C641" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D641" s="2" t="s">
+        <v>1657</v>
+      </c>
+      <c r="E641" s="3">
+        <v>104.98</v>
+      </c>
+      <c r="F641" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642" s="0" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B642" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C642" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D642" s="2" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E642" s="3">
+        <v>90.6</v>
+      </c>
+      <c r="F642" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643" s="0" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B643" s="0" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C643" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D643" s="2" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E643" s="3">
+        <v>3714.17</v>
+      </c>
+      <c r="F643" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644" s="0" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B644" s="0" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C644" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D644" s="2" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E644" s="3">
+        <v>2913.21</v>
+      </c>
+      <c r="F644" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645" s="0" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B645" s="0" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C645" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D645" s="2" t="s">
+        <v>1667</v>
+      </c>
+      <c r="E645" s="3">
+        <v>24.25</v>
+      </c>
+      <c r="F645" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" s="0" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B646" s="0" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C646" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D646" s="2" t="s">
+        <v>1670</v>
+      </c>
+      <c r="E646" s="3">
+        <v>6379.64</v>
+      </c>
+      <c r="F646" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" s="0" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B647" s="0" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C647" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D647" s="2" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E647" s="3">
+        <v>211.63</v>
+      </c>
+      <c r="F647" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" s="0" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B648" s="0" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C648" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D648" s="2" t="s">
+        <v>1675</v>
+      </c>
+      <c r="E648" s="3">
+        <v>108.63</v>
+      </c>
+      <c r="F648" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" s="0" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B649" s="0" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C649" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D649" s="2" t="s">
+        <v>1677</v>
+      </c>
+      <c r="E649" s="3">
+        <v>1066.53</v>
+      </c>
+      <c r="F649" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="650">
+      <c r="A650" s="0" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B650" s="0" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C650" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D650" s="2" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E650" s="3">
+        <v>153.79</v>
+      </c>
+      <c r="F650" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="651">
+      <c r="A651" s="0" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B651" s="0" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C651" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D651" s="2" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E651" s="3">
+        <v>153.78</v>
+      </c>
+      <c r="F651" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="652">
+      <c r="A652" s="0" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B652" s="0" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C652" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D652" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="E652" s="3">
+        <v>153.78</v>
+      </c>
+      <c r="F652" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="653">
+      <c r="A653" s="0" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B653" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C653" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D653" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E653" s="3">
+        <v>2119.2</v>
+      </c>
+      <c r="F653" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="654">
+      <c r="A654" s="0" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B654" s="0" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C654" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D654" s="2" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E654" s="3">
+        <v>1630.45</v>
+      </c>
+      <c r="F654" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="655">
+      <c r="A655" s="0" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B655" s="0" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C655" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D655" s="2" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E655" s="3">
+        <v>101.19</v>
+      </c>
+      <c r="F655" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="656">
+      <c r="A656" s="0" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B656" s="0" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C656" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D656" s="2" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E656" s="3">
+        <v>101.19</v>
+      </c>
+      <c r="F656" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="657">
+      <c r="A657" s="0" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B657" s="0" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C657" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D657" s="2" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E657" s="3">
+        <v>101.19</v>
+      </c>
+      <c r="F657" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658" s="0" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B658" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C658" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D658" s="2" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E658" s="3">
+        <v>105.66</v>
+      </c>
+      <c r="F658" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="659">
+      <c r="A659" s="0" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B659" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C659" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D659" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="E659" s="3">
+        <v>7.07</v>
+      </c>
+      <c r="F659" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660" s="0" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B660" s="0" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C660" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D660" s="2" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E660" s="3">
+        <v>20.26</v>
+      </c>
+      <c r="F660" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" s="0" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B661" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C661" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D661" s="2" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E661" s="3">
+        <v>117.39</v>
+      </c>
+      <c r="F661" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" s="0" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B662" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C662" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D662" s="2" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E662" s="3">
+        <v>7.07</v>
+      </c>
+      <c r="F662" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" s="0" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B663" s="0" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C663" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D663" s="2" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E663" s="3">
+        <v>19.51</v>
+      </c>
+      <c r="F663" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" s="0" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B664" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C664" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D664" s="2" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E664" s="3">
+        <v>318.66</v>
+      </c>
+      <c r="F664" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" s="0" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B665" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C665" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D665" s="2" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E665" s="3">
+        <v>547.55</v>
+      </c>
+      <c r="F665" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" s="0" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B666" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C666" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D666" s="2" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E666" s="3">
+        <v>318.66</v>
+      </c>
+      <c r="F666" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" s="0" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B667" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C667" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D667" s="2" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E667" s="3">
+        <v>318.66</v>
+      </c>
+      <c r="F667" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" s="0" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B668" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C668" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D668" s="2" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E668" s="3">
+        <v>949.09</v>
+      </c>
+      <c r="F668" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" s="0" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B669" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C669" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D669" s="2" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E669" s="3">
+        <v>949.09</v>
+      </c>
+      <c r="F669" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" s="0" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B670" s="0" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C670" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D670" s="2" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E670" s="3">
+        <v>98.62</v>
+      </c>
+      <c r="F670" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" s="0" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B671" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C671" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D671" s="2" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E671" s="3">
+        <v>99.31</v>
+      </c>
+      <c r="F671" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" s="0" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B672" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C672" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D672" s="2" t="s">
+        <v>1719</v>
+      </c>
+      <c r="E672" s="3">
+        <v>97.96</v>
+      </c>
+      <c r="F672" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" s="0" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B673" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C673" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D673" s="2" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E673" s="3">
+        <v>7.07</v>
+      </c>
+      <c r="F673" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674" s="0" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B674" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C674" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D674" s="2" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E674" s="3">
+        <v>81.92</v>
+      </c>
+      <c r="F674" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" s="0" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B675" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C675" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D675" s="2" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E675" s="3">
+        <v>7.07</v>
+      </c>
+      <c r="F675" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" s="0" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B676" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C676" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D676" s="2" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E676" s="3">
+        <v>5.53</v>
+      </c>
+      <c r="F676" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" s="0" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B677" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C677" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D677" s="2" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E677" s="3">
+        <v>122.76</v>
+      </c>
+      <c r="F677" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" s="0" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B678" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C678" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D678" s="2" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E678" s="3">
+        <v>5.52</v>
+      </c>
+      <c r="F678" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" s="0" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B679" s="0" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C679" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D679" s="2" t="s">
+        <v>1731</v>
+      </c>
+      <c r="E679" s="3">
+        <v>322.15</v>
+      </c>
+      <c r="F679" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" s="0" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B680" s="0" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C680" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D680" s="2" t="s">
+        <v>1731</v>
+      </c>
+      <c r="E680" s="3">
+        <v>520.31</v>
+      </c>
+      <c r="F680" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" s="0" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B681" s="0" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C681" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D681" s="2" t="s">
+        <v>1735</v>
+      </c>
+      <c r="E681" s="3">
+        <v>8.23</v>
+      </c>
+      <c r="F681" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" s="0" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B682" s="0" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C682" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D682" s="2" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E682" s="3">
+        <v>2.19</v>
+      </c>
+      <c r="F682" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" s="0" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B683" s="0" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C683" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D683" s="2" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E683" s="3">
+        <v>4.26</v>
+      </c>
+      <c r="F683" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" s="0" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B684" s="0" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C684" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D684" s="2" t="s">
+        <v>1741</v>
+      </c>
+      <c r="E684" s="3">
+        <v>10.71</v>
+      </c>
+      <c r="F684" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" s="0" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B685" s="0" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C685" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D685" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E685" s="3">
+        <v>262.59</v>
+      </c>
+      <c r="F685" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" s="0" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B686" s="0" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C686" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D686" s="2" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E686" s="3">
+        <v>1773.98</v>
+      </c>
+      <c r="F686" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" s="0" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B687" s="0" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C687" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D687" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E687" s="3">
+        <v>211.63</v>
+      </c>
+      <c r="F687" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" s="0" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B688" s="0" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C688" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D688" s="2" t="s">
+        <v>1749</v>
+      </c>
+      <c r="E688" s="3">
+        <v>5213.21</v>
+      </c>
+      <c r="F688" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" s="0" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B689" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C689" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D689" s="2" t="s">
+        <v>1751</v>
+      </c>
+      <c r="E689" s="3">
+        <v>4274.57</v>
+      </c>
+      <c r="F689" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" s="0" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B690" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C690" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D690" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E690" s="3">
+        <v>318.66</v>
+      </c>
+      <c r="F690" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" s="0" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B691" s="0" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C691" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D691" s="2" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E691" s="3">
+        <v>22.68</v>
+      </c>
+      <c r="F691" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" s="0" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B692" s="0" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C692" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D692" s="2" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E692" s="3">
+        <v>16100.66</v>
+      </c>
+      <c r="F692" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" s="0" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B693" s="0" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C693" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D693" s="2" t="s">
+        <v>1760</v>
+      </c>
+      <c r="E693" s="3">
+        <v>2046.74</v>
+      </c>
+      <c r="F693" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" s="0" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B694" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C694" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D694" s="2" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E694" s="3">
+        <v>90.89</v>
+      </c>
+      <c r="F694" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" s="0" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B695" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C695" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D695" s="2" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E695" s="3">
+        <v>102.45</v>
+      </c>
+      <c r="F695" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" s="0" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B696" s="0" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C696" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D696" s="2" t="s">
+        <v>1767</v>
+      </c>
+      <c r="E696" s="3">
+        <v>187.62</v>
+      </c>
+      <c r="F696" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" s="0" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B697" s="0" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C697" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D697" s="2" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E697" s="3">
+        <v>101.19</v>
+      </c>
+      <c r="F697" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" s="0" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B698" s="0" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C698" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D698" s="2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="E698" s="3">
+        <v>812.54</v>
+      </c>
+      <c r="F698" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" s="0" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B699" s="0" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C699" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D699" s="2" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E699" s="3">
+        <v>6.58</v>
+      </c>
+      <c r="F699" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" s="0" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B700" s="0" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C700" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D700" s="2" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E700" s="3">
+        <v>52.54</v>
+      </c>
+      <c r="F700" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" s="0" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B701" s="0" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C701" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D701" s="2" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E701" s="3">
+        <v>561.9</v>
+      </c>
+      <c r="F701" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" s="0" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B702" s="0" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C702" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D702" s="2" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E702" s="3">
+        <v>6206.24</v>
+      </c>
+      <c r="F702" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" s="0" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B703" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C703" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D703" s="2" t="s">
+        <v>1782</v>
+      </c>
+      <c r="E703" s="3">
+        <v>109.04</v>
+      </c>
+      <c r="F703" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" s="0" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B704" s="0" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C704" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D704" s="2" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E704" s="3">
+        <v>2869.27</v>
+      </c>
+      <c r="F704" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" s="0" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B705" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C705" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D705" s="2" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E705" s="3">
+        <v>449.97</v>
+      </c>
+      <c r="F705" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" s="0" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B706" s="0" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C706" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D706" s="2" t="s">
+        <v>1790</v>
+      </c>
+      <c r="E706" s="3">
+        <v>53155.18</v>
+      </c>
+      <c r="F706" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" s="0" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B707" s="0" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C707" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D707" s="2" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E707" s="3">
+        <v>4071.96</v>
+      </c>
+      <c r="F707" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" s="0" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B708" s="0" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C708" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D708" s="2" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E708" s="3">
+        <v>1327.59</v>
+      </c>
+      <c r="F708" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" s="0" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B709" s="0" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C709" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D709" s="2" t="s">
+        <v>1799</v>
+      </c>
+      <c r="E709" s="3">
+        <v>40.14</v>
+      </c>
+      <c r="F709" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="710">
+      <c r="A710" s="0" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B710" s="0" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C710" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D710" s="2" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E710" s="3">
+        <v>3322.81</v>
+      </c>
+      <c r="F710" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" s="0" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B711" s="0" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C711" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D711" s="2" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E711" s="3">
+        <v>1427.96</v>
+      </c>
+      <c r="F711" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" s="0" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B712" s="0" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C712" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D712" s="2" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E712" s="3">
+        <v>1763.15</v>
+      </c>
+      <c r="F712" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" s="0" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B713" s="0" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C713" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D713" s="2" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E713" s="3">
+        <v>7677.87</v>
+      </c>
+      <c r="F713" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" s="0" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B714" s="0" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C714" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D714" s="2" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E714" s="3">
+        <v>3828.35</v>
+      </c>
+      <c r="F714" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" s="0" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B715" s="0" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C715" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D715" s="2" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E715" s="3">
+        <v>1702.95</v>
+      </c>
+      <c r="F715" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" s="0" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B716" s="0" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C716" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D716" s="2" t="s">
+        <v>1820</v>
+      </c>
+      <c r="E716" s="3">
+        <v>4128.29</v>
+      </c>
+      <c r="F716" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" s="0" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B717" s="0" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C717" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D717" s="2" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E717" s="3">
+        <v>15317.23</v>
+      </c>
+      <c r="F717" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" s="0" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B718" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="C718" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D718" s="2" t="s">
+        <v>1825</v>
+      </c>
+      <c r="E718" s="3">
+        <v>1254.5</v>
+      </c>
+      <c r="F718" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" s="0" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B719" s="0" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C719" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D719" s="2" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E719" s="3">
+        <v>66.76</v>
+      </c>
+      <c r="F719" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" s="0" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B720" s="0" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C720" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D720" s="2" t="s">
+        <v>1831</v>
+      </c>
+      <c r="E720" s="3">
+        <v>738.02</v>
+      </c>
+      <c r="F720" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" s="0" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B721" s="0" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C721" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D721" s="2" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E721" s="3">
+        <v>5251.16</v>
+      </c>
+      <c r="F721" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" s="0" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B722" s="0" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C722" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D722" s="2" t="s">
+        <v>1837</v>
+      </c>
+      <c r="E722" s="3">
+        <v>2122.11</v>
+      </c>
+      <c r="F722" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" s="0" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B723" s="0" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C723" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D723" s="2" t="s">
+        <v>1840</v>
+      </c>
+      <c r="E723" s="3">
+        <v>65.12</v>
+      </c>
+      <c r="F723" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" s="0" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B724" s="0" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C724" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D724" s="2" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E724" s="3">
+        <v>2462.75</v>
+      </c>
+      <c r="F724" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" s="0" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B725" s="0" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C725" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D725" s="2" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E725" s="3">
+        <v>4834.57</v>
+      </c>
+      <c r="F725" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" s="0" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B726" s="0" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C726" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D726" s="2" t="s">
+        <v>1849</v>
+      </c>
+      <c r="E726" s="3">
+        <v>102.44</v>
+      </c>
+      <c r="F726" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" s="0" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B727" s="0" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C727" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D727" s="2" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E727" s="3">
+        <v>1155.41</v>
+      </c>
+      <c r="F727" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" s="0" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B728" s="0" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C728" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D728" s="2" t="s">
+        <v>1855</v>
+      </c>
+      <c r="E728" s="3">
+        <v>595.14</v>
+      </c>
+      <c r="F728" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" s="0" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B729" s="0" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C729" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D729" s="2" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E729" s="3">
+        <v>37791.28</v>
+      </c>
+      <c r="F729" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730" s="0" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B730" s="0" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C730" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D730" s="2" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E730" s="3">
+        <v>18570.03</v>
+      </c>
+      <c r="F730" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" s="0" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B731" s="0" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C731" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D731" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="E731" s="3">
+        <v>27202.6</v>
+      </c>
+      <c r="F731" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732" s="0" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B732" s="0" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C732" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D732" s="2" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E732" s="3">
+        <v>4466.41</v>
+      </c>
+      <c r="F732" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733" s="0" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B733" s="0" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C733" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D733" s="2" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E733" s="3">
+        <v>831.8</v>
+      </c>
+      <c r="F733" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734" s="0" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B734" s="0" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C734" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D734" s="2" t="s">
+        <v>1872</v>
+      </c>
+      <c r="E734" s="3">
+        <v>8374.62</v>
+      </c>
+      <c r="F734" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735" s="0" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B735" s="0" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C735" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D735" s="2" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E735" s="3">
+        <v>0.68</v>
+      </c>
+      <c r="F735" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736" s="0" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B736" s="0" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C736" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D736" s="2" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E736" s="3">
+        <v>2217.81</v>
+      </c>
+      <c r="F736" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737" s="0" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B737" s="0" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C737" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D737" s="2" t="s">
+        <v>1881</v>
+      </c>
+      <c r="E737" s="3">
+        <v>22041.42</v>
+      </c>
+      <c r="F737" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738" s="0" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B738" s="0" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C738" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D738" s="2" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E738" s="3">
+        <v>12257.09</v>
+      </c>
+      <c r="F738" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739" s="0" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B739" s="0" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C739" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D739" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="E739" s="3">
+        <v>2064.56</v>
+      </c>
+      <c r="F739" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740" s="0" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B740" s="0" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C740" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D740" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="E740" s="3">
+        <v>2064.56</v>
+      </c>
+      <c r="F740" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741" s="0" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B741" s="0" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C741" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D741" s="0" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E741" s="3">
+        <v>299.15</v>
+      </c>
+      <c r="F741" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742" s="0" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B742" s="0" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C742" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D742" s="0" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E742" s="3">
+        <v>351.6</v>
+      </c>
+      <c r="F742" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743" s="0" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B743" s="0" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C743" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D743" s="0" t="s">
+        <v>1896</v>
+      </c>
+      <c r="E743" s="3">
+        <v>177.43</v>
+      </c>
+      <c r="F743" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744" s="0" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B744" s="0" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C744" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D744" s="0" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E744" s="3">
+        <v>3079.16</v>
+      </c>
+      <c r="F744" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745" s="0" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B745" s="0" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C745" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D745" s="0" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E745" s="3">
+        <v>9.12</v>
+      </c>
+      <c r="F745" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746" s="0" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B746" s="0" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C746" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D746" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="E746" s="3">
+        <v>15.3</v>
+      </c>
+      <c r="F746" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747" s="0" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B747" s="0" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C747" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D747" s="0" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E747" s="3">
+        <v>218.24</v>
+      </c>
+      <c r="F747" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" s="0" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B748" s="0" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C748" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D748" s="0" t="s">
+        <v>1910</v>
+      </c>
+      <c r="E748" s="3">
+        <v>309.05</v>
+      </c>
+      <c r="F748" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" s="0" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B749" s="0" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C749" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D749" s="0" t="s">
+        <v>1913</v>
+      </c>
+      <c r="E749" s="3">
+        <v>1216.86</v>
+      </c>
+      <c r="F749" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" s="0" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B750" s="0" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C750" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D750" s="0" t="s">
+        <v>1916</v>
+      </c>
+      <c r="E750" s="3">
+        <v>4006.46</v>
+      </c>
+      <c r="F750" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" s="0" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B751" s="0" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C751" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D751" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="E751" s="3">
+        <v>7696.07</v>
+      </c>
+      <c r="F751" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" s="0" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B752" s="0" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C752" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D752" s="0" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E752" s="3">
+        <v>746.23</v>
+      </c>
+      <c r="F752" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" s="0" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B753" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C753" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D753" s="0" t="s">
+        <v>1923</v>
+      </c>
+      <c r="E753" s="3">
+        <v>1627.57</v>
+      </c>
+      <c r="F753" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" s="0" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B754" s="0" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C754" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D754" s="0" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E754" s="3">
+        <v>2350.49</v>
+      </c>
+      <c r="F754" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" s="0" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B755" s="0" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C755" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D755" s="0" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E755" s="3">
+        <v>461.95</v>
+      </c>
+      <c r="F755" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" s="0" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B756" s="0" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C756" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D756" s="0" t="s">
+        <v>1931</v>
+      </c>
+      <c r="E756" s="3">
+        <v>3.13</v>
+      </c>
+      <c r="F756" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" s="0" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B757" s="0" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C757" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D757" s="0" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E757" s="3">
+        <v>5527.62</v>
+      </c>
+      <c r="F757" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" s="0" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B758" s="0" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C758" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D758" s="0" t="s">
+        <v>1937</v>
+      </c>
+      <c r="E758" s="3">
+        <v>3.57</v>
+      </c>
+      <c r="F758" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" s="0" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B759" s="0" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C759" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D759" s="0" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E759" s="3">
+        <v>67.32</v>
+      </c>
+      <c r="F759" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" s="0" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B760" s="0" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C760" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D760" s="0" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E760" s="3">
+        <v>4181.65</v>
+      </c>
+      <c r="F760" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" s="0" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B761" s="0" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C761" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D761" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="E761" s="3">
+        <v>5814.34</v>
+      </c>
+      <c r="F761" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" s="0" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B762" s="0" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C762" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D762" s="0" t="s">
+        <v>1948</v>
+      </c>
+      <c r="E762" s="3">
+        <v>516.88</v>
+      </c>
+      <c r="F762" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" s="0" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B763" s="0" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C763" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D763" s="0" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E763" s="3">
+        <v>19.55</v>
+      </c>
+      <c r="F763" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" s="0" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B764" s="0" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C764" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D764" s="0" t="s">
+        <v>1954</v>
+      </c>
+      <c r="E764" s="3">
+        <v>2196.49</v>
+      </c>
+      <c r="F764" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" s="0" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B765" s="0" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C765" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D765" s="0" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E765" s="3">
+        <v>315.02</v>
+      </c>
+      <c r="F765" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" s="0" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B766" s="0" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C766" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D766" s="0" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E766" s="3">
+        <v>22.66</v>
+      </c>
+      <c r="F766" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" s="0" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B767" s="0" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C767" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D767" s="0" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E767" s="3">
+        <v>263.48</v>
+      </c>
+      <c r="F767" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" s="0" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B768" s="0" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C768" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D768" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="E768" s="3">
+        <v>12.31</v>
+      </c>
+      <c r="F768" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" s="0" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B769" s="0" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C769" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D769" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="E769" s="3">
+        <v>5856.45</v>
+      </c>
+      <c r="F769" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" s="0" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B770" s="0" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C770" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D770" s="0" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E770" s="3">
+        <v>8.95</v>
+      </c>
+      <c r="F770" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771" s="0" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B771" s="0" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C771" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D771" s="0" t="s">
+        <v>1973</v>
+      </c>
+      <c r="E771" s="3">
+        <v>469.52</v>
+      </c>
+      <c r="F771" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772" s="0" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B772" s="0" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C772" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D772" s="0" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E772" s="3">
+        <v>784.79</v>
+      </c>
+      <c r="F772" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="773">
+      <c r="A773" s="0" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B773" s="0" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C773" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D773" s="0" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E773" s="3">
+        <v>1354.74</v>
+      </c>
+      <c r="F773" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="774">
+      <c r="A774" s="0" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B774" s="0" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C774" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D774" s="0" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E774" s="3">
+        <v>26617.67</v>
+      </c>
+      <c r="F774" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="775">
+      <c r="A775" s="0" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B775" s="0" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C775" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D775" s="0" t="s">
+        <v>1985</v>
+      </c>
+      <c r="E775" s="3">
+        <v>1282.33</v>
+      </c>
+      <c r="F775" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="776">
+      <c r="A776" s="0" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B776" s="0" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C776" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D776" s="0" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E776" s="3">
+        <v>4688.19</v>
+      </c>
+      <c r="F776" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="777">
+      <c r="A777" s="0" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B777" s="0" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C777" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D777" s="0" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E777" s="3">
+        <v>393</v>
+      </c>
+      <c r="F777" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="778">
+      <c r="A778" s="0" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B778" s="0" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C778" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D778" s="0" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E778" s="3">
+        <v>631.71</v>
+      </c>
+      <c r="F778" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="779">
+      <c r="A779" s="0" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B779" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="C779" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D779" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="E779" s="3">
+        <v>5519.41</v>
+      </c>
+      <c r="F779" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="780">
+      <c r="A780" s="0" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B780" s="0" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C780" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D780" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="E780" s="3">
+        <v>2161.24</v>
+      </c>
+      <c r="F780" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="781">
+      <c r="A781" s="0" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B781" s="0" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C781" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D781" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="E781" s="3">
+        <v>10618.52</v>
+      </c>
+      <c r="F781" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="782">
+      <c r="A782" s="0" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B782" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="C782" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D782" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="E782" s="3">
+        <v>544.15</v>
+      </c>
+      <c r="F782" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="783">
+      <c r="A783" s="0" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B783" s="0" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C783" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D783" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="E783" s="3">
+        <v>21425.92</v>
+      </c>
+      <c r="F783" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -14825,32 +22831,311 @@
     <hyperlink ref="F480" r:id="rId480"/>
     <hyperlink ref="F481" r:id="rId481"/>
     <hyperlink ref="F482" r:id="rId482"/>
     <hyperlink ref="F483" r:id="rId483"/>
     <hyperlink ref="F484" r:id="rId484"/>
     <hyperlink ref="F485" r:id="rId485"/>
     <hyperlink ref="F486" r:id="rId486"/>
     <hyperlink ref="F487" r:id="rId487"/>
     <hyperlink ref="F488" r:id="rId488"/>
     <hyperlink ref="F489" r:id="rId489"/>
     <hyperlink ref="F490" r:id="rId490"/>
     <hyperlink ref="F491" r:id="rId491"/>
     <hyperlink ref="F492" r:id="rId492"/>
     <hyperlink ref="F493" r:id="rId493"/>
     <hyperlink ref="F494" r:id="rId494"/>
     <hyperlink ref="F495" r:id="rId495"/>
     <hyperlink ref="F496" r:id="rId496"/>
     <hyperlink ref="F497" r:id="rId497"/>
     <hyperlink ref="F498" r:id="rId498"/>
     <hyperlink ref="F499" r:id="rId499"/>
     <hyperlink ref="F500" r:id="rId500"/>
     <hyperlink ref="F501" r:id="rId501"/>
     <hyperlink ref="F502" r:id="rId502"/>
     <hyperlink ref="F503" r:id="rId503"/>
     <hyperlink ref="F504" r:id="rId504"/>
+    <hyperlink ref="F505" r:id="rId505"/>
+    <hyperlink ref="F506" r:id="rId506"/>
+    <hyperlink ref="F507" r:id="rId507"/>
+    <hyperlink ref="F508" r:id="rId508"/>
+    <hyperlink ref="F509" r:id="rId509"/>
+    <hyperlink ref="F510" r:id="rId510"/>
+    <hyperlink ref="F511" r:id="rId511"/>
+    <hyperlink ref="F512" r:id="rId512"/>
+    <hyperlink ref="F513" r:id="rId513"/>
+    <hyperlink ref="F514" r:id="rId514"/>
+    <hyperlink ref="F515" r:id="rId515"/>
+    <hyperlink ref="F516" r:id="rId516"/>
+    <hyperlink ref="F517" r:id="rId517"/>
+    <hyperlink ref="F518" r:id="rId518"/>
+    <hyperlink ref="F519" r:id="rId519"/>
+    <hyperlink ref="F520" r:id="rId520"/>
+    <hyperlink ref="F521" r:id="rId521"/>
+    <hyperlink ref="F522" r:id="rId522"/>
+    <hyperlink ref="F523" r:id="rId523"/>
+    <hyperlink ref="F524" r:id="rId524"/>
+    <hyperlink ref="F525" r:id="rId525"/>
+    <hyperlink ref="F526" r:id="rId526"/>
+    <hyperlink ref="F527" r:id="rId527"/>
+    <hyperlink ref="F528" r:id="rId528"/>
+    <hyperlink ref="F529" r:id="rId529"/>
+    <hyperlink ref="F530" r:id="rId530"/>
+    <hyperlink ref="F531" r:id="rId531"/>
+    <hyperlink ref="F532" r:id="rId532"/>
+    <hyperlink ref="F533" r:id="rId533"/>
+    <hyperlink ref="F534" r:id="rId534"/>
+    <hyperlink ref="F535" r:id="rId535"/>
+    <hyperlink ref="F536" r:id="rId536"/>
+    <hyperlink ref="F537" r:id="rId537"/>
+    <hyperlink ref="F538" r:id="rId538"/>
+    <hyperlink ref="F539" r:id="rId539"/>
+    <hyperlink ref="F540" r:id="rId540"/>
+    <hyperlink ref="F541" r:id="rId541"/>
+    <hyperlink ref="F542" r:id="rId542"/>
+    <hyperlink ref="F543" r:id="rId543"/>
+    <hyperlink ref="F544" r:id="rId544"/>
+    <hyperlink ref="F545" r:id="rId545"/>
+    <hyperlink ref="F546" r:id="rId546"/>
+    <hyperlink ref="F547" r:id="rId547"/>
+    <hyperlink ref="F548" r:id="rId548"/>
+    <hyperlink ref="F549" r:id="rId549"/>
+    <hyperlink ref="F550" r:id="rId550"/>
+    <hyperlink ref="F551" r:id="rId551"/>
+    <hyperlink ref="F552" r:id="rId552"/>
+    <hyperlink ref="F553" r:id="rId553"/>
+    <hyperlink ref="F554" r:id="rId554"/>
+    <hyperlink ref="F555" r:id="rId555"/>
+    <hyperlink ref="F556" r:id="rId556"/>
+    <hyperlink ref="F557" r:id="rId557"/>
+    <hyperlink ref="F558" r:id="rId558"/>
+    <hyperlink ref="F559" r:id="rId559"/>
+    <hyperlink ref="F560" r:id="rId560"/>
+    <hyperlink ref="F561" r:id="rId561"/>
+    <hyperlink ref="F562" r:id="rId562"/>
+    <hyperlink ref="F563" r:id="rId563"/>
+    <hyperlink ref="F564" r:id="rId564"/>
+    <hyperlink ref="F565" r:id="rId565"/>
+    <hyperlink ref="F566" r:id="rId566"/>
+    <hyperlink ref="F567" r:id="rId567"/>
+    <hyperlink ref="F568" r:id="rId568"/>
+    <hyperlink ref="F569" r:id="rId569"/>
+    <hyperlink ref="F570" r:id="rId570"/>
+    <hyperlink ref="F571" r:id="rId571"/>
+    <hyperlink ref="F572" r:id="rId572"/>
+    <hyperlink ref="F573" r:id="rId573"/>
+    <hyperlink ref="F574" r:id="rId574"/>
+    <hyperlink ref="F575" r:id="rId575"/>
+    <hyperlink ref="F576" r:id="rId576"/>
+    <hyperlink ref="F577" r:id="rId577"/>
+    <hyperlink ref="F578" r:id="rId578"/>
+    <hyperlink ref="F579" r:id="rId579"/>
+    <hyperlink ref="F580" r:id="rId580"/>
+    <hyperlink ref="F581" r:id="rId581"/>
+    <hyperlink ref="F582" r:id="rId582"/>
+    <hyperlink ref="F583" r:id="rId583"/>
+    <hyperlink ref="F584" r:id="rId584"/>
+    <hyperlink ref="F585" r:id="rId585"/>
+    <hyperlink ref="F586" r:id="rId586"/>
+    <hyperlink ref="F587" r:id="rId587"/>
+    <hyperlink ref="F588" r:id="rId588"/>
+    <hyperlink ref="F589" r:id="rId589"/>
+    <hyperlink ref="F590" r:id="rId590"/>
+    <hyperlink ref="F591" r:id="rId591"/>
+    <hyperlink ref="F592" r:id="rId592"/>
+    <hyperlink ref="F593" r:id="rId593"/>
+    <hyperlink ref="F594" r:id="rId594"/>
+    <hyperlink ref="F595" r:id="rId595"/>
+    <hyperlink ref="F596" r:id="rId596"/>
+    <hyperlink ref="F597" r:id="rId597"/>
+    <hyperlink ref="F598" r:id="rId598"/>
+    <hyperlink ref="F599" r:id="rId599"/>
+    <hyperlink ref="F600" r:id="rId600"/>
+    <hyperlink ref="F601" r:id="rId601"/>
+    <hyperlink ref="F602" r:id="rId602"/>
+    <hyperlink ref="F603" r:id="rId603"/>
+    <hyperlink ref="F604" r:id="rId604"/>
+    <hyperlink ref="F605" r:id="rId605"/>
+    <hyperlink ref="F606" r:id="rId606"/>
+    <hyperlink ref="F607" r:id="rId607"/>
+    <hyperlink ref="F608" r:id="rId608"/>
+    <hyperlink ref="F609" r:id="rId609"/>
+    <hyperlink ref="F610" r:id="rId610"/>
+    <hyperlink ref="F611" r:id="rId611"/>
+    <hyperlink ref="F612" r:id="rId612"/>
+    <hyperlink ref="F613" r:id="rId613"/>
+    <hyperlink ref="F614" r:id="rId614"/>
+    <hyperlink ref="F615" r:id="rId615"/>
+    <hyperlink ref="F616" r:id="rId616"/>
+    <hyperlink ref="F617" r:id="rId617"/>
+    <hyperlink ref="F618" r:id="rId618"/>
+    <hyperlink ref="F619" r:id="rId619"/>
+    <hyperlink ref="F620" r:id="rId620"/>
+    <hyperlink ref="F621" r:id="rId621"/>
+    <hyperlink ref="F622" r:id="rId622"/>
+    <hyperlink ref="F623" r:id="rId623"/>
+    <hyperlink ref="F624" r:id="rId624"/>
+    <hyperlink ref="F625" r:id="rId625"/>
+    <hyperlink ref="F626" r:id="rId626"/>
+    <hyperlink ref="F627" r:id="rId627"/>
+    <hyperlink ref="F628" r:id="rId628"/>
+    <hyperlink ref="F629" r:id="rId629"/>
+    <hyperlink ref="F630" r:id="rId630"/>
+    <hyperlink ref="F631" r:id="rId631"/>
+    <hyperlink ref="F632" r:id="rId632"/>
+    <hyperlink ref="F633" r:id="rId633"/>
+    <hyperlink ref="F634" r:id="rId634"/>
+    <hyperlink ref="F635" r:id="rId635"/>
+    <hyperlink ref="F636" r:id="rId636"/>
+    <hyperlink ref="F637" r:id="rId637"/>
+    <hyperlink ref="F638" r:id="rId638"/>
+    <hyperlink ref="F639" r:id="rId639"/>
+    <hyperlink ref="F640" r:id="rId640"/>
+    <hyperlink ref="F641" r:id="rId641"/>
+    <hyperlink ref="F642" r:id="rId642"/>
+    <hyperlink ref="F643" r:id="rId643"/>
+    <hyperlink ref="F644" r:id="rId644"/>
+    <hyperlink ref="F645" r:id="rId645"/>
+    <hyperlink ref="F646" r:id="rId646"/>
+    <hyperlink ref="F647" r:id="rId647"/>
+    <hyperlink ref="F648" r:id="rId648"/>
+    <hyperlink ref="F649" r:id="rId649"/>
+    <hyperlink ref="F650" r:id="rId650"/>
+    <hyperlink ref="F651" r:id="rId651"/>
+    <hyperlink ref="F652" r:id="rId652"/>
+    <hyperlink ref="F653" r:id="rId653"/>
+    <hyperlink ref="F654" r:id="rId654"/>
+    <hyperlink ref="F655" r:id="rId655"/>
+    <hyperlink ref="F656" r:id="rId656"/>
+    <hyperlink ref="F657" r:id="rId657"/>
+    <hyperlink ref="F658" r:id="rId658"/>
+    <hyperlink ref="F659" r:id="rId659"/>
+    <hyperlink ref="F660" r:id="rId660"/>
+    <hyperlink ref="F661" r:id="rId661"/>
+    <hyperlink ref="F662" r:id="rId662"/>
+    <hyperlink ref="F663" r:id="rId663"/>
+    <hyperlink ref="F664" r:id="rId664"/>
+    <hyperlink ref="F665" r:id="rId665"/>
+    <hyperlink ref="F666" r:id="rId666"/>
+    <hyperlink ref="F667" r:id="rId667"/>
+    <hyperlink ref="F668" r:id="rId668"/>
+    <hyperlink ref="F669" r:id="rId669"/>
+    <hyperlink ref="F670" r:id="rId670"/>
+    <hyperlink ref="F671" r:id="rId671"/>
+    <hyperlink ref="F672" r:id="rId672"/>
+    <hyperlink ref="F673" r:id="rId673"/>
+    <hyperlink ref="F674" r:id="rId674"/>
+    <hyperlink ref="F675" r:id="rId675"/>
+    <hyperlink ref="F676" r:id="rId676"/>
+    <hyperlink ref="F677" r:id="rId677"/>
+    <hyperlink ref="F678" r:id="rId678"/>
+    <hyperlink ref="F679" r:id="rId679"/>
+    <hyperlink ref="F680" r:id="rId680"/>
+    <hyperlink ref="F681" r:id="rId681"/>
+    <hyperlink ref="F682" r:id="rId682"/>
+    <hyperlink ref="F683" r:id="rId683"/>
+    <hyperlink ref="F684" r:id="rId684"/>
+    <hyperlink ref="F685" r:id="rId685"/>
+    <hyperlink ref="F686" r:id="rId686"/>
+    <hyperlink ref="F687" r:id="rId687"/>
+    <hyperlink ref="F688" r:id="rId688"/>
+    <hyperlink ref="F689" r:id="rId689"/>
+    <hyperlink ref="F690" r:id="rId690"/>
+    <hyperlink ref="F691" r:id="rId691"/>
+    <hyperlink ref="F692" r:id="rId692"/>
+    <hyperlink ref="F693" r:id="rId693"/>
+    <hyperlink ref="F694" r:id="rId694"/>
+    <hyperlink ref="F695" r:id="rId695"/>
+    <hyperlink ref="F696" r:id="rId696"/>
+    <hyperlink ref="F697" r:id="rId697"/>
+    <hyperlink ref="F698" r:id="rId698"/>
+    <hyperlink ref="F699" r:id="rId699"/>
+    <hyperlink ref="F700" r:id="rId700"/>
+    <hyperlink ref="F701" r:id="rId701"/>
+    <hyperlink ref="F702" r:id="rId702"/>
+    <hyperlink ref="F703" r:id="rId703"/>
+    <hyperlink ref="F704" r:id="rId704"/>
+    <hyperlink ref="F705" r:id="rId705"/>
+    <hyperlink ref="F706" r:id="rId706"/>
+    <hyperlink ref="F707" r:id="rId707"/>
+    <hyperlink ref="F708" r:id="rId708"/>
+    <hyperlink ref="F709" r:id="rId709"/>
+    <hyperlink ref="F710" r:id="rId710"/>
+    <hyperlink ref="F711" r:id="rId711"/>
+    <hyperlink ref="F712" r:id="rId712"/>
+    <hyperlink ref="F713" r:id="rId713"/>
+    <hyperlink ref="F714" r:id="rId714"/>
+    <hyperlink ref="F715" r:id="rId715"/>
+    <hyperlink ref="F716" r:id="rId716"/>
+    <hyperlink ref="F717" r:id="rId717"/>
+    <hyperlink ref="F718" r:id="rId718"/>
+    <hyperlink ref="F719" r:id="rId719"/>
+    <hyperlink ref="F720" r:id="rId720"/>
+    <hyperlink ref="F721" r:id="rId721"/>
+    <hyperlink ref="F722" r:id="rId722"/>
+    <hyperlink ref="F723" r:id="rId723"/>
+    <hyperlink ref="F724" r:id="rId724"/>
+    <hyperlink ref="F725" r:id="rId725"/>
+    <hyperlink ref="F726" r:id="rId726"/>
+    <hyperlink ref="F727" r:id="rId727"/>
+    <hyperlink ref="F728" r:id="rId728"/>
+    <hyperlink ref="F729" r:id="rId729"/>
+    <hyperlink ref="F730" r:id="rId730"/>
+    <hyperlink ref="F731" r:id="rId731"/>
+    <hyperlink ref="F732" r:id="rId732"/>
+    <hyperlink ref="F733" r:id="rId733"/>
+    <hyperlink ref="F734" r:id="rId734"/>
+    <hyperlink ref="F735" r:id="rId735"/>
+    <hyperlink ref="F736" r:id="rId736"/>
+    <hyperlink ref="F737" r:id="rId737"/>
+    <hyperlink ref="F738" r:id="rId738"/>
+    <hyperlink ref="F739" r:id="rId739"/>
+    <hyperlink ref="F740" r:id="rId740"/>
+    <hyperlink ref="F741" r:id="rId741"/>
+    <hyperlink ref="F742" r:id="rId742"/>
+    <hyperlink ref="F743" r:id="rId743"/>
+    <hyperlink ref="F744" r:id="rId744"/>
+    <hyperlink ref="F745" r:id="rId745"/>
+    <hyperlink ref="F746" r:id="rId746"/>
+    <hyperlink ref="F747" r:id="rId747"/>
+    <hyperlink ref="F748" r:id="rId748"/>
+    <hyperlink ref="F749" r:id="rId749"/>
+    <hyperlink ref="F750" r:id="rId750"/>
+    <hyperlink ref="F751" r:id="rId751"/>
+    <hyperlink ref="F752" r:id="rId752"/>
+    <hyperlink ref="F753" r:id="rId753"/>
+    <hyperlink ref="F754" r:id="rId754"/>
+    <hyperlink ref="F755" r:id="rId755"/>
+    <hyperlink ref="F756" r:id="rId756"/>
+    <hyperlink ref="F757" r:id="rId757"/>
+    <hyperlink ref="F758" r:id="rId758"/>
+    <hyperlink ref="F759" r:id="rId759"/>
+    <hyperlink ref="F760" r:id="rId760"/>
+    <hyperlink ref="F761" r:id="rId761"/>
+    <hyperlink ref="F762" r:id="rId762"/>
+    <hyperlink ref="F763" r:id="rId763"/>
+    <hyperlink ref="F764" r:id="rId764"/>
+    <hyperlink ref="F765" r:id="rId765"/>
+    <hyperlink ref="F766" r:id="rId766"/>
+    <hyperlink ref="F767" r:id="rId767"/>
+    <hyperlink ref="F768" r:id="rId768"/>
+    <hyperlink ref="F769" r:id="rId769"/>
+    <hyperlink ref="F770" r:id="rId770"/>
+    <hyperlink ref="F771" r:id="rId771"/>
+    <hyperlink ref="F772" r:id="rId772"/>
+    <hyperlink ref="F773" r:id="rId773"/>
+    <hyperlink ref="F774" r:id="rId774"/>
+    <hyperlink ref="F775" r:id="rId775"/>
+    <hyperlink ref="F776" r:id="rId776"/>
+    <hyperlink ref="F777" r:id="rId777"/>
+    <hyperlink ref="F778" r:id="rId778"/>
+    <hyperlink ref="F779" r:id="rId779"/>
+    <hyperlink ref="F780" r:id="rId780"/>
+    <hyperlink ref="F781" r:id="rId781"/>
+    <hyperlink ref="F782" r:id="rId782"/>
+    <hyperlink ref="F783" r:id="rId783"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>