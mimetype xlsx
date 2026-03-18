--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -5,162 +5,132 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1971" uniqueCount="1971">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1530" uniqueCount="1530">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>A01-00005</t>
   </si>
   <si>
     <t>NICKELL SUE E</t>
   </si>
   <si>
     <t>FAIRBORN CSD</t>
   </si>
   <si>
     <t>1900 SPANGLER RD LOT 62</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>A01-0001-0001-0-0023-00</t>
   </si>
   <si>
     <t>GERDING JAMES J</t>
   </si>
   <si>
     <t xml:space="preserve">4548 BATH RD  
 DAYTON OH 45424</t>
   </si>
   <si>
-    <t>A01-0001-0001-0-0024-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A01-0001-0001-0-0065-00</t>
   </si>
   <si>
     <t>GRAHAM PAUL W &amp; AMIE ELAM</t>
   </si>
   <si>
     <t xml:space="preserve">4903 BATH RD  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0002-0-0018-00</t>
   </si>
   <si>
     <t>LOVIN CLYDE</t>
   </si>
   <si>
     <t xml:space="preserve">4343 E KITRIDGE RD  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0002-0-0019-00</t>
   </si>
   <si>
     <t xml:space="preserve">E KITRIDGE RD  
 </t>
   </si>
   <si>
-    <t>A01-0001-0002-0-0025-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A01-0001-0002-0-0045-00</t>
   </si>
   <si>
     <t>POLYDOROS CRAIG &amp; JOY</t>
   </si>
   <si>
     <t xml:space="preserve">4301 SR 4  
 DAYTON OH 45424</t>
   </si>
   <si>
-    <t>A01-0001-0002-0-0058-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A01-0001-0002-0-0102-00</t>
   </si>
   <si>
     <t>HICKS LOGAN</t>
   </si>
   <si>
     <t xml:space="preserve">4284 UNION RD  
 </t>
   </si>
   <si>
     <t>A01-0001-0003-0-0009-00</t>
   </si>
   <si>
     <t>ADCOX JERRY D &amp; JERRY ADCOX</t>
   </si>
   <si>
     <t xml:space="preserve">4836 UPPER VALLEY PIKE  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0016-00</t>
   </si>
   <si>
     <t>HUGHES FREDERICK L</t>
   </si>
@@ -177,361 +147,278 @@
   <si>
     <t xml:space="preserve">4531 SR 4  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0038-00</t>
   </si>
   <si>
     <t>LOUGEMAN STEPHEN</t>
   </si>
   <si>
     <t xml:space="preserve">3730 BEACONVIEW DR  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0042-00</t>
   </si>
   <si>
     <t>ENGLE MARY BETH</t>
   </si>
   <si>
     <t xml:space="preserve">3760 SKYROS DR  
 DAYTON OH 45424</t>
   </si>
   <si>
-    <t>A01-0001-0003-0-0063-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A01-0001-0003-0-0098-00</t>
   </si>
   <si>
     <t xml:space="preserve">BEACONVIEW DR  
 </t>
   </si>
   <si>
     <t>A01-0001-0003-0-0103-00</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0104-00</t>
   </si>
   <si>
     <t xml:space="preserve">ADAMS RD  
 </t>
   </si>
   <si>
     <t>A01-0001-0003-0-0118-00</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0125-00</t>
   </si>
   <si>
     <t>HOLBROOK KALEB J &amp; HANNAH A</t>
   </si>
   <si>
     <t xml:space="preserve">UPPER VALLEY PIKE  
 </t>
   </si>
   <si>
     <t>A01-0001-0005-0-0023-00</t>
   </si>
   <si>
     <t>RODGERS DAVID M &amp; TONI D</t>
   </si>
   <si>
     <t xml:space="preserve">2170 NATIONAL RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0001-0006-0-0114-00</t>
   </si>
   <si>
-    <t>KENDIG DONALD L &amp; JANET M CO TRUSTEES</t>
+    <t>NESMAN SUCCESSOR TRUSTEE RACHEL M</t>
   </si>
   <si>
     <t xml:space="preserve">BOXWOOD DR  
 </t>
   </si>
   <si>
     <t>A01-0001-0006-0-0149-00</t>
   </si>
   <si>
     <t>SAWYER WILLIAM C</t>
   </si>
   <si>
     <t xml:space="preserve">3309 RAVENWOOD RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0001-0006-0-0163-00</t>
   </si>
   <si>
     <t>HAYES TRACIE A</t>
   </si>
   <si>
     <t xml:space="preserve">3010 VALLEY VIEW DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0001-0006-0-0204-00</t>
   </si>
   <si>
     <t>OSBORNE AVERY D &amp; DIANA S</t>
   </si>
   <si>
     <t xml:space="preserve">3041 AXE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A01-0001-0009-0-0008-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">SANDHILL RD  
+    <t>A01-0001-0013-0-0071-00</t>
+  </si>
+  <si>
+    <t>HARVEY KARL P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3214 RAVENWOOD RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0092-00</t>
+  </si>
+  <si>
+    <t>WETZ JAMES AUGUST</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3283 RAVENWOOD RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0176-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERNICE DR  
 </t>
   </si>
   <si>
-    <t>A01-0001-0013-0-0031-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2990 WYLIE DR  
+    <t>A01-0001-0013-0-0177-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3205 BERNICE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0194-00</t>
+  </si>
+  <si>
+    <t>NEWELL ARTHUR T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROSPECT AVE  
 </t>
   </si>
   <si>
-    <t>A01-0001-0013-0-0040-00</t>
-[...12 lines deleted...]
-    <t>HEIZER KAREN SUE</t>
+    <t>A01-0001-0013-0-0195-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2789 PROSPECT AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0201-00</t>
+  </si>
+  <si>
+    <t>ORR CYNTHIA PLAN ADMINISTRATOR OF MY END GAME 401K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2817 PROSPECT AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0202-00</t>
+  </si>
+  <si>
+    <t>COLER SHIRLEY Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2827 PROSPECT AVE  
+</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0203-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2827 PROSPECT AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0379-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2762 OLD YELLOW SPRINGS RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0380-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLD YELLOW SPRINGS RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0430-00</t>
+  </si>
+  <si>
+    <t>OWSLEY JAMISON F &amp; SUSAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2885 WYLIE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0431-00</t>
   </si>
   <si>
     <t xml:space="preserve">VALLEY VIEW DR  
 </t>
   </si>
   <si>
-    <t>A01-0001-0013-0-0071-00</t>
-[...114 lines deleted...]
-    <t>A01-0001-0013-0-0662-00</t>
+    <t>A01-0001-0013-0-0675-00</t>
   </si>
   <si>
     <t>BOYLE DAVID &amp; JENNIFER</t>
-  </si>
-[...5 lines deleted...]
-    <t>A01-0001-0013-0-0675-00</t>
   </si>
   <si>
     <t xml:space="preserve">HAMILTON DR  
 </t>
   </si>
   <si>
     <t>A01-00017</t>
   </si>
   <si>
     <t>CAREY CHARLES</t>
   </si>
   <si>
     <t>1900 SPANGLER RD LOT 18</t>
   </si>
   <si>
     <t>A01-0002-0020-0-0021-00</t>
   </si>
   <si>
     <t>HAMILTON LISA ANN</t>
   </si>
   <si>
     <t xml:space="preserve">4633 BYRON RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0002-0020-0-0023-00</t>
   </si>
   <si>
     <t>WINERT JOHN R</t>
   </si>
   <si>
     <t xml:space="preserve">4613 BYRON RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A01-0002-0023-0-0005-00</t>
-[...18 lines deleted...]
-  <si>
     <t>A01-0002-0024-0-0009-00</t>
   </si>
   <si>
     <t>GREEN JOSEPH</t>
   </si>
   <si>
     <t xml:space="preserve">1491 DAYTON YELLOW SPRINGS RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>A01-0002-0024-0-0011-00</t>
   </si>
   <si>
     <t xml:space="preserve">1479 DAYTON YELLOW SPRINGS RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>A01-0002-0025-0-0003-00</t>
   </si>
   <si>
     <t>COX EMMETT HAMILTON III</t>
   </si>
   <si>
     <t xml:space="preserve">1257 FOLK RD  
 FAIRBORN OH 45324</t>
@@ -1545,94 +1432,67 @@
   <si>
     <t>POLHAMUS JAMIE I &amp; JOHN S</t>
   </si>
   <si>
     <t xml:space="preserve">504 SOUTH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0001-0-0202-00</t>
   </si>
   <si>
     <t xml:space="preserve">S BROAD ST  
 </t>
   </si>
   <si>
     <t>A02-0001-0002-0-0029-00</t>
   </si>
   <si>
     <t>GORBY DAVID W</t>
   </si>
   <si>
     <t xml:space="preserve">118 N BROAD ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0002-0-0050-00</t>
-[...15 lines deleted...]
-  <si>
     <t>A02-0001-0002-0-0183-00</t>
   </si>
   <si>
     <t>CORN LISA A</t>
   </si>
   <si>
     <t xml:space="preserve">18 WEST ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0002-0-0198-00</t>
   </si>
   <si>
     <t>YOUNG THOMAS &amp; JANEENE</t>
   </si>
   <si>
     <t xml:space="preserve">32 S BROAD ST  
-FAIRBORN OH 45324</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">401 CLOVER ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0002-0-0266-00</t>
   </si>
   <si>
     <t>FODAL MARY L</t>
   </si>
   <si>
     <t xml:space="preserve">44 MILLER AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0002-0-0269-00</t>
   </si>
   <si>
     <t xml:space="preserve">36 MILLER AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0003-0-0049-00</t>
   </si>
   <si>
     <t>CAUSEY TAYLOR M</t>
   </si>
@@ -1673,199 +1533,114 @@
   <si>
     <t xml:space="preserve">565 N BROAD ST  
 </t>
   </si>
   <si>
     <t>A02-0001-0004-0-0033-00</t>
   </si>
   <si>
     <t>LUX CARWASH LLC</t>
   </si>
   <si>
     <t xml:space="preserve">133 HEBBLE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0012-00</t>
   </si>
   <si>
     <t>MILLER LESLIE</t>
   </si>
   <si>
     <t xml:space="preserve">869 PRINCETON AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0005-0-0088-00</t>
-[...18 lines deleted...]
-  <si>
     <t>A02-0001-0005-0-0097-00</t>
   </si>
   <si>
     <t>BAKER HEIDI J</t>
   </si>
   <si>
     <t xml:space="preserve">1041 HARVARD AVE  
-FAIRBORN OH 45324</t>
-[...39 lines deleted...]
-    <t xml:space="preserve">1008 1010 VICTORIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0148-00</t>
   </si>
   <si>
     <t>CAUDILL GREGORY A</t>
   </si>
   <si>
     <t xml:space="preserve">1022 VICTORIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0149-00</t>
   </si>
   <si>
     <t xml:space="preserve">1022 VICTORIA AVE  
 </t>
   </si>
   <si>
     <t>A02-0001-0005-0-0152-00</t>
   </si>
   <si>
     <t>EARLS KIMBERLY &amp; SCOTT E MILBY</t>
   </si>
   <si>
     <t xml:space="preserve">1038 VICTORIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0005-0-0161-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0005-0-0162-00</t>
   </si>
   <si>
     <t>SHUFF ELIZABETH J</t>
   </si>
   <si>
     <t xml:space="preserve">1005 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0167-00</t>
   </si>
   <si>
     <t>GLASSBURN RUSSELL J</t>
   </si>
   <si>
     <t xml:space="preserve">1025 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0173-00</t>
   </si>
   <si>
     <t>JOHNSON CHARLENE</t>
   </si>
   <si>
     <t xml:space="preserve">1049 S CENTRAL AVE  
-FAIRBORN OH 45324</t>
-[...12 lines deleted...]
-    <t xml:space="preserve">5 7 W MCLAUGHLIN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0198-00</t>
   </si>
   <si>
     <t>WILCOX CHERYL L &amp; CHARLES J JR</t>
   </si>
   <si>
     <t xml:space="preserve">1025 COLUMBIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0209-00</t>
   </si>
   <si>
     <t>IMPSON JOSEPH</t>
   </si>
   <si>
     <t xml:space="preserve">1020 COLUMBIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0217-00</t>
   </si>
@@ -1896,246 +1671,133 @@
   <si>
     <t>A02-0001-0005-0-0272-00</t>
   </si>
   <si>
     <t xml:space="preserve">1101 COLUMBIA AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0283-00</t>
   </si>
   <si>
     <t>JENKINS DONNIE W</t>
   </si>
   <si>
     <t xml:space="preserve">21 W ROBBINS AVE  
 </t>
   </si>
   <si>
     <t>A02-0001-0005-0-0284-00</t>
   </si>
   <si>
     <t xml:space="preserve">21 W ROBBINS AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0005-0-0291-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0005-0-0301-00</t>
   </si>
   <si>
     <t>ENRIQUEZ INVESTMENTS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">W ROBBINS AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0308-00</t>
   </si>
   <si>
     <t>SFR3-020 LLC</t>
   </si>
   <si>
     <t>A02-0001-0005-0-0309-00</t>
   </si>
   <si>
     <t xml:space="preserve">W ROBBINS AVE  
 </t>
   </si>
   <si>
     <t>A02-0001-0006-0-0006-00</t>
   </si>
   <si>
     <t>SCHAUWEKER RICHARD ALAN</t>
   </si>
   <si>
     <t xml:space="preserve">602 KAUFFMAN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0006-0-0007-00</t>
-[...29 lines deleted...]
-  <si>
     <t>A02-0001-0006-0-0017-00</t>
   </si>
   <si>
     <t>SMITH RITA L</t>
   </si>
   <si>
     <t xml:space="preserve">121 FRAHN AVE  
-FAIRBORN OH 45324</t>
-[...46 lines deleted...]
-    <t xml:space="preserve">824 CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0006-0-0101-00</t>
   </si>
   <si>
     <t>PELFREY STANLEY</t>
   </si>
   <si>
     <t xml:space="preserve">WASHINGTON AVE  
 </t>
   </si>
   <si>
     <t>A02-0001-0006-0-0108-00</t>
   </si>
   <si>
     <t>BRADFORD KIM M TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">860 WASHINGTON AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0006-0-0114-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0006-0-0138-00</t>
   </si>
   <si>
     <t>MY PROPERTY HOLDINGS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">852 PRINCETON AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0006-0-0145-00</t>
   </si>
   <si>
     <t>SFR3 080 LLC</t>
   </si>
   <si>
     <t xml:space="preserve">S MAPLE AVE  
 </t>
   </si>
   <si>
-    <t>A02-0001-0006-0-0161-00</t>
-[...12 lines deleted...]
-  <si>
     <t>A02-0001-0007-0-0116-00</t>
   </si>
   <si>
     <t xml:space="preserve">27 SOUTH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0007-0-0119-00</t>
   </si>
   <si>
     <t>CARROLL C J</t>
   </si>
   <si>
     <t xml:space="preserve">301 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0007-0-0122-00</t>
   </si>
   <si>
     <t>AUXIER JEREMY S &amp; CHARLES E</t>
   </si>
   <si>
     <t xml:space="preserve">319 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
@@ -2146,60 +1808,50 @@
   <si>
     <t>HENLEY WILLIAM P JR SUCCESSOR TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">34 SOUTH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0008-0-0071-00</t>
   </si>
   <si>
     <t>MACY JOHNATHAN E</t>
   </si>
   <si>
     <t xml:space="preserve">17 19 S GRAND AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0008-0-0095-00</t>
   </si>
   <si>
     <t>BUTTS TIMOTHY</t>
   </si>
   <si>
     <t xml:space="preserve">25 W DAYTON DR  
-FAIRBORN OH 45324</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">18 20 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0008-0-0132-00</t>
   </si>
   <si>
     <t>EMANUEL MINISTRIES INTERNATIONAL</t>
   </si>
   <si>
     <t xml:space="preserve">100 E MAIN ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0008-0-0133-00</t>
   </si>
   <si>
     <t xml:space="preserve">MAIN ST  
 </t>
   </si>
   <si>
     <t>A02-0001-0008-0-0134-00</t>
   </si>
   <si>
     <t>A02-0001-0009-0-0102-00</t>
   </si>
@@ -2209,351 +1861,237 @@
   <si>
     <t xml:space="preserve">210 N CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0009-0-0158-00</t>
   </si>
   <si>
     <t>VENTO KAILA &amp; JACOB D BEAN</t>
   </si>
   <si>
     <t xml:space="preserve">E XENIA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0010-0-0153-00</t>
   </si>
   <si>
     <t>STAMPER KEITH D &amp; LINDA S</t>
   </si>
   <si>
     <t xml:space="preserve">115 E EMERSON AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0010-0-0192-00</t>
+    <t>A02-0001-0010-0-0194-00</t>
   </si>
   <si>
     <t>YATES KATELYN M ETAL</t>
-  </si>
-[...5 lines deleted...]
-    <t>A02-0001-0010-0-0194-00</t>
   </si>
   <si>
     <t xml:space="preserve">W WHITTIER AVE  
 </t>
   </si>
   <si>
-    <t>A02-0001-0011-0-0003-00</t>
-[...21 lines deleted...]
-  <si>
     <t>A02-0001-0011-0-0056-00</t>
   </si>
   <si>
     <t>SABA PETROLEUM LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1010 N BROAD ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0011-0-0059-00</t>
   </si>
   <si>
     <t>A02-0001-0012-0-0003-00</t>
   </si>
   <si>
     <t>PATTERSON ERIC L &amp; MARY L BROWN PATTERSON</t>
   </si>
   <si>
     <t xml:space="preserve">1215 OAKHILL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0012-0-0025-00</t>
   </si>
   <si>
     <t>CUSTER MICHAEL D</t>
   </si>
   <si>
     <t xml:space="preserve">1222 OAKHILL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0012-0-0030-00</t>
   </si>
   <si>
     <t>MANGANARO MATTHEW D</t>
   </si>
   <si>
     <t xml:space="preserve">144 CIRCLE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0012-0-0050-00</t>
-[...28 lines deleted...]
-  <si>
     <t>A02-0001-0013-0-0029-00</t>
   </si>
   <si>
     <t>AMMONS RICHARD W</t>
   </si>
   <si>
     <t xml:space="preserve">248 SANDHILL RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0013-0-0043-00</t>
   </si>
   <si>
     <t>LIMOLI JOHN K JR</t>
   </si>
   <si>
     <t xml:space="preserve">1402 SUNSET DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0013-0-0045-00</t>
   </si>
   <si>
     <t>ELLIOTT LEAH B</t>
   </si>
   <si>
     <t xml:space="preserve">1374 SUNSET DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0013-0-0086-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0013-0-0094-00</t>
   </si>
   <si>
     <t>MICHAEL DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">1413 ARLINGTON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0013-0-0099-00</t>
   </si>
   <si>
     <t>WILLIAMS ROGER D</t>
   </si>
   <si>
     <t xml:space="preserve">1325 ARLINGTON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0013-0-0108-00</t>
   </si>
   <si>
     <t xml:space="preserve">1314 ARLINGTON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0013-0-0126-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0001-0015-0-0009-00</t>
   </si>
   <si>
     <t>CAMPBELL ERIN L TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">537 HILLRIDGE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0015-0-0028-00</t>
   </si>
   <si>
     <t>PONTANES KENT &amp; COURTNEY</t>
   </si>
   <si>
     <t xml:space="preserve">548 HILLRIDGE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0016-0-0047-00</t>
   </si>
   <si>
     <t>LESSARD JUDITH ANN ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">438 LOHNES DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0016-0-0058-00</t>
   </si>
   <si>
     <t xml:space="preserve">560 LOHNES DR  
-FAIRBORN OH 45324</t>
-[...15 lines deleted...]
-    <t xml:space="preserve">1114 ADAMS ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0016-0-0109-00</t>
   </si>
   <si>
     <t>MARGRAFF ANDREW</t>
   </si>
   <si>
     <t xml:space="preserve">560 LEWIS DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0016-0-0198-00</t>
   </si>
   <si>
     <t>GREEN GEORGE S</t>
   </si>
   <si>
     <t xml:space="preserve">578 WAYNE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0018-0-0021-00</t>
   </si>
   <si>
     <t>BENOIT MATTHEW D &amp; MICHELLE R</t>
   </si>
   <si>
     <t xml:space="preserve">810 N MAPLE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0018-0-0074-00</t>
   </si>
   <si>
     <t>BEVAN ROBERT ARTHUR S. &amp; SHAYZHEN ALLEN</t>
   </si>
   <si>
     <t xml:space="preserve">JUNE DR  
 </t>
   </si>
   <si>
-    <t>A02-0001-0018-0-0078-00</t>
-[...18 lines deleted...]
-  <si>
     <t>A02-0001-0018-0-0166-00</t>
   </si>
   <si>
     <t>PERANDER RODNEY W</t>
   </si>
   <si>
     <t xml:space="preserve">338 E WHITTIER AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0018-0-0167-00</t>
   </si>
   <si>
     <t xml:space="preserve">338 E WHITTIER AVE  
 </t>
   </si>
   <si>
     <t>A02-0001-0019-0-0019-00</t>
   </si>
   <si>
     <t>HAWTHORN HILL HOMES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">354 356 WALLACE DR  
 FAIRBORN OH 45324</t>
@@ -2765,138 +2303,84 @@
   <si>
     <t xml:space="preserve">25 SELBY CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0022-0-0129-00</t>
   </si>
   <si>
     <t>BRETT RONALD J &amp; DEBORAH A</t>
   </si>
   <si>
     <t xml:space="preserve">510 KIRKWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0022-0-0135-00</t>
   </si>
   <si>
     <t>ZIMMERMAN WENDY</t>
   </si>
   <si>
     <t xml:space="preserve">182 ERIE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0022-0-0153-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0022-0-0167-00</t>
   </si>
   <si>
     <t xml:space="preserve">61 ROWLAND DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0022-0-0178-00</t>
-[...18 lines deleted...]
-  <si>
     <t>A02-0001-0022-0-0191-00</t>
   </si>
   <si>
     <t>JOVETT DOMINIC DONTE</t>
   </si>
   <si>
     <t xml:space="preserve">24 ROWLAND DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0022-0-0215-00</t>
   </si>
   <si>
     <t xml:space="preserve">11 PERRIN CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0022-0-0219-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0023-0-0047-00</t>
   </si>
   <si>
     <t>REYNOLDS ALICE</t>
   </si>
   <si>
     <t xml:space="preserve">826 S MAPLE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0023-0-0102-00</t>
-[...12 lines deleted...]
-  <si>
     <t>A02-0001-0023-0-0119-00</t>
   </si>
   <si>
     <t xml:space="preserve">143 PAT LN  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0023-0-0122-00</t>
   </si>
   <si>
     <t>FAIRBORN REAL ESTATE INVESTMENTS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">167 PAT LN  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0023-0-0123-00</t>
   </si>
   <si>
     <t>COMBS CHRISTY &amp; DARRELL SHAVER</t>
   </si>
   <si>
     <t xml:space="preserve">173 PAT LN  
 FAIRBORN OH 45324</t>
@@ -2941,168 +2425,114 @@
   <si>
     <t>A02-0001-0023-0-0168-00</t>
   </si>
   <si>
     <t xml:space="preserve">67 GALEWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0023-0-0181-00</t>
   </si>
   <si>
     <t>CONLEY LESSIE MAE</t>
   </si>
   <si>
     <t xml:space="preserve">15 GALEWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0023-0-0207-00</t>
   </si>
   <si>
     <t xml:space="preserve">738 FLINTRIDGE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0023-0-0229-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0001-0023-0-0230-00</t>
   </si>
   <si>
     <t>AMBC PROPERTIES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">255 PAT LN  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0023-0-0232-00</t>
   </si>
   <si>
     <t xml:space="preserve">243 PAT LN  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0023-0-0250-00</t>
   </si>
   <si>
     <t xml:space="preserve">244 PAT LN  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0023-0-0278-00</t>
   </si>
   <si>
     <t>WITHEROW CONNIE LYNNE</t>
   </si>
   <si>
     <t xml:space="preserve">8 FITCHLAND DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0023-0-0292-00</t>
-[...15 lines deleted...]
-  <si>
     <t>A02-0001-0024-0-0004-00</t>
   </si>
   <si>
     <t>POLLY LINDA F</t>
   </si>
   <si>
     <t xml:space="preserve">21 MARCHMONT DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0024-0-0010-00</t>
-[...18 lines deleted...]
-  <si>
     <t>A02-0001-0024-0-0032-00</t>
   </si>
   <si>
     <t>PEBLEY RYAN S</t>
   </si>
   <si>
     <t xml:space="preserve">5 NORTH HAVEN DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0024-0-0062-00</t>
   </si>
   <si>
     <t>DANIELS JOHNNIE J &amp; SANDRA</t>
   </si>
   <si>
     <t xml:space="preserve">41 NORTH HAVEN DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0024-0-0093-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0024-0-0108-00</t>
   </si>
   <si>
     <t>JABIR NAJM</t>
   </si>
   <si>
     <t xml:space="preserve">201 REDBANK DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0024-0-0134-00</t>
   </si>
   <si>
     <t>CODY KAREN</t>
   </si>
   <si>
     <t xml:space="preserve">298 REDBANK DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0025-0-0021-00</t>
   </si>
   <si>
     <t>HOWARD CHAD &amp; TRACY</t>
   </si>
@@ -3173,60 +2603,50 @@
   <si>
     <t>BOWER MATTHEW</t>
   </si>
   <si>
     <t xml:space="preserve">14 REDBANK DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0026-0-0012-00</t>
   </si>
   <si>
     <t>ARNDT KOURTNEE &amp; PAUL E</t>
   </si>
   <si>
     <t xml:space="preserve">73 WESTPORT DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0026-0-0023-00</t>
   </si>
   <si>
     <t>DABNEY GLORIA J</t>
   </si>
   <si>
     <t xml:space="preserve">1140 S MAPLE AVE  
-FAIRBORN OH 45324</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">15 BROCKWAY CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0026-0-0102-00</t>
   </si>
   <si>
     <t>RIGNEY TONY JR</t>
   </si>
   <si>
     <t xml:space="preserve">40 DELLWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0027-0-0008-00</t>
   </si>
   <si>
     <t>MOORE GINA KAY &amp; JAMES</t>
   </si>
   <si>
     <t xml:space="preserve">351 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0027-0-0024-00</t>
   </si>
@@ -3236,374 +2656,291 @@
   <si>
     <t xml:space="preserve">324 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0027-0-0029-00</t>
   </si>
   <si>
     <t>ADKINS WILMA JEAN</t>
   </si>
   <si>
     <t xml:space="preserve">354 FLORENCE AVE  
 </t>
   </si>
   <si>
     <t>A02-0001-0027-0-0035-00</t>
   </si>
   <si>
     <t>KEATON CARL A</t>
   </si>
   <si>
     <t xml:space="preserve">31 RAMONA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0027-0-0038-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0001-0027-0-0053-00</t>
   </si>
   <si>
     <t>MAHON WILFRID ROGER</t>
   </si>
   <si>
     <t xml:space="preserve">38 RAMONA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0027-0-0061-00</t>
   </si>
   <si>
     <t>LILLARD JESSE L</t>
   </si>
   <si>
     <t xml:space="preserve">378 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0027-0-0090-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0027-0-0101-00</t>
   </si>
   <si>
     <t xml:space="preserve">35 ROCKLAND DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0027-0-0126-00</t>
   </si>
   <si>
     <t>ADDIS DEAN &amp; SHELLY</t>
   </si>
   <si>
     <t xml:space="preserve">27 REGINA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0027-0-0163-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0028-0-0007-00</t>
   </si>
   <si>
     <t>AMON ALETA A</t>
   </si>
   <si>
     <t xml:space="preserve">38 REGINA DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0028-0-0009-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0028-0-0014-00</t>
   </si>
   <si>
     <t>CURD CAROL ANNE</t>
   </si>
   <si>
     <t xml:space="preserve">510 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0028-0-0028-00</t>
   </si>
   <si>
     <t>KEATON WILLIAM RUSSELL</t>
   </si>
   <si>
     <t xml:space="preserve">457 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0028-0-0033-00</t>
   </si>
   <si>
     <t>WERT MATTHEW &amp; CHARDY</t>
   </si>
   <si>
     <t xml:space="preserve">487 FLORENCE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0028-0-0034-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0028-0-0047-00</t>
   </si>
   <si>
     <t xml:space="preserve">232 DELLWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0028-0-0081-00</t>
   </si>
   <si>
     <t>LITTLE JAMIE LYNN ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">213 DELLWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0028-0-0097-00</t>
   </si>
   <si>
     <t>ADAMS SHANNON RAE</t>
   </si>
   <si>
     <t xml:space="preserve">427 MARCHMONT DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0001-0029-0-0087-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0001-0029-0-0110-00</t>
   </si>
   <si>
-    <t>DAVIS JERRY R &amp; MARGARET M</t>
+    <t>DAVIS MARGARET</t>
   </si>
   <si>
     <t xml:space="preserve">709 SUNNYMEAD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0030-0-0260-00</t>
   </si>
   <si>
     <t>WETZ SONDRA</t>
   </si>
   <si>
     <t xml:space="preserve">560 ADRIAN CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0031-0-0082-00</t>
   </si>
   <si>
     <t>HILL KENDRA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1419 MCCURDY CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0031-0-0144-00</t>
+  </si>
+  <si>
+    <t>PUGH ADAM G &amp; JEANINE L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1334 WALNUT BEND CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0032-0-0021-00</t>
+  </si>
+  <si>
+    <t>WILLIAMS DIANA D &amp; KRISTIN R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">587 SHARON DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0034-1-0029-00</t>
+  </si>
+  <si>
+    <t>HALL JEFFREY SCOTT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1210 GEORGETOWN CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0034-1-0052-00</t>
+  </si>
+  <si>
+    <t>JONES KIMBERLY DAWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1100 CHARLESTON CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0034-1-0060-00</t>
+  </si>
+  <si>
+    <t>SPRINGLE CARL E III</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1116 CHARLESTON CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0034-3-0024-00</t>
+  </si>
+  <si>
+    <t>CHASTAIN MICHAEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2513 JAMESTOWN CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0034-4-0046-00</t>
+  </si>
+  <si>
+    <t>RUSSELL SUE A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2108 WELLINGTON CT  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0037-0-0001-00</t>
+  </si>
+  <si>
+    <t>USMANOV AZIMZHON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GARLAND AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0038-0-0133-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">700 CLEARY DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0001-0039-0-0012-01</t>
+  </si>
+  <si>
+    <t>BRIGHT HORIZON HOSPITALITY LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E XENIA DR  
+</t>
+  </si>
+  <si>
+    <t>A02-0001-0041-0-0001-00</t>
+  </si>
+  <si>
+    <t>DAYTON JUNIORS INC</t>
   </si>
   <si>
     <t xml:space="preserve">YELLOW SPRINGS FAIRFIELD RD  
 </t>
   </si>
   <si>
-    <t>A02-0001-0031-0-0144-00</t>
-[...131 lines deleted...]
-  <si>
     <t>A02-0001-0042-0-0011-00</t>
   </si>
   <si>
     <t>J &amp; L EXCAVATING INVESTMENT LLC</t>
   </si>
   <si>
     <t xml:space="preserve">735 E DAYTON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0053-0-0309-00</t>
   </si>
   <si>
     <t>LE HUNG HUU</t>
   </si>
   <si>
     <t xml:space="preserve">1052 BAYWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0001-0055-0-0033-00</t>
   </si>
   <si>
     <t>PRUTZMAN ARCHIE &amp; LEONA</t>
   </si>
@@ -3630,60 +2967,50 @@
   <si>
     <t xml:space="preserve">1134 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0030-00</t>
   </si>
   <si>
     <t>FERNANDEZ THOMAS &amp; CHERYL CLEMENS</t>
   </si>
   <si>
     <t xml:space="preserve">1174 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0046-00</t>
   </si>
   <si>
     <t>LEIGH AARON W</t>
   </si>
   <si>
     <t xml:space="preserve">1242 S CENTRAL AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0002-0-0063-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0002-0002-0-0070-00</t>
   </si>
   <si>
     <t>ROBINSON BETTY JO &amp; ROBERTA JO ROBINSON</t>
   </si>
   <si>
     <t xml:space="preserve">122 E DORIS DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0072-00</t>
   </si>
   <si>
     <t>CASKEY JOHNNY R</t>
   </si>
   <si>
     <t xml:space="preserve">1162 BEECH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0144-00</t>
   </si>
   <si>
     <t>FOSTER ANNA M</t>
   </si>
@@ -3754,147 +3081,107 @@
   <si>
     <t xml:space="preserve">131 FIG ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0258-00</t>
   </si>
   <si>
     <t>EC &amp; B1 PROPERTIES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">128 EBONY LN  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0002-0-0277-00</t>
   </si>
   <si>
     <t>ROHR MICHAEL &amp; WAYNE WILSON</t>
   </si>
   <si>
     <t xml:space="preserve">1256 HEMLOCK DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0003-0-0007-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0002-0003-0-0015-00</t>
   </si>
   <si>
     <t>O DELL JAMES A</t>
   </si>
   <si>
     <t xml:space="preserve">1324 IRONWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0003-0-0033-00</t>
   </si>
   <si>
     <t>JARDINEZ DAVID FRANCO</t>
   </si>
   <si>
     <t xml:space="preserve">203 W GARLAND AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0003-0-0074-00</t>
   </si>
   <si>
     <t>D G</t>
   </si>
   <si>
     <t xml:space="preserve">1377 IRONWOOD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0004-0-0025-00</t>
-[...18 lines deleted...]
-  <si>
     <t>A02-0002-0004-0-0061-00</t>
   </si>
   <si>
     <t>HELFINSTINE EMILY SUZANNE</t>
   </si>
   <si>
     <t xml:space="preserve">177 LOCUST DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0004-0-0072-00</t>
   </si>
   <si>
     <t>GEORGE LINDA L</t>
   </si>
   <si>
     <t xml:space="preserve">148 LOCUST DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0004-0-0094-00</t>
   </si>
   <si>
     <t>DUNWIDDIE AMANDA L &amp; WILLIAM A JR</t>
   </si>
   <si>
     <t xml:space="preserve">218 MAGNOLIA LN  
-FAIRBORN OH 45324</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">1361 MAPLEGROVE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0005-0-0019-00</t>
   </si>
   <si>
     <t>TORRES GWENDOLYN</t>
   </si>
   <si>
     <t xml:space="preserve">109 W ROUTZONG DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0005-0-0058-00</t>
   </si>
   <si>
     <t>MEADOWS VIOLET RUTH &amp; KATHY LYNN MEADOWS HUFF</t>
   </si>
   <si>
     <t xml:space="preserve">33 W ROUTZONG DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0005-0-0092-00</t>
   </si>
@@ -3937,74 +3224,57 @@
   </si>
   <si>
     <t>A02-0002-0005-0-0161-00</t>
   </si>
   <si>
     <t>UNITED STATES DEPARTMENT OF HOUSING &amp; URBAN DEVELOPMENT</t>
   </si>
   <si>
     <t xml:space="preserve">POPLAR LN  
 </t>
   </si>
   <si>
     <t>A02-0002-0005-0-0162-00</t>
   </si>
   <si>
     <t>A02-0002-0005-0-0165-00</t>
   </si>
   <si>
     <t>LAUDERBACH DAVID M &amp; YUKIKO</t>
   </si>
   <si>
     <t xml:space="preserve">1389 S MAPLE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0005-0-0176-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0002-0005-0-0202-00</t>
   </si>
   <si>
     <t>NGUYEN HUNG &amp; JULIE NGOC NGUYEN</t>
   </si>
   <si>
     <t xml:space="preserve">1414 MAPLEGROVE DR  
-FAIRBORN OH 45324</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">1439 MAPLEGROVE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0006-0-0018-00</t>
   </si>
   <si>
     <t>HUNTER JUSTIN C &amp; SHELDRA A</t>
   </si>
   <si>
     <t xml:space="preserve">135 E GOODMAN DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0006-0-0078-00</t>
   </si>
   <si>
     <t>LEWIS GREGORY S &amp; TAMMY J</t>
   </si>
   <si>
     <t xml:space="preserve">21 W BONOMO DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0006-0-0110-00</t>
   </si>
@@ -4051,60 +3321,50 @@
   <si>
     <t>EWALD SANDRA K &amp; DAVID D OWENS</t>
   </si>
   <si>
     <t xml:space="preserve">2019 KATHY DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0008-0-0110-00</t>
   </si>
   <si>
     <t>LYNCH GEORGE F &amp; SHELLY L</t>
   </si>
   <si>
     <t xml:space="preserve">66 TRUMAN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0008-0-0111-00</t>
   </si>
   <si>
     <t xml:space="preserve">TRUMAN AVE  
 </t>
   </si>
   <si>
-    <t>A02-0002-0009-0-0008-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0002-0009-0-0017-00</t>
   </si>
   <si>
     <t>CLICK NORITA SUE</t>
   </si>
   <si>
     <t xml:space="preserve">18 LAWNDALE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0020-00</t>
   </si>
   <si>
     <t>DAY RONNIE E SR &amp; RUTH</t>
   </si>
   <si>
     <t xml:space="preserve">2013 CENTRALIA ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0022-00</t>
   </si>
   <si>
     <t>PUCKETT STEPHEN W &amp; ANNA M</t>
   </si>
@@ -4138,67 +3398,50 @@
   <si>
     <t>JENKINS TERRY W</t>
   </si>
   <si>
     <t xml:space="preserve">OAKWOOD AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0110-00</t>
   </si>
   <si>
     <t>TAYLOR SHELBY</t>
   </si>
   <si>
     <t xml:space="preserve">25 WILSON AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0130-00</t>
   </si>
   <si>
     <t>HOWELL STEVE J</t>
   </si>
   <si>
     <t xml:space="preserve">32 WILSON AVE  
-FAIRBORN OH 45324</t>
-[...15 lines deleted...]
-    <t xml:space="preserve">8 WILSON AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0148-00</t>
   </si>
   <si>
     <t>ALLISON JENNIFER R</t>
   </si>
   <si>
     <t xml:space="preserve">121 LAWNDALE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0155-00</t>
   </si>
   <si>
     <t>MOORE JOSEPH RICKY EARL &amp; AMANDA LEE</t>
   </si>
   <si>
     <t xml:space="preserve">76 W FUNDERBURG RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0201-00</t>
   </si>
@@ -4248,345 +3491,238 @@
   <si>
     <t xml:space="preserve">107 LAWNDALE AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0009-0-0333-00</t>
   </si>
   <si>
     <t>ALCORN CHRISTINA A</t>
   </si>
   <si>
     <t xml:space="preserve">2063 BEAVER VALLEY RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0009-0-0334-00</t>
   </si>
   <si>
     <t>NORTH OF JORDAN LLC, AN OHIO LIMITED LIABILITY COMPANY</t>
   </si>
   <si>
     <t xml:space="preserve">2047 BEAVER VALLEY RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0011-0-0032-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0002-0011-0-0036-00</t>
   </si>
   <si>
     <t>THE REAL RESOLUTION GROUP LTD</t>
   </si>
   <si>
     <t xml:space="preserve">188 BROWN AVE  
-FAIRBORN OH 45324</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">145 BROWN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0011-0-0051-00</t>
   </si>
   <si>
     <t>CAMPBELL JUDY</t>
   </si>
   <si>
     <t xml:space="preserve">133 BROWN AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0011-0-0054-00</t>
   </si>
   <si>
     <t>AUSTIN KATANA D TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">2101 2103 HENRY ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0011-0-0075-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0002-0011-0-0077-00</t>
   </si>
   <si>
     <t>MERCER ZACHRIAH S</t>
   </si>
   <si>
     <t xml:space="preserve">102 TRUMAN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0011-0-0081-00</t>
   </si>
   <si>
     <t>GREEN STACY L</t>
   </si>
   <si>
     <t xml:space="preserve">86 TRUMAN AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0011-0-0092-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0002-0012-0-0003-00</t>
   </si>
   <si>
     <t>SCHNEBLE TRINA R &amp; DIANE LUTZ</t>
   </si>
   <si>
     <t xml:space="preserve">227 E DAYTON YELLOW SPRINGS RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0012-0-0050-00</t>
   </si>
   <si>
-    <t>PUTMAN JEFFREY K</t>
+    <t>SARGENT DANNY R</t>
   </si>
   <si>
     <t xml:space="preserve">1934 CAMPUS DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0012-0-0137-00</t>
+    <t>A02-0002-0012-0-0147-00</t>
   </si>
   <si>
     <t>COBBLESTONE CAPITAL 23-113 LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">260 E DAYTON YELLOW SPRINGS RD  
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve">256 278 E DAYTON YELLOW SPRINGS RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0013-0-0011-00</t>
-[...15 lines deleted...]
-  <si>
     <t>A02-0002-0013-0-0042-00</t>
   </si>
   <si>
     <t>BROWN MELISSA</t>
   </si>
   <si>
     <t xml:space="preserve">363 GILBERT AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0092-00</t>
   </si>
   <si>
     <t>EC AND B2 LLC</t>
   </si>
   <si>
     <t xml:space="preserve">KAUFFMAN AVE  
-FAIRBORN OH 45324</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">315 BUCKEYE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0114-00</t>
   </si>
   <si>
     <t>HALL GEORGINA S</t>
   </si>
   <si>
     <t xml:space="preserve">MADISON ST  
 </t>
   </si>
   <si>
     <t>A02-0002-0013-0-0115-00</t>
   </si>
   <si>
     <t xml:space="preserve">201 MADISON ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0152-00</t>
   </si>
   <si>
     <t>BRINK DAVID P</t>
   </si>
   <si>
     <t xml:space="preserve">224 STATE ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0182-00</t>
   </si>
   <si>
     <t>LOWE E JOSEPH MD INC PROFIT</t>
   </si>
   <si>
     <t xml:space="preserve">1250 WILEY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0190-00</t>
   </si>
   <si>
     <t>PERONE RHONDA J</t>
   </si>
   <si>
     <t xml:space="preserve">231 233 BUCKEYE AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0013-0-0196-00</t>
-[...29 lines deleted...]
-  <si>
     <t>A02-0002-0013-0-0212-00</t>
   </si>
   <si>
     <t>ADAMS TERRY W</t>
   </si>
   <si>
     <t xml:space="preserve">251 EUCLID AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0213-00</t>
   </si>
   <si>
     <t xml:space="preserve">247 EUCLID AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0232-00</t>
   </si>
   <si>
     <t>BABBS CODY</t>
   </si>
   <si>
     <t xml:space="preserve">218 HIGH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0239-00</t>
   </si>
   <si>
     <t>BROWN WEAVER LINDA</t>
   </si>
   <si>
     <t xml:space="preserve">241 HIGH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0240-00</t>
   </si>
   <si>
     <t xml:space="preserve">237 HIGH ST  
-FAIRBORN OH 45324</t>
-[...12 lines deleted...]
-    <t xml:space="preserve">227 225 HIGH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0244-00</t>
   </si>
   <si>
     <t>BOYANA KRISHNAVENI</t>
   </si>
   <si>
     <t xml:space="preserve">217 HIGH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0245-00</t>
   </si>
   <si>
     <t>BAILEY VICTORIA</t>
   </si>
   <si>
     <t xml:space="preserve">211 HIGH ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0013-0-0269-00</t>
   </si>
@@ -4600,679 +3736,504 @@
   <si>
     <t>A02-0002-0013-0-0273-00</t>
   </si>
   <si>
     <t xml:space="preserve">211 HIGH ST  
 </t>
   </si>
   <si>
     <t>A02-0002-0013-0-0274-00</t>
   </si>
   <si>
     <t xml:space="preserve">217 HIGH ST  
 </t>
   </si>
   <si>
     <t>A02-0002-0014-0-0016-00</t>
   </si>
   <si>
     <t>LYKINS BRANDY</t>
   </si>
   <si>
     <t xml:space="preserve">1552 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0014-0-0035-00</t>
-[...20 lines deleted...]
-    <t>A02-0002-0014-0-0044-00</t>
+    <t>A02-0002-0014-0-0056-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1544 WILBUR AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0057-00</t>
   </si>
   <si>
     <t xml:space="preserve">WILBUR AVE  
 </t>
   </si>
   <si>
-    <t>A02-0002-0014-0-0053-00</t>
-[...17 lines deleted...]
-  <si>
     <t>A02-0002-0014-0-0090-00</t>
   </si>
   <si>
     <t>BRANHAM JOHN R &amp; YVONNE S</t>
   </si>
   <si>
     <t xml:space="preserve">1515 STEWART BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0091-00</t>
   </si>
   <si>
     <t xml:space="preserve">1515 STEWART BLVD  
 </t>
   </si>
   <si>
     <t>A02-0002-0014-0-0126-00</t>
   </si>
   <si>
     <t xml:space="preserve">MIAMI AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0014-0-0127-00</t>
   </si>
   <si>
     <t xml:space="preserve">1553 MIAMI AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0128-00</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0129-00</t>
   </si>
   <si>
     <t>A02-0002-0014-0-0130-00</t>
   </si>
   <si>
-    <t>A02-0002-0014-0-0143-00</t>
-[...22 lines deleted...]
-    <t>QUILES SANCHEZ ALEJANDRO JOSE</t>
+    <t>A02-0002-0014-0-0173-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1563 SUPERIOR AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0174-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1563 SUPERIOR AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0256-00</t>
+  </si>
+  <si>
+    <t>COMER GARNETT L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">413 415 VINE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0276-00</t>
+  </si>
+  <si>
+    <t>TERRY WILLIAM JR &amp; CARRIE LYNN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">355 FOREST ST  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0279-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">337 FOREST ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0288-00</t>
+  </si>
+  <si>
+    <t>BARNETT ROBERT L JR ESTATE OF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">360 VINE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0292-00</t>
+  </si>
+  <si>
+    <t>AKRAM U AKRAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">342 VINE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0313-00</t>
+  </si>
+  <si>
+    <t>MOYER BRENDA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VINE ST  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0321-00</t>
+  </si>
+  <si>
+    <t>MCKINNISS WESLEY E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOREST ST  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0323-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0334-00</t>
+  </si>
+  <si>
+    <t>BARKER SANDRA M ET AL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">237 FOREST ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0338-00</t>
+  </si>
+  <si>
+    <t>WIKSTROM JAMES P &amp; DYLAN A WIKSTROM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">219 FOREST ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0352-00</t>
+  </si>
+  <si>
+    <t>TERRY PAUL E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">214 VINE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0353-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0359-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">241 VINE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0361-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">231 VINE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0398-00</t>
+  </si>
+  <si>
+    <t>HAMILTON LINDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SALEM AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0399-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0408-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1436 SALEM AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0419-00</t>
+  </si>
+  <si>
+    <t>STEVENSON RICHARD A &amp; JULIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">187 VINE ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0420-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0461-00</t>
+  </si>
+  <si>
+    <t>ROGERS BRIAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">202 MADISON ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0472-00</t>
+  </si>
+  <si>
+    <t>413 MADISON LLC</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0473-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1436 SALEM AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0483-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1432 SALEM AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0014-0-0484-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0027-00</t>
+  </si>
+  <si>
+    <t>REID ALEXIS &amp; PATRICK BEYER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1815 WILBUR AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0028-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0031-00</t>
+  </si>
+  <si>
+    <t>TAYLOR EMMA A</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0032-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0033-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WILBUR AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0064-00</t>
+  </si>
+  <si>
+    <t>HOWARD ROSE KAYE GODSEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STEWART BLVD  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0065-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0066-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0078-00</t>
+  </si>
+  <si>
+    <t>BLANTON SAVANNAH C</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0080-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0105-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1711 WILBUR AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0106-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0122-00</t>
+  </si>
+  <si>
+    <t>HARRELSON ANDREW JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">473 PATTERSON ST  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0123-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0143-00</t>
+  </si>
+  <si>
+    <t>CAMPBELL DAVID</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0174-00</t>
+  </si>
+  <si>
+    <t>STEVENS BETTY &amp; CHRISTINA J BRYANT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1626 MONTGOMERY AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0175-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONTGOMERY AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0177-00</t>
+  </si>
+  <si>
+    <t>KYNARD CASSANDRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1620 MONTGOMERY AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0196-00</t>
+  </si>
+  <si>
+    <t>AY JOHNSON H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1645 WILBUR AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0197-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0198-00</t>
+  </si>
+  <si>
+    <t>J &amp; H SALES INCORPORATED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1649 WILBUR AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0199-00</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0206-00</t>
+  </si>
+  <si>
+    <t>BANDA MARCO ANTONIO ROBLEDO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1646 WILBUR AVE  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0207-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1646 WILBUR AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0220-00</t>
+  </si>
+  <si>
+    <t>TASSY AMANDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">474 AVIATION ST  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0360-00</t>
+  </si>
+  <si>
+    <t>ARROWOOD RICKEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1716 STEWART BLVD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0361-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1716 STEWART BLVD  
+</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0369-00</t>
+  </si>
+  <si>
+    <t>SFR3 050 LLC</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0454-00</t>
+  </si>
+  <si>
+    <t>JAMISON MARK A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1701 SUPERIOR AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A02-0002-0015-0-0455-00</t>
   </si>
   <si>
     <t xml:space="preserve">SUPERIOR AVE  
 </t>
   </si>
   <si>
-    <t>A02-0002-0014-0-0173-00</t>
-[...510 lines deleted...]
-  <si>
     <t>A02-0002-0015-0-0456-00</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0457-00</t>
   </si>
   <si>
     <t xml:space="preserve">1709 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0458-00</t>
   </si>
   <si>
     <t xml:space="preserve">1711 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0459-00</t>
   </si>
   <si>
     <t xml:space="preserve">1711 SUPERIOR AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0015-0-0536-00</t>
@@ -5309,153 +4270,70 @@
   <si>
     <t xml:space="preserve">1848 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0635-00</t>
   </si>
   <si>
     <t>YEATON STEVEN LEE</t>
   </si>
   <si>
     <t xml:space="preserve">1710 NORTH BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0015-0-0636-00</t>
   </si>
   <si>
     <t>TERRY JIM &amp; CONNIE</t>
   </si>
   <si>
     <t xml:space="preserve">1714 NORTH BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0015-0-0690-00</t>
-[...74 lines deleted...]
-  <si>
     <t>A02-0002-0015-0-0760-00</t>
   </si>
   <si>
     <t>ROLYAT PROPERTIES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1880 KAUFFMAN AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0015-0-0767-00</t>
   </si>
   <si>
     <t>WETZEL MARY D</t>
   </si>
   <si>
     <t xml:space="preserve">1843 BURROWES BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0015-0-0773-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0002-0016-0-0021-00</t>
   </si>
   <si>
     <t>HODGE GARY E</t>
   </si>
   <si>
     <t xml:space="preserve">616 W FUNDERBURG RD  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0022-00</t>
   </si>
   <si>
     <t xml:space="preserve">616 W FUNDERBURG RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0025-00</t>
   </si>
   <si>
     <t>WANG XURI</t>
   </si>
   <si>
     <t xml:space="preserve">623 FAIRFIELD AVE  
 FAIRBORN OH 45324</t>
@@ -5477,204 +4355,95 @@
     <t xml:space="preserve">FAIRFIELD AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0028-00</t>
   </si>
   <si>
     <t xml:space="preserve">627 FAIRFIELD AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0029-00</t>
   </si>
   <si>
     <t xml:space="preserve">FAIRFIELD AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0035-00</t>
   </si>
   <si>
     <t xml:space="preserve">606 W FUNDERBURG RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0016-0-0050-00</t>
+    <t>A02-0002-0016-0-0051-00</t>
   </si>
   <si>
     <t>CONLEY JAMES &amp; JENNIFER SLAVEN</t>
   </si>
   <si>
-    <t xml:space="preserve">603 FAIRFIELD AVE  
-[...5 lines deleted...]
-  <si>
     <t>A02-0002-0016-0-0052-00</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0053-00</t>
-  </si>
-[...36 lines deleted...]
-FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0129-00</t>
   </si>
   <si>
     <t>DELEON RAUL DAVILA &amp; REBECCA DAVILA</t>
   </si>
   <si>
     <t xml:space="preserve">ZIMMERMAN RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0130-00</t>
   </si>
   <si>
     <t xml:space="preserve">1964 ZIMMERMAN RD  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0131-00</t>
   </si>
   <si>
     <t xml:space="preserve">ZIMMERMAN RD  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0132-00</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0133-00</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0134-00</t>
   </si>
   <si>
-    <t>A02-0002-0016-0-0139-00</t>
-[...62 lines deleted...]
-  <si>
     <t>A02-0002-0016-0-0248-00</t>
   </si>
   <si>
     <t>ROBINSON RICKY LEE</t>
   </si>
   <si>
     <t xml:space="preserve">1852 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0249-00</t>
   </si>
   <si>
     <t xml:space="preserve">1852 MONTGOMERY AVE  
 </t>
   </si>
   <si>
     <t>A02-0002-0016-0-0286-00</t>
   </si>
   <si>
     <t>ERVIN SCOTT ANTHONY</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0287-00</t>
   </si>
@@ -5697,228 +4466,143 @@
   </si>
   <si>
     <t>A02-0002-0016-0-0326-00</t>
   </si>
   <si>
     <t>ASBURY TERESA</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0327-00</t>
   </si>
   <si>
     <t xml:space="preserve">1872 MIAMI AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0348-00</t>
   </si>
   <si>
     <t xml:space="preserve">1887 1885 SUPERIOR AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0349-00</t>
   </si>
   <si>
-    <t>A02-0002-0016-0-0371-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0002-0016-0-0379-00</t>
   </si>
   <si>
     <t>KRB HOLDINGS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1853 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0380-00</t>
   </si>
   <si>
     <t>HOWARD KERRY &amp; JULIE ANN</t>
   </si>
   <si>
     <t xml:space="preserve">1857 MONTGOMERY AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0016-0-0382-00</t>
-[...12 lines deleted...]
-  <si>
     <t>A02-0002-0016-0-0423-00</t>
   </si>
   <si>
     <t>PROFITT ROBERT</t>
   </si>
   <si>
     <t xml:space="preserve">1863 RICE BLVD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0016-0-0461-00</t>
+    <t>A02-0002-0016-0-0462-00</t>
   </si>
   <si>
     <t>MITTELSTADT MELISSA</t>
-  </si>
-[...5 lines deleted...]
-    <t>A02-0002-0016-0-0462-00</t>
   </si>
   <si>
     <t xml:space="preserve">1882 STEWART BLVD  
 </t>
   </si>
   <si>
-    <t>A02-0002-0016-0-0469-00</t>
-[...11 lines deleted...]
-  <si>
     <t>A02-0002-0016-0-0493-00</t>
   </si>
   <si>
     <t>OHIO TACO SHOPS</t>
   </si>
   <si>
     <t>A02-0002-0016-0-0494-00</t>
   </si>
   <si>
     <t xml:space="preserve">1864 COL GLENN HWY  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0016-0-0536-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0002-0017-0-0006-00</t>
   </si>
   <si>
     <t>FOSTER JACK K</t>
   </si>
   <si>
     <t xml:space="preserve">1432 WILEY ST  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0017-0-0040-00</t>
-[...5 lines deleted...]
-  <si>
     <t>A02-0002-0018-0-0002-00</t>
   </si>
   <si>
     <t>LEWIS HENRY H &amp; LONA ZUE FAULKNER</t>
   </si>
   <si>
     <t xml:space="preserve">1754 LOWELL DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0021-0-0003-00</t>
   </si>
   <si>
     <t>GROZDITS GREGORY G</t>
   </si>
   <si>
     <t xml:space="preserve">215 BELLAIRE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0021-0-0053-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0002-0021-0-0113-00</t>
   </si>
   <si>
     <t>LOY RICHARD F</t>
   </si>
   <si>
     <t xml:space="preserve">281 FAIRWAY DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0021-0-0236-00</t>
-[...18 lines deleted...]
-  <si>
     <t>A02-0002-0022-0-0058-00</t>
   </si>
   <si>
     <t>PENNEWITT DANIEL G &amp; BRENDA S</t>
   </si>
   <si>
     <t xml:space="preserve">267 BOWMAN DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0022-0-0173-00</t>
   </si>
   <si>
     <t>POWLETTE SUSAN E</t>
   </si>
   <si>
     <t xml:space="preserve">1575 SOUTHLAWN DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0023-0-0097-00</t>
   </si>
   <si>
     <t>STEWART DAVID E ET AL</t>
   </si>
@@ -5962,266 +4646,172 @@
   <si>
     <t xml:space="preserve">2109 CHAPEL DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0027-1-0014-00</t>
   </si>
   <si>
     <t>COLLINS SHERRY F</t>
   </si>
   <si>
     <t xml:space="preserve">2117 CHAPEL DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0027-1-0025-00</t>
   </si>
   <si>
     <t>MENTZER DAMIEN</t>
   </si>
   <si>
     <t xml:space="preserve">419 WHITE ASH CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0027-3-0039-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-0002-0028-0-0011-00</t>
   </si>
   <si>
     <t>KOEHLER CHRISTINE S</t>
   </si>
   <si>
     <t xml:space="preserve">213 OXFORD DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0030-1-0071-00</t>
   </si>
   <si>
     <t>CENTNER MARY TERESA</t>
   </si>
   <si>
     <t xml:space="preserve">1396 SANZON DR  
-FAIRBORN OH 45324</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">1390 SANZON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0030-2-0008-00</t>
   </si>
   <si>
     <t>ROBINSON KEITH L &amp; JADA L</t>
   </si>
   <si>
     <t xml:space="preserve">1360 SANZON DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0030-4-0016-00</t>
   </si>
   <si>
     <t>NAGARA PROPERTIES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">2267 NUTMEG CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A02-0002-0032-0-0003-01</t>
   </si>
   <si>
     <t>ULTIMATE SHINE PROPCO LLC</t>
   </si>
   <si>
     <t xml:space="preserve">DAYTON YELLOW SPRING RD  
 </t>
   </si>
   <si>
     <t>A02-0002-0032-0-0031-01</t>
   </si>
   <si>
     <t>KRONOS LEGACY LLC</t>
   </si>
   <si>
     <t>A02-0002-0036-0-0125-00</t>
   </si>
   <si>
     <t>BROOKSTONE HOMEOWNERS ASSOCIATION</t>
   </si>
   <si>
     <t xml:space="preserve">BROOKSTONE DR  
 </t>
   </si>
   <si>
-    <t>A02-0002-0036-0-0131-00</t>
-[...18 lines deleted...]
-  <si>
     <t>A02-0002-0041-1-0003-00</t>
   </si>
   <si>
     <t>794 CINCY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">2342 RAIDER DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0046-0-0036-00</t>
-[...18 lines deleted...]
-  <si>
     <t>A02-0002-0054-0-0020-00</t>
   </si>
   <si>
     <t>FOSTER BRENT &amp; AMANDA</t>
   </si>
   <si>
     <t xml:space="preserve">420 BISHEA CT  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A02-0002-0054-0-0168-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A02-00054</t>
   </si>
   <si>
     <t>BORDERS MARK D.</t>
   </si>
   <si>
     <t>A02-00058</t>
   </si>
   <si>
-    <t>A02-00063</t>
-[...7 lines deleted...]
-  <si>
     <t>A02-00170</t>
   </si>
   <si>
     <t>KERNS MARY</t>
   </si>
   <si>
     <t xml:space="preserve">241 MADISON AVE  23</t>
   </si>
   <si>
     <t>A02-00218</t>
   </si>
   <si>
     <t>BARKER CATHY J</t>
   </si>
   <si>
     <t>420 OAKLAWN DR</t>
   </si>
   <si>
     <t>A02-00236</t>
   </si>
   <si>
     <t>BLACKMON DONNA</t>
   </si>
   <si>
     <t>439 OAKLAWN RD</t>
   </si>
   <si>
-    <t>A02-00293</t>
-[...13 lines deleted...]
-  <si>
     <t>A02-00505</t>
   </si>
   <si>
     <t>ALLEN JIMMIE M</t>
   </si>
   <si>
     <t xml:space="preserve">241 MADISON AVE  64</t>
   </si>
   <si>
     <t>A02-00714</t>
   </si>
   <si>
     <t>SPAHR KREIGH A</t>
   </si>
   <si>
     <t>1347 RHETT DR</t>
   </si>
   <si>
     <t>A02-00718</t>
   </si>
   <si>
     <t>ALLISON REBECCA M</t>
   </si>
   <si>
     <t>1373 THOMAS CT</t>
@@ -6250,237 +4840,168 @@
   <si>
     <t xml:space="preserve">1356 RHETT LN  CP1</t>
   </si>
   <si>
     <t>A02-00806</t>
   </si>
   <si>
     <t xml:space="preserve">493 HILLTOP DR  HT19</t>
   </si>
   <si>
     <t>A02-00819</t>
   </si>
   <si>
     <t>BEGLEY JODIE L</t>
   </si>
   <si>
     <t>449 HILLTOP DR</t>
   </si>
   <si>
     <t>A02-00838</t>
   </si>
   <si>
     <t xml:space="preserve">1332 RHETT LN  HP-2</t>
   </si>
   <si>
-    <t>A02-01002</t>
-[...7 lines deleted...]
-  <si>
     <t>A02-01031</t>
   </si>
   <si>
     <t>CALLISON GERALDINE M</t>
   </si>
   <si>
     <t>111 SOUTH POINT DR</t>
   </si>
   <si>
-    <t>A02-01036</t>
-[...7 lines deleted...]
-  <si>
     <t>A02-01055</t>
   </si>
   <si>
     <t>ARMSTRONG TERESA</t>
   </si>
   <si>
     <t>1349 SETTLERS TRAIL</t>
   </si>
   <si>
     <t>A02-01075</t>
   </si>
   <si>
     <t>KINCER CASSANDRA</t>
   </si>
   <si>
     <t xml:space="preserve">421 HILLTOP DR  HT-2</t>
   </si>
   <si>
     <t>A02-01113</t>
   </si>
   <si>
     <t>MORGAN MELISSA &amp; JAMES D</t>
   </si>
   <si>
     <t>A02-01160</t>
   </si>
   <si>
     <t>CLEVINGER DOUGLAS &amp; TAMMY SINE</t>
   </si>
   <si>
     <t>1310 SETTLERS TRL</t>
   </si>
   <si>
-    <t>A02-01186</t>
-[...7 lines deleted...]
-  <si>
     <t>A02-01203</t>
   </si>
   <si>
     <t>ESTEPP JACKIE &amp; WHITTINGTON CYNTHIA</t>
   </si>
   <si>
     <t>145 SOUTH POINT DR</t>
   </si>
   <si>
     <t>A02-01246</t>
   </si>
   <si>
     <t>MORGAN JANE E</t>
   </si>
   <si>
     <t>1313 RHETT LN</t>
   </si>
   <si>
-    <t>A02-01309</t>
-[...22 lines deleted...]
-  <si>
     <t>A02-01364</t>
   </si>
   <si>
     <t>STOUT CHARLES &amp; CAROL</t>
   </si>
   <si>
     <t>A02-01367</t>
   </si>
   <si>
     <t>RED OAK INC</t>
   </si>
   <si>
     <t>462 OAKLAWN DR</t>
   </si>
   <si>
     <t>A02-01420</t>
   </si>
   <si>
     <t>COPFER STEPHEN</t>
   </si>
   <si>
     <t>465 OAKLAWN DR</t>
   </si>
   <si>
-    <t>A02-01496</t>
-[...7 lines deleted...]
-  <si>
     <t>A02-01518</t>
   </si>
   <si>
     <t>FAIRBORN MOBILE HOMES INC</t>
   </si>
   <si>
     <t>459 HILLTOP DR</t>
   </si>
   <si>
     <t>A02-01549</t>
   </si>
   <si>
     <t>VINCE WAYNE &amp; PATRICIA</t>
   </si>
   <si>
     <t>174 FOREST ST</t>
   </si>
   <si>
     <t>A02-01570</t>
   </si>
   <si>
     <t>COLELLA ANGELA</t>
   </si>
   <si>
     <t>438 OAKLAWN DR</t>
   </si>
   <si>
     <t>A02-01573</t>
   </si>
   <si>
     <t>SCARAMUCCIA JANET</t>
   </si>
   <si>
     <t>221 PECAN ST</t>
-  </si>
-[...7 lines deleted...]
-    <t>356 RED OAK DR</t>
   </si>
   <si>
     <t>A02-01615</t>
   </si>
   <si>
     <t>BENAVIDES HUNTER</t>
   </si>
   <si>
     <t>326 RED OAK DR UNIT A</t>
   </si>
   <si>
     <t>A02-0999-0999-0-0005-01</t>
   </si>
   <si>
     <t>A02-0999-0999-0-0027-01</t>
   </si>
   <si>
     <t>BROADSLATE NETWORKS OF OHIO INC</t>
   </si>
   <si>
     <t>A02-0999-0999-0-0028-01</t>
   </si>
   <si>
     <t>GENUITY SOLUTIONS INC</t>
   </si>
@@ -6526,70 +5047,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F772" headerRowCount="1">
-  <autoFilter ref="A1:F772"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F585" headerRowCount="1">
+  <autoFilter ref="A1:F585"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=131&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=198&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=233&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=313&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=638&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=647&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=672&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=777&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=946&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83506&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1146&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1158&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1694&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84178&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84095&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84004&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83345&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84179&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83560&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84180&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84181&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83668&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83588&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84020&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84276&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84387&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84406&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2053&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2178&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2179&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2389&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2392&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2676&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2683&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2726&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2733&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2734&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2762&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2806&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2841&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2860&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2872&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2962&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2969&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3000&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3021&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3065&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3227&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3230&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3360&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3509&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3757&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3796&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3829&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3856&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3865&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3943&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3948&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4064&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4091&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4131&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4145&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4827&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5053&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5108&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5270&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5271&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5276&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5301&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5315&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5502&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5546&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5552&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5595&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5632&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5636&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5777&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5781&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5811&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5874&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5996&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6004&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6065&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6080&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6129&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6135&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6162&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6163&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6207&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6390&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6526&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6532&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6595&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7248&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7290&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7390&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7583&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7743&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7841&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8576&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8681&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8844&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8864&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9030&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9157&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9460&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9467&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9502&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9560&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9662&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9840&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9918&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9919&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9947&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10040&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10064&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10077&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10135&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10160&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10260&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10340&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10352&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10379&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10527&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10533&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10645&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10695&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10718&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10844&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10845&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10847&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10848&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10872&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10928&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10929&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10940&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11011&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11030&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11123&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11198&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11207&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11219&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11246&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11283&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11304&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11346&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11357&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11360&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11363&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11366&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11416&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11450&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11465&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11483&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11528&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11560&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11562&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11563&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11583&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11663&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11716&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11747&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11844&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11845&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11847&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11971&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11973&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11981&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12077&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12082&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12091&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12113&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12115&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12146&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12209&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12213&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12217&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12273&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12274&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12286&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12320&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12332&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12333&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12334&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12356&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12357&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12474&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12509&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12568&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12649&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12677&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12720&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12872&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13233&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14031&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14149&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14467&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14499&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15203&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15330&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16087&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83677&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83722&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83333&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83347&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83637&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83596&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83519&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84209&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83470&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84042&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83734&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84299&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84373&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84394&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84425&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84494&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16411&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16415&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=131&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=198&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=233&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=313&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=777&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=946&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83506&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1158&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1694&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84178&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84095&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84004&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83345&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84179&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83560&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84180&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84181&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83668&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83588&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84020&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84276&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84387&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84406&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2032&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2053&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2389&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2392&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2479&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2762&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2806&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2841&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2860&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2861&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2872&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=2969&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3227&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3230&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3509&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3757&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3862&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3865&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3943&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=3948&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4091&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4145&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4916&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=4954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5053&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5108&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5199&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5270&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5271&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5276&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5301&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5315&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5488&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5502&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5546&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5552&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5632&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5777&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5781&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5811&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5874&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=5976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6004&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6080&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6129&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6135&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6162&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6163&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6174&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6207&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6526&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6595&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=6795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7248&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7290&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7583&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7743&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=7842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8576&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8681&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8701&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8844&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8864&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=8976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9030&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9157&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9460&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9467&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9502&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9505&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9662&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9840&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9918&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9919&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9947&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=9980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10040&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10060&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10077&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10135&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10160&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10260&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10340&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10533&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10645&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10695&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10718&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10816&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10847&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10848&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10872&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10901&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10975&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=10976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11011&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11198&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11219&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11246&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11283&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11304&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11305&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11346&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11357&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11366&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11416&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11450&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11465&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11528&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11560&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11562&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11581&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11583&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11747&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11844&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11845&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11847&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11924&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11971&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11973&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11980&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11981&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=11982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12146&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12209&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12213&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12217&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12223&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12320&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12474&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12509&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12568&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12677&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12872&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=12959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=13966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14031&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14462&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14499&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=14715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15330&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=15939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83677&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83347&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83490&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83637&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83596&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83519&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84209&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83470&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84042&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84299&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84394&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84425&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84449&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84494&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16411&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=16415&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F772"/>
+  <dimension ref="A1:F585"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.558528900146484" customWidth="1"/>
     <col min="2" max="2" width="62.453887939453125" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="26.969892501831055" customWidth="1"/>
     <col min="5" max="5" width="11.245378494262695" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -6633,15413 +5154,11673 @@
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
         <v>0.83</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>1616.45</v>
+        <v>5456.47</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>5456.47</v>
+        <v>5331.27</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="3">
-        <v>5331.27</v>
+        <v>262.74</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="3">
-        <v>262.74</v>
+        <v>1869.17</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>0.03</v>
+        <v>9042.14</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="3">
-        <v>1869.17</v>
+        <v>6047.51</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="3">
-        <v>2984.05</v>
+        <v>7769.82</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="3">
-        <v>9042.14</v>
+        <v>5462.36</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="3">
-        <v>6047.51</v>
+        <v>22077.87</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="3">
-        <v>7769.82</v>
+        <v>5534.43</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="3">
-        <v>5462.36</v>
+        <v>242.84</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E15" s="3">
-        <v>22077.87</v>
+        <v>177.93</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E16" s="3">
-        <v>8895.63</v>
+        <v>44.53</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E17" s="3">
-        <v>0.12</v>
+        <v>45.71</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="E18" s="3">
-        <v>242.84</v>
+        <v>79.18</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E19" s="3">
-        <v>177.93</v>
+        <v>4308.71</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E20" s="3">
-        <v>44.53</v>
+        <v>1.19</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" s="3">
-        <v>45.71</v>
+        <v>3093.42</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="3">
-        <v>79.18</v>
+        <v>2599.35</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="3">
-        <v>5228.71</v>
+        <v>530.66</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="3">
-        <v>1.19</v>
+        <v>3418.3</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="3">
-        <v>5093.42</v>
+        <v>3100.16</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="3">
-        <v>2939.35</v>
+        <v>0.85</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E27" s="3">
-        <v>530.66</v>
+        <v>6.56</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" s="3">
-        <v>6.14</v>
+        <v>675.49</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="E29" s="3">
-        <v>44.57</v>
+        <v>1001.8</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="E30" s="3">
-        <v>0.23</v>
+        <v>863.91</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="E31" s="3">
-        <v>59.94</v>
+        <v>2113.95</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="E32" s="3">
-        <v>3418.3</v>
+        <v>866.83</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="E33" s="3">
-        <v>3100.16</v>
+        <v>6.18</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="E34" s="3">
-        <v>0.85</v>
+        <v>1.08</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="E35" s="3">
-        <v>6.56</v>
+        <v>5440.55</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="E36" s="3">
-        <v>675.49</v>
+        <v>844.59</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E37" s="3">
-        <v>1001.8</v>
+        <v>1366.42</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D38" s="2" t="s">
-        <v>108</v>
+      <c r="D38" s="0" t="s">
+        <v>104</v>
       </c>
       <c r="E38" s="3">
-        <v>863.91</v>
+        <v>1007.48</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E39" s="3">
-        <v>2113.95</v>
+        <v>2746.46</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B40" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="3">
-        <v>1866.83</v>
+        <v>704.77</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>68</v>
+        <v>112</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E41" s="3">
-        <v>6.18</v>
+        <v>2650.99</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>68</v>
+        <v>112</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E42" s="3">
-        <v>1.08</v>
+        <v>596.13</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="B43" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E43" s="3">
-        <v>247.86</v>
+        <v>611.48</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="B44" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E44" s="3">
-        <v>5440.55</v>
+        <v>224.72</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E45" s="3">
-        <v>844.59</v>
+        <v>67.31</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E46" s="3">
-        <v>127.03</v>
+        <v>662.01</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E47" s="3">
-        <v>1366.42</v>
+        <v>8.97</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D48" s="0" t="s">
-        <v>132</v>
+      <c r="D48" s="2" t="s">
+        <v>133</v>
       </c>
       <c r="E48" s="3">
-        <v>1007.48</v>
+        <v>3401.86</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E49" s="3">
-        <v>4428.75</v>
+        <v>6004.91</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E50" s="3">
-        <v>704.77</v>
+        <v>5927.46</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E51" s="3">
-        <v>13874.05</v>
+        <v>1337.03</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E52" s="3">
-        <v>5538.02</v>
+        <v>11075.19</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>147</v>
       </c>
       <c r="E53" s="3">
-        <v>2650.99</v>
+        <v>635.9</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E54" s="3">
-        <v>596.13</v>
+        <v>2896.49</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E55" s="3">
-        <v>711.48</v>
+        <v>894.22</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>155</v>
       </c>
       <c r="E56" s="3">
-        <v>224.72</v>
+        <v>6158.3</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="D57" s="0" t="s">
         <v>158</v>
       </c>
       <c r="E57" s="3">
-        <v>67.31</v>
+        <v>153.66</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D58" s="2" t="s">
+      <c r="D58" s="0" t="s">
         <v>161</v>
       </c>
       <c r="E58" s="3">
-        <v>662.01</v>
+        <v>1662.32</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D59" s="2" t="s">
+      <c r="D59" s="0" t="s">
         <v>164</v>
       </c>
       <c r="E59" s="3">
-        <v>8.97</v>
+        <v>670.27</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D60" s="2" t="s">
+      <c r="D60" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E60" s="3">
-        <v>3401.86</v>
+        <v>533.78</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D61" s="2" t="s">
+      <c r="D61" s="0" t="s">
         <v>170</v>
       </c>
       <c r="E61" s="3">
-        <v>6004.91</v>
+        <v>1698.65</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D62" s="2" t="s">
+      <c r="D62" s="0" t="s">
         <v>173</v>
       </c>
       <c r="E62" s="3">
-        <v>5927.46</v>
+        <v>2480.13</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D63" s="2" t="s">
+      <c r="D63" s="0" t="s">
         <v>176</v>
       </c>
       <c r="E63" s="3">
-        <v>1337.03</v>
+        <v>1611.7</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D64" s="2" t="s">
+      <c r="D64" s="0" t="s">
         <v>179</v>
       </c>
       <c r="E64" s="3">
-        <v>11075.19</v>
+        <v>971.63</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D65" s="2" t="s">
-        <v>181</v>
+      <c r="D65" s="0" t="s">
+        <v>182</v>
       </c>
       <c r="E65" s="3">
-        <v>635.9</v>
+        <v>710.12</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D66" s="2" t="s">
-        <v>184</v>
+      <c r="D66" s="0" t="s">
+        <v>185</v>
       </c>
       <c r="E66" s="3">
-        <v>2896.49</v>
+        <v>922.49</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>186</v>
+        <v>166</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D67" s="2" t="s">
+      <c r="D67" s="0" t="s">
         <v>187</v>
       </c>
       <c r="E67" s="3">
-        <v>894.22</v>
+        <v>104.92</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D68" s="2" t="s">
-        <v>189</v>
+      <c r="D68" s="0" t="s">
+        <v>190</v>
       </c>
       <c r="E68" s="3">
-        <v>6158.3</v>
+        <v>904.82</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>192</v>
+        <v>161</v>
       </c>
       <c r="E69" s="3">
-        <v>153.66</v>
+        <v>1544.45</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E70" s="3">
-        <v>1662.32</v>
+        <v>1974</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="B71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>198</v>
+        <v>161</v>
       </c>
       <c r="E71" s="3">
-        <v>670.27</v>
+        <v>260.93</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="B72" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E72" s="3">
-        <v>533.78</v>
+        <v>2486.68</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" s="3">
-        <v>1698.65</v>
+        <v>1814.91</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>207</v>
+        <v>161</v>
       </c>
       <c r="E74" s="3">
-        <v>2480.13</v>
+        <v>1551.66</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="E75" s="3">
-        <v>1611.7</v>
+        <v>2450.46</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="E76" s="3">
-        <v>971.63</v>
+        <v>2188.89</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E77" s="3">
-        <v>710.12</v>
+        <v>904.9</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="E78" s="3">
-        <v>922.49</v>
+        <v>1903.23</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="E79" s="3">
-        <v>104.92</v>
+        <v>2319.28</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>224</v>
+        <v>161</v>
       </c>
       <c r="E80" s="3">
-        <v>904.82</v>
+        <v>1927.46</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>195</v>
+        <v>224</v>
       </c>
       <c r="E81" s="3">
-        <v>1544.45</v>
+        <v>1719.59</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E82" s="3">
-        <v>1974</v>
+        <v>1786.04</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E83" s="3">
-        <v>260.93</v>
+        <v>3536.51</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>233</v>
+        <v>161</v>
       </c>
       <c r="E84" s="3">
-        <v>2486.68</v>
+        <v>1329.13</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>235</v>
+        <v>166</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E85" s="3">
-        <v>1814.91</v>
+        <v>649.85</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>195</v>
+        <v>235</v>
       </c>
       <c r="E86" s="3">
-        <v>1551.66</v>
+        <v>169.23</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="E87" s="3">
-        <v>2450.46</v>
+        <v>2055.58</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="E88" s="3">
-        <v>2188.89</v>
+        <v>1942.95</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E89" s="3">
-        <v>904.9</v>
+        <v>2335.93</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="E90" s="3">
-        <v>1903.23</v>
+        <v>1955.47</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>253</v>
+        <v>161</v>
       </c>
       <c r="E91" s="3">
-        <v>2319.28</v>
+        <v>2761.86</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>195</v>
+        <v>252</v>
       </c>
       <c r="E92" s="3">
-        <v>1927.46</v>
+        <v>8710.52</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>258</v>
+        <v>161</v>
       </c>
       <c r="E93" s="3">
-        <v>1719.59</v>
+        <v>2275.24</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E94" s="3">
-        <v>1786.04</v>
+        <v>1961.56</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>195</v>
+        <v>259</v>
       </c>
       <c r="E95" s="3">
-        <v>3536.51</v>
+        <v>2328.61</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E96" s="3">
-        <v>1329.13</v>
+        <v>176.07</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>200</v>
+        <v>263</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>266</v>
+        <v>161</v>
       </c>
       <c r="E97" s="3">
-        <v>649.85</v>
+        <v>3052.45</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>269</v>
+        <v>161</v>
       </c>
       <c r="E98" s="3">
-        <v>169.23</v>
+        <v>2390.26</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>272</v>
+        <v>161</v>
       </c>
       <c r="E99" s="3">
-        <v>2055.58</v>
+        <v>1568.58</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>275</v>
+        <v>161</v>
       </c>
       <c r="E100" s="3">
-        <v>1942.95</v>
+        <v>1029.48</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>278</v>
+        <v>161</v>
       </c>
       <c r="E101" s="3">
-        <v>2335.93</v>
+        <v>11275.05</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="E102" s="3">
-        <v>1955.47</v>
+        <v>2279.31</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E103" s="3">
-        <v>2761.86</v>
+        <v>7124.98</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="E104" s="3">
-        <v>8710.52</v>
+        <v>2838.68</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E105" s="3">
-        <v>2275.24</v>
+        <v>512.57</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>195</v>
+        <v>284</v>
       </c>
       <c r="E106" s="3">
-        <v>1961.56</v>
+        <v>262.35</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="E107" s="3">
-        <v>2328.61</v>
+        <v>2144.67</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E108" s="3">
-        <v>176.07</v>
+        <v>485.85</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E109" s="3">
-        <v>3052.45</v>
+        <v>9979.75</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>195</v>
+        <v>294</v>
       </c>
       <c r="E110" s="3">
-        <v>2390.26</v>
+        <v>1796.86</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>195</v>
+        <v>297</v>
       </c>
       <c r="E111" s="3">
-        <v>1568.58</v>
+        <v>2542.38</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E112" s="3">
-        <v>1029.48</v>
+        <v>6072.98</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E113" s="3">
-        <v>11275.05</v>
+        <v>9775.85</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="E114" s="3">
-        <v>2279.31</v>
+        <v>79.18</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>195</v>
+        <v>307</v>
       </c>
       <c r="E115" s="3">
-        <v>7124.98</v>
+        <v>1196.55</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>312</v>
+        <v>166</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="E116" s="3">
-        <v>2838.68</v>
+        <v>739.86</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>195</v>
+        <v>312</v>
       </c>
       <c r="E117" s="3">
-        <v>512.57</v>
+        <v>1334.26</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="E118" s="3">
-        <v>262.35</v>
+        <v>3485.93</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>321</v>
+        <v>161</v>
       </c>
       <c r="E119" s="3">
-        <v>2144.67</v>
+        <v>13453.62</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>195</v>
+        <v>320</v>
       </c>
       <c r="E120" s="3">
-        <v>485.85</v>
+        <v>1204.06</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>325</v>
+        <v>303</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>195</v>
+        <v>322</v>
       </c>
       <c r="E121" s="3">
-        <v>9979.75</v>
+        <v>285.56</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>327</v>
+        <v>206</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="E122" s="3">
-        <v>1796.86</v>
+        <v>2973.74</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="E123" s="3">
-        <v>2542.38</v>
+        <v>1288.4</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E124" s="3">
-        <v>6072.98</v>
+        <v>1546.11</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E125" s="3">
-        <v>9775.85</v>
+        <v>6462.5</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>337</v>
+        <v>303</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="E126" s="3">
-        <v>79.18</v>
+        <v>97.78</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>341</v>
+        <v>161</v>
       </c>
       <c r="E127" s="3">
-        <v>1196.55</v>
+        <v>8166.78</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>200</v>
+        <v>166</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="E128" s="3">
-        <v>739.86</v>
+        <v>456.56</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="E129" s="3">
-        <v>1334.26</v>
+        <v>2007.21</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>349</v>
+        <v>161</v>
       </c>
       <c r="E130" s="3">
-        <v>3485.93</v>
+        <v>1239.53</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>195</v>
+        <v>345</v>
       </c>
       <c r="E131" s="3">
-        <v>13453.62</v>
+        <v>117.43</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="E132" s="3">
-        <v>1204.06</v>
+        <v>2110.71</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>356</v>
+        <v>161</v>
       </c>
       <c r="E133" s="3">
-        <v>285.56</v>
+        <v>2402.82</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>240</v>
+        <v>352</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="E134" s="3">
-        <v>2973.74</v>
+        <v>1770.89</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>361</v>
+        <v>161</v>
       </c>
       <c r="E135" s="3">
-        <v>1288.4</v>
+        <v>1598.51</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E136" s="3">
-        <v>1546.11</v>
+        <v>2557.13</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>365</v>
+        <v>303</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>195</v>
+        <v>359</v>
       </c>
       <c r="E137" s="3">
-        <v>6462.5</v>
+        <v>118.44</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>337</v>
+        <v>361</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="E138" s="3">
-        <v>97.78</v>
+        <v>1876.09</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>369</v>
+        <v>303</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>195</v>
+        <v>364</v>
       </c>
       <c r="E139" s="3">
-        <v>8166.78</v>
+        <v>136.85</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>200</v>
+        <v>366</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="E140" s="3">
-        <v>456.56</v>
+        <v>2299.54</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="E141" s="3">
-        <v>2007.21</v>
+        <v>1924.48</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>195</v>
+        <v>373</v>
       </c>
       <c r="E142" s="3">
-        <v>1239.53</v>
+        <v>816.3</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="E143" s="3">
-        <v>117.43</v>
+        <v>2483.21</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="E144" s="3">
-        <v>2110.71</v>
+        <v>855.57</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>195</v>
+        <v>382</v>
       </c>
       <c r="E145" s="3">
-        <v>2402.82</v>
+        <v>3824.08</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D146" s="0" t="s">
         <v>385</v>
       </c>
-      <c r="B146" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E146" s="3">
-        <v>1770.89</v>
+        <v>2857.54</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="B147" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E147" s="3">
-        <v>1598.51</v>
+        <v>68.02</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B148" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="B148" s="0" t="s">
+      <c r="C148" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D148" s="0" t="s">
         <v>391</v>
       </c>
-      <c r="C148" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E148" s="3">
-        <v>2557.13</v>
+        <v>1115.36</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>337</v>
+        <v>393</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E149" s="3">
-        <v>118.44</v>
+        <v>261.99</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E150" s="3">
-        <v>1876.09</v>
+        <v>5221.07</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>337</v>
+        <v>399</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E151" s="3">
-        <v>136.85</v>
+        <v>67.2</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="E152" s="3">
-        <v>2299.54</v>
+        <v>2078.92</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E153" s="3">
-        <v>1924.48</v>
+        <v>146.39</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>406</v>
+        <v>303</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E154" s="3">
-        <v>816.3</v>
+        <v>490.07</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E155" s="3">
-        <v>2483.21</v>
+        <v>916.77</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>412</v>
+        <v>303</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>413</v>
       </c>
       <c r="E156" s="3">
-        <v>855.57</v>
+        <v>108.05</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>414</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>415</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>416</v>
       </c>
       <c r="E157" s="3">
-        <v>3824.08</v>
+        <v>1216.06</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>417</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>418</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>419</v>
       </c>
       <c r="E158" s="3">
-        <v>2857.54</v>
+        <v>3571.99</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>422</v>
       </c>
       <c r="E159" s="3">
-        <v>68.02</v>
+        <v>15790.6</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B160" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="C160" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E160" s="3">
-        <v>1115.36</v>
+        <v>6945.57</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="B161" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="B161" s="0" t="s">
+      <c r="C161" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="C161" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E161" s="3">
-        <v>261.99</v>
+        <v>10879.5</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="B162" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D162" s="0" t="s">
-        <v>431</v>
+      <c r="D162" s="2" t="s">
+        <v>427</v>
       </c>
       <c r="E162" s="3">
-        <v>5221.07</v>
+        <v>1393.09</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D163" s="0" t="s">
-        <v>434</v>
+      <c r="D163" s="2" t="s">
+        <v>427</v>
       </c>
       <c r="E163" s="3">
-        <v>67.2</v>
+        <v>166623.37</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D164" s="0" t="s">
-        <v>437</v>
+      <c r="D164" s="2" t="s">
+        <v>434</v>
       </c>
       <c r="E164" s="3">
-        <v>2078.92</v>
+        <v>65901.03</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D165" s="0" t="s">
-        <v>440</v>
+      <c r="D165" s="2" t="s">
+        <v>437</v>
       </c>
       <c r="E165" s="3">
-        <v>146.39</v>
+        <v>7771.91</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>337</v>
+        <v>439</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D166" s="0" t="s">
-        <v>442</v>
+      <c r="D166" s="2" t="s">
+        <v>440</v>
       </c>
       <c r="E166" s="3">
-        <v>490.07</v>
+        <v>1109</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="2" t="s">
         <v>443</v>
       </c>
-      <c r="B167" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E167" s="3">
-        <v>916.77</v>
+        <v>129.92</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="B168" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E168" s="3">
-        <v>108.05</v>
+        <v>2770.27</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>448</v>
       </c>
-      <c r="B169" s="0" t="s">
+      <c r="C169" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" s="2" t="s">
         <v>449</v>
       </c>
-      <c r="C169" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E169" s="3">
-        <v>1216.06</v>
+        <v>1418.25</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="2" t="s">
         <v>451</v>
       </c>
-      <c r="B170" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E170" s="3">
-        <v>3571.99</v>
+        <v>9.18</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="2" t="s">
         <v>454</v>
       </c>
-      <c r="B171" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E171" s="3">
-        <v>15790.6</v>
+        <v>479.99</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="B172" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E172" s="3">
-        <v>6945.57</v>
+        <v>7665.28</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="B173" s="0" t="s">
         <v>459</v>
       </c>
-      <c r="B173" s="0" t="s">
+      <c r="C173" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="C173" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E173" s="3">
-        <v>10879.5</v>
+        <v>2421.81</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>462</v>
       </c>
-      <c r="B174" s="0" t="s">
+      <c r="C174" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" s="2" t="s">
         <v>463</v>
       </c>
-      <c r="C174" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E174" s="3">
-        <v>1393.09</v>
+        <v>4683.45</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
         <v>464</v>
       </c>
       <c r="B175" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D175" s="2" t="s">
         <v>465</v>
       </c>
-      <c r="C175" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E175" s="3">
-        <v>166623.37</v>
+        <v>248</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
         <v>466</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>467</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>468</v>
       </c>
       <c r="E176" s="3">
-        <v>65901.03</v>
+        <v>15162.08</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
         <v>469</v>
       </c>
       <c r="B177" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D177" s="2" t="s">
         <v>470</v>
       </c>
-      <c r="C177" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E177" s="3">
-        <v>8171.91</v>
+        <v>1742.95</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="B178" s="0" t="s">
         <v>472</v>
       </c>
-      <c r="B178" s="0" t="s">
+      <c r="C178" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D178" s="2" t="s">
         <v>473</v>
       </c>
-      <c r="C178" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E178" s="3">
-        <v>1109</v>
+        <v>3033.2</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="B179" s="0" t="s">
         <v>475</v>
       </c>
-      <c r="B179" s="0" t="s">
+      <c r="C179" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D179" s="2" t="s">
         <v>476</v>
       </c>
-      <c r="C179" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E179" s="3">
-        <v>729.92</v>
+        <v>4757.8</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" s="2" t="s">
         <v>478</v>
       </c>
-      <c r="B180" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E180" s="3">
-        <v>2770.27</v>
+        <v>11255.96</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="B181" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E181" s="3">
-        <v>1618.25</v>
+        <v>1801.33</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D182" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="B182" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E182" s="3">
-        <v>9.18</v>
+        <v>808.7</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B183" s="0" t="s">
         <v>486</v>
       </c>
-      <c r="B183" s="0" t="s">
+      <c r="C183" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D183" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="C183" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E183" s="3">
-        <v>1179.99</v>
+        <v>513.52</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="B184" s="0" t="s">
         <v>489</v>
       </c>
-      <c r="B184" s="0" t="s">
+      <c r="C184" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="C184" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E184" s="3">
-        <v>23.5</v>
+        <v>2900.15</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D185" s="2" t="s">
         <v>492</v>
       </c>
-      <c r="B185" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E185" s="3">
-        <v>859.34</v>
+        <v>741.09</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="B186" s="0" t="s">
         <v>494</v>
       </c>
-      <c r="B186" s="0" t="s">
+      <c r="C186" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D186" s="2" t="s">
         <v>495</v>
       </c>
-      <c r="C186" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E186" s="3">
-        <v>7665.28</v>
+        <v>2657.17</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="B187" s="0" t="s">
         <v>497</v>
       </c>
-      <c r="B187" s="0" t="s">
+      <c r="C187" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D187" s="2" t="s">
         <v>498</v>
       </c>
-      <c r="C187" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E187" s="3">
-        <v>2911.81</v>
+        <v>735.61</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="B188" s="0" t="s">
         <v>500</v>
       </c>
-      <c r="B188" s="0" t="s">
+      <c r="C188" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D188" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="C188" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E188" s="3">
-        <v>711.02</v>
+        <v>1323.14</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="B189" s="0" t="s">
         <v>503</v>
       </c>
-      <c r="B189" s="0" t="s">
+      <c r="C189" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="2" t="s">
         <v>504</v>
       </c>
-      <c r="C189" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E189" s="3">
-        <v>5140.45</v>
+        <v>2984.56</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="B190" s="0" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D190" s="2" t="s">
         <v>507</v>
       </c>
       <c r="E190" s="3">
-        <v>248</v>
+        <v>36778.02</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
         <v>508</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>509</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>510</v>
       </c>
       <c r="E191" s="3">
-        <v>17527.27</v>
+        <v>581.65</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
         <v>511</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="2" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E192" s="3">
-        <v>1742.95</v>
+        <v>53161.43</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="2" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E193" s="3">
-        <v>3033.2</v>
+        <v>1273.71</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>517</v>
+        <v>436</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>518</v>
       </c>
       <c r="E194" s="3">
-        <v>4757.8</v>
+        <v>47.35</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>519</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>517</v>
+        <v>436</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>520</v>
       </c>
       <c r="E195" s="3">
-        <v>11255.96</v>
+        <v>2725.11</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>521</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D196" s="2" t="s">
         <v>523</v>
       </c>
       <c r="E196" s="3">
-        <v>1801.33</v>
+        <v>2381.29</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
         <v>524</v>
       </c>
       <c r="B197" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D197" s="2" t="s">
         <v>525</v>
       </c>
-      <c r="C197" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E197" s="3">
-        <v>808.7</v>
+        <v>208.01</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>527</v>
       </c>
-      <c r="B198" s="0" t="s">
+      <c r="C198" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D198" s="2" t="s">
         <v>528</v>
       </c>
-      <c r="C198" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E198" s="3">
-        <v>166.72</v>
+        <v>76.28</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="B199" s="0" t="s">
         <v>530</v>
       </c>
-      <c r="B199" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D199" s="2" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="E199" s="3">
-        <v>61.63</v>
+        <v>1220.71</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="2" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="E200" s="3">
-        <v>513.52</v>
+        <v>1220.7</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="2" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="E201" s="3">
-        <v>62.47</v>
+        <v>31963.97</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D202" s="2" t="s">
         <v>538</v>
       </c>
-      <c r="B202" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E202" s="3">
-        <v>151.25</v>
+        <v>1183.64</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D203" s="2" t="s">
         <v>541</v>
       </c>
-      <c r="B203" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E203" s="3">
-        <v>38.01</v>
+        <v>353.91</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>543</v>
       </c>
-      <c r="B204" s="0" t="s">
+      <c r="C204" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D204" s="2" t="s">
         <v>544</v>
       </c>
-      <c r="C204" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E204" s="3">
-        <v>117.55</v>
+        <v>1295.07</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="B205" s="0" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D205" s="2" t="s">
         <v>547</v>
       </c>
       <c r="E205" s="3">
-        <v>49.7</v>
+        <v>1611.39</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
         <v>548</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>549</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="2" t="s">
         <v>550</v>
       </c>
       <c r="E206" s="3">
-        <v>3425.15</v>
+        <v>964.03</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
         <v>551</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>549</v>
+        <v>512</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D207" s="2" t="s">
         <v>552</v>
       </c>
       <c r="E207" s="3">
-        <v>841.09</v>
+        <v>43781.09</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>553</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>554</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="2" t="s">
         <v>555</v>
       </c>
       <c r="E208" s="3">
-        <v>2657.17</v>
+        <v>1475.26</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>556</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>557</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>558</v>
       </c>
       <c r="E209" s="3">
-        <v>719.09</v>
+        <v>4781.66</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
         <v>559</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>560</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D210" s="2" t="s">
         <v>561</v>
       </c>
       <c r="E210" s="3">
-        <v>735.61</v>
+        <v>2274.87</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
         <v>562</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>563</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D211" s="2" t="s">
         <v>564</v>
       </c>
       <c r="E211" s="3">
-        <v>1423.14</v>
+        <v>1821.14</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
         <v>565</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>566</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>567</v>
       </c>
       <c r="E212" s="3">
-        <v>3184.56</v>
+        <v>3475.56</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
         <v>568</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>531</v>
+        <v>569</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D213" s="2" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E213" s="3">
-        <v>49.7</v>
+        <v>43780.36</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>531</v>
+        <v>569</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D214" s="2" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E214" s="3">
-        <v>82.76</v>
+        <v>1635.51</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D215" s="2" t="s">
         <v>572</v>
       </c>
-      <c r="B215" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E215" s="3">
-        <v>36778.02</v>
+        <v>2055.25</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="B216" s="0" t="s">
         <v>575</v>
       </c>
-      <c r="B216" s="0" t="s">
+      <c r="C216" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D216" s="2" t="s">
         <v>576</v>
       </c>
-      <c r="C216" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E216" s="3">
-        <v>581.65</v>
+        <v>5596.11</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="B217" s="0" t="s">
         <v>578</v>
       </c>
-      <c r="B217" s="0" t="s">
+      <c r="C217" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D217" s="2" t="s">
         <v>579</v>
       </c>
-      <c r="C217" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E217" s="3">
-        <v>53161.43</v>
+        <v>580.58</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="B218" s="0" t="s">
         <v>581</v>
       </c>
-      <c r="B218" s="0" t="s">
+      <c r="C218" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D218" s="2" t="s">
         <v>582</v>
       </c>
-      <c r="C218" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E218" s="3">
-        <v>1473.71</v>
+        <v>2010.04</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="B219" s="0" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D219" s="2" t="s">
         <v>585</v>
       </c>
       <c r="E219" s="3">
-        <v>47.35</v>
+        <v>16.98</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>586</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>470</v>
+        <v>587</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D220" s="2" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E220" s="3">
-        <v>3425.11</v>
+        <v>27605.99</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D221" s="2" t="s">
-        <v>590</v>
+        <v>476</v>
       </c>
       <c r="E221" s="3">
-        <v>2381.29</v>
+        <v>5118.3</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B222" s="0" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D222" s="2" t="s">
         <v>592</v>
       </c>
       <c r="E222" s="3">
-        <v>208.01</v>
+        <v>1716.14</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
         <v>593</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>594</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D223" s="2" t="s">
         <v>595</v>
       </c>
       <c r="E223" s="3">
-        <v>519.73</v>
+        <v>4269.63</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
         <v>596</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>597</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>598</v>
       </c>
       <c r="E224" s="3">
-        <v>76.28</v>
+        <v>5296.63</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
         <v>599</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>600</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D225" s="2" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="E225" s="3">
-        <v>1220.71</v>
+        <v>56758.57</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D226" s="2" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E226" s="3">
-        <v>1220.7</v>
+        <v>14458.01</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D227" s="2" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="E227" s="3">
-        <v>31963.97</v>
+        <v>3184.87</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D228" s="2" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="E228" s="3">
-        <v>9.17</v>
+        <v>0.72</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D229" s="2" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="E229" s="3">
-        <v>13.98</v>
+        <v>11169.03</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>607</v>
+        <v>71</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="2" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="E230" s="3">
-        <v>3.41</v>
+        <v>2355.18</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D231" s="2" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="E231" s="3">
-        <v>35.02</v>
+        <v>1511.84</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D232" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="E232" s="3">
-        <v>1183.64</v>
+        <v>9376.76</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D233" s="2" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="E233" s="3">
-        <v>379.13</v>
+        <v>1411.71</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>622</v>
+        <v>512</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D234" s="2" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="E234" s="3">
-        <v>1001.12</v>
+        <v>31401.71</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>607</v>
+        <v>628</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D235" s="2" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="E235" s="3">
-        <v>36.45</v>
+        <v>1648.35</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>607</v>
+        <v>631</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D236" s="2" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="E236" s="3">
-        <v>26.51</v>
+        <v>5926.17</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>607</v>
+        <v>634</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D237" s="2" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="E237" s="3">
-        <v>7.5</v>
+        <v>1011.81</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>531</v>
+        <v>637</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D238" s="2" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="E238" s="3">
-        <v>57.4</v>
+        <v>35.25</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D239" s="2" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="E239" s="3">
-        <v>353.91</v>
+        <v>15155.32</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D240" s="2" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="E240" s="3">
-        <v>1295.07</v>
+        <v>2059.4</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D241" s="2" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="E241" s="3">
-        <v>2024.65</v>
+        <v>747.15</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="2" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="E242" s="3">
-        <v>1611.39</v>
+        <v>4155.36</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>645</v>
+        <v>581</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D243" s="2" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="E243" s="3">
-        <v>964.03</v>
+        <v>3521.45</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>622</v>
+        <v>653</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D244" s="2" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="E244" s="3">
-        <v>10.8</v>
+        <v>41.05</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>607</v>
+        <v>656</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D245" s="2" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="E245" s="3">
-        <v>3.83</v>
+        <v>301.09</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>579</v>
+        <v>659</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D246" s="2" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="E246" s="3">
-        <v>43781.09</v>
+        <v>700.14</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D247" s="2" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="E247" s="3">
-        <v>1475.26</v>
+        <v>47563.77</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D248" s="2" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="E248" s="3">
-        <v>4781.66</v>
+        <v>722.59</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D249" s="2" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="E249" s="3">
-        <v>2274.87</v>
+        <v>215.75</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D250" s="2" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="E250" s="3">
-        <v>1821.14</v>
+        <v>1600.13</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D251" s="2" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="E251" s="3">
-        <v>3475.56</v>
+        <v>762.52</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D252" s="2" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="E252" s="3">
-        <v>2533.04</v>
+        <v>2559.84</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>672</v>
+        <v>512</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D253" s="2" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="E253" s="3">
-        <v>43780.36</v>
+        <v>38799.61</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D254" s="2" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="E254" s="3">
-        <v>1635.51</v>
+        <v>25673.43</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>672</v>
+        <v>685</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D255" s="2" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="E255" s="3">
-        <v>2055.25</v>
+        <v>6657.09</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>678</v>
+        <v>665</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D256" s="2" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="E256" s="3">
-        <v>5596.11</v>
+        <v>332.31</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>681</v>
+        <v>665</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D257" s="2" t="s">
-        <v>682</v>
+        <v>672</v>
       </c>
       <c r="E257" s="3">
-        <v>580.58</v>
+        <v>182.79</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>684</v>
+        <v>645</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D258" s="2" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="E258" s="3">
-        <v>2760.04</v>
+        <v>223.64</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>687</v>
+        <v>512</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D259" s="2" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="E259" s="3">
-        <v>24.26</v>
+        <v>47289.45</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D260" s="2" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="E260" s="3">
-        <v>16.98</v>
+        <v>70531.3</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D261" s="2" t="s">
-        <v>187</v>
+        <v>699</v>
       </c>
       <c r="E261" s="3">
-        <v>0.06</v>
+        <v>1660.53</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D262" s="2" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="E262" s="3">
-        <v>15867.4</v>
+        <v>103.5</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D263" s="2" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="E263" s="3">
-        <v>247.72</v>
+        <v>3815.33</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D264" s="2" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="E264" s="3">
-        <v>27605.99</v>
+        <v>4618.83</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>699</v>
+        <v>710</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D265" s="2" t="s">
-        <v>518</v>
+        <v>711</v>
       </c>
       <c r="E265" s="3">
-        <v>5118.3</v>
+        <v>7290.46</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D266" s="2" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="E266" s="3">
-        <v>1716.14</v>
+        <v>2246.48</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>706</v>
+        <v>512</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D267" s="2" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="E267" s="3">
-        <v>4969.63</v>
+        <v>32189.48</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D268" s="2" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="E268" s="3">
-        <v>5296.63</v>
+        <v>11487.96</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>711</v>
+        <v>720</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>712</v>
+        <v>120</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D269" s="2" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="E269" s="3">
-        <v>1025.48</v>
+        <v>240.69</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D270" s="2" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="E270" s="3">
-        <v>18.05</v>
+        <v>1268.67</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>718</v>
+        <v>512</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D271" s="2" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="E271" s="3">
-        <v>82.59</v>
+        <v>41154.76</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D272" s="2" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="E272" s="3">
-        <v>56758.57</v>
+        <v>1905.41</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D273" s="2" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="E273" s="3">
-        <v>14458.01</v>
+        <v>779.8</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D274" s="2" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="E274" s="3">
-        <v>3184.87</v>
+        <v>1564.06</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D275" s="2" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="E275" s="3">
-        <v>1141.38</v>
+        <v>2215.24</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>733</v>
+        <v>120</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D276" s="2" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="E276" s="3">
-        <v>2978.72</v>
+        <v>245.85</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D277" s="2" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="E277" s="3">
-        <v>11169.03</v>
+        <v>1675.54</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D278" s="2" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="E278" s="3">
-        <v>2355.18</v>
+        <v>277.84</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>715</v>
+        <v>747</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D279" s="2" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="E279" s="3">
-        <v>10.33</v>
+        <v>1478.34</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>743</v>
+        <v>512</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D280" s="2" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="E280" s="3">
-        <v>1686.84</v>
+        <v>31423.61</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D281" s="2" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="E281" s="3">
-        <v>9376.76</v>
+        <v>1648.11</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D282" s="2" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="E282" s="3">
-        <v>1411.71</v>
+        <v>1006.52</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>579</v>
+        <v>752</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D283" s="2" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="E283" s="3">
-        <v>31401.71</v>
+        <v>932.83</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D284" s="2" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="E284" s="3">
-        <v>5.08</v>
+        <v>3483.39</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D285" s="2" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="E285" s="3">
-        <v>93.62</v>
+        <v>48678.6</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D286" s="2" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="E286" s="3">
-        <v>1648.35</v>
+        <v>5489.48</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D287" s="2" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="E287" s="3">
-        <v>5926.17</v>
+        <v>1537.5</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D288" s="2" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="E288" s="3">
-        <v>2211.81</v>
+        <v>2764.1</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D289" s="2" t="s">
-        <v>769</v>
+        <v>775</v>
       </c>
       <c r="E289" s="3">
-        <v>35.25</v>
+        <v>4282.55</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D290" s="2" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="E290" s="3">
-        <v>1078.57</v>
+        <v>2653.1</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D291" s="2" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="E291" s="3">
-        <v>0.8</v>
+        <v>52651.69</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D292" s="2" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="E292" s="3">
-        <v>15155.32</v>
+        <v>3922.3</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D293" s="2" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="E293" s="3">
-        <v>2059.4</v>
+        <v>44575.33</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>782</v>
+        <v>512</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D294" s="2" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="E294" s="3">
-        <v>747.15</v>
+        <v>46325.8</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D295" s="2" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="E295" s="3">
-        <v>5562.36</v>
+        <v>5522.55</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>684</v>
+        <v>794</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D296" s="2" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="E296" s="3">
-        <v>4271.45</v>
+        <v>1405.56</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D297" s="2" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="E297" s="3">
-        <v>41.05</v>
+        <v>44.92</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D298" s="2" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="E298" s="3">
-        <v>951.09</v>
+        <v>59797.02</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D299" s="2" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="E299" s="3">
-        <v>700.14</v>
+        <v>1778.3</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D300" s="2" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="E300" s="3">
-        <v>47563.77</v>
+        <v>3183.58</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D301" s="2" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="E301" s="3">
-        <v>722.59</v>
+        <v>4560.25</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D302" s="2" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="E302" s="3">
-        <v>215.75</v>
+        <v>1765.03</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D303" s="2" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="E303" s="3">
-        <v>1600.13</v>
+        <v>1215.85</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D304" s="2" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="E304" s="3">
-        <v>762.52</v>
+        <v>4765.19</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D305" s="2" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="E305" s="3">
-        <v>3191.84</v>
+        <v>26923.16</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>579</v>
+        <v>824</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D306" s="2" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="E306" s="3">
-        <v>38799.61</v>
+        <v>2418.91</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>819</v>
+        <v>797</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D307" s="2" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="E307" s="3">
-        <v>25673.43</v>
+        <v>42.45</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D308" s="2" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="E308" s="3">
-        <v>6657.09</v>
+        <v>855.32</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>802</v>
+        <v>832</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D309" s="2" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="E309" s="3">
-        <v>332.31</v>
+        <v>934.09</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>802</v>
+        <v>835</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D310" s="2" t="s">
-        <v>809</v>
+        <v>836</v>
       </c>
       <c r="E310" s="3">
-        <v>182.79</v>
+        <v>8767.98</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>782</v>
+        <v>838</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D311" s="2" t="s">
-        <v>828</v>
+        <v>839</v>
       </c>
       <c r="E311" s="3">
-        <v>223.64</v>
+        <v>1796.24</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>829</v>
+        <v>840</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>579</v>
+        <v>841</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D312" s="2" t="s">
-        <v>830</v>
+        <v>842</v>
       </c>
       <c r="E312" s="3">
-        <v>47289.45</v>
+        <v>1724.12</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>831</v>
+        <v>843</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>832</v>
+        <v>752</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D313" s="2" t="s">
-        <v>833</v>
+        <v>844</v>
       </c>
       <c r="E313" s="3">
-        <v>70531.3</v>
+        <v>1156.61</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>834</v>
+        <v>845</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D314" s="2" t="s">
-        <v>836</v>
+        <v>847</v>
       </c>
       <c r="E314" s="3">
-        <v>1660.53</v>
+        <v>2683.75</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>837</v>
+        <v>848</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>838</v>
+        <v>849</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D315" s="2" t="s">
-        <v>839</v>
+        <v>850</v>
       </c>
       <c r="E315" s="3">
-        <v>1303.5</v>
+        <v>1072</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>840</v>
+        <v>851</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>841</v>
+        <v>852</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D316" s="2" t="s">
-        <v>842</v>
+        <v>853</v>
       </c>
       <c r="E316" s="3">
-        <v>3815.33</v>
+        <v>3898.71</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>843</v>
+        <v>854</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>844</v>
+        <v>855</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D317" s="2" t="s">
-        <v>845</v>
+        <v>856</v>
       </c>
       <c r="E317" s="3">
-        <v>4618.83</v>
+        <v>4964.45</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>846</v>
+        <v>857</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>847</v>
+        <v>858</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D318" s="2" t="s">
-        <v>848</v>
+        <v>859</v>
       </c>
       <c r="E318" s="3">
-        <v>8382.46</v>
+        <v>2876.47</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>850</v>
+        <v>861</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D319" s="2" t="s">
-        <v>851</v>
+        <v>862</v>
       </c>
       <c r="E319" s="3">
-        <v>2476.48</v>
+        <v>4767</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>852</v>
+        <v>863</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>853</v>
+        <v>864</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D320" s="2" t="s">
-        <v>854</v>
+        <v>865</v>
       </c>
       <c r="E320" s="3">
-        <v>49.67</v>
+        <v>5458.99</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>855</v>
+        <v>866</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>579</v>
+        <v>867</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D321" s="2" t="s">
-        <v>856</v>
+        <v>868</v>
       </c>
       <c r="E321" s="3">
-        <v>32189.48</v>
+        <v>3089.39</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>857</v>
+        <v>869</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D322" s="2" t="s">
-        <v>859</v>
+        <v>871</v>
       </c>
       <c r="E322" s="3">
-        <v>90.02</v>
+        <v>2649.01</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>860</v>
+        <v>872</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>861</v>
+        <v>873</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D323" s="2" t="s">
-        <v>862</v>
+        <v>874</v>
       </c>
       <c r="E323" s="3">
-        <v>773</v>
+        <v>1951.51</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>863</v>
+        <v>875</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>864</v>
+        <v>876</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D324" s="2" t="s">
-        <v>865</v>
+        <v>877</v>
       </c>
       <c r="E324" s="3">
-        <v>11487.96</v>
+        <v>2026.06</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>866</v>
+        <v>878</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>154</v>
+        <v>879</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D325" s="2" t="s">
-        <v>867</v>
+        <v>880</v>
       </c>
       <c r="E325" s="3">
-        <v>240.69</v>
+        <v>733.48</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>868</v>
+        <v>881</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>869</v>
+        <v>882</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D326" s="2" t="s">
-        <v>870</v>
+        <v>883</v>
       </c>
       <c r="E326" s="3">
-        <v>110.22</v>
+        <v>3366.42</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>871</v>
+        <v>884</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>872</v>
+        <v>560</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D327" s="2" t="s">
-        <v>873</v>
+        <v>885</v>
       </c>
       <c r="E327" s="3">
-        <v>1268.67</v>
+        <v>4714.13</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>83</v>
+        <v>887</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D328" s="2" t="s">
-        <v>875</v>
+        <v>888</v>
       </c>
       <c r="E328" s="3">
-        <v>33.59</v>
+        <v>105471.67</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>876</v>
+        <v>889</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>83</v>
+        <v>890</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D329" s="2" t="s">
-        <v>877</v>
+        <v>891</v>
       </c>
       <c r="E329" s="3">
-        <v>38.1</v>
+        <v>4370.69</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>878</v>
+        <v>892</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>579</v>
+        <v>893</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D330" s="2" t="s">
-        <v>879</v>
+        <v>894</v>
       </c>
       <c r="E330" s="3">
-        <v>41154.76</v>
+        <v>606.51</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>880</v>
+        <v>895</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>881</v>
+        <v>896</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D331" s="2" t="s">
-        <v>882</v>
+        <v>897</v>
       </c>
       <c r="E331" s="3">
-        <v>1905.41</v>
+        <v>16063.71</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>883</v>
+        <v>898</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>884</v>
+        <v>899</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D332" s="2" t="s">
-        <v>885</v>
+        <v>900</v>
       </c>
       <c r="E332" s="3">
-        <v>2779.8</v>
+        <v>2715.68</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>886</v>
+        <v>901</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>887</v>
+        <v>902</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D333" s="2" t="s">
-        <v>888</v>
+        <v>903</v>
       </c>
       <c r="E333" s="3">
-        <v>1724.06</v>
+        <v>3501.83</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>889</v>
+        <v>904</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>890</v>
+        <v>905</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D334" s="2" t="s">
-        <v>891</v>
+        <v>906</v>
       </c>
       <c r="E334" s="3">
-        <v>2215.24</v>
+        <v>6637.35</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>892</v>
+        <v>907</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>154</v>
+        <v>908</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D335" s="2" t="s">
-        <v>893</v>
+        <v>909</v>
       </c>
       <c r="E335" s="3">
-        <v>245.85</v>
+        <v>3295.28</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>894</v>
+        <v>910</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>895</v>
+        <v>911</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D336" s="2" t="s">
-        <v>896</v>
+        <v>912</v>
       </c>
       <c r="E336" s="3">
-        <v>1675.54</v>
+        <v>1970.21</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>897</v>
+        <v>913</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>154</v>
+        <v>914</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D337" s="2" t="s">
-        <v>898</v>
+        <v>915</v>
       </c>
       <c r="E337" s="3">
-        <v>277.84</v>
+        <v>2906.14</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>899</v>
+        <v>916</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>900</v>
+        <v>917</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D338" s="2" t="s">
-        <v>901</v>
+        <v>918</v>
       </c>
       <c r="E338" s="3">
-        <v>1478.34</v>
+        <v>3087.62</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>902</v>
+        <v>919</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>579</v>
+        <v>920</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D339" s="2" t="s">
-        <v>903</v>
+        <v>921</v>
       </c>
       <c r="E339" s="3">
-        <v>31423.61</v>
+        <v>1341.94</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>904</v>
+        <v>922</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>83</v>
+        <v>512</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D340" s="2" t="s">
-        <v>905</v>
+        <v>923</v>
       </c>
       <c r="E340" s="3">
-        <v>35.67</v>
+        <v>32671.57</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>906</v>
+        <v>924</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>907</v>
+        <v>925</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D341" s="2" t="s">
-        <v>908</v>
+        <v>926</v>
       </c>
       <c r="E341" s="3">
-        <v>1648.11</v>
+        <v>4380.38</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>909</v>
+        <v>927</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>907</v>
+        <v>928</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D342" s="2" t="s">
-        <v>910</v>
+        <v>929</v>
       </c>
       <c r="E342" s="3">
-        <v>1006.52</v>
+        <v>38894.4</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>911</v>
+        <v>930</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>907</v>
+        <v>512</v>
       </c>
       <c r="C343" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D343" s="2" t="s">
-        <v>912</v>
+        <v>931</v>
       </c>
       <c r="E343" s="3">
-        <v>932.83</v>
+        <v>32914.97</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>913</v>
+        <v>932</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>914</v>
+        <v>933</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D344" s="2" t="s">
-        <v>915</v>
+        <v>934</v>
       </c>
       <c r="E344" s="3">
-        <v>3483.39</v>
+        <v>728.34</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>916</v>
+        <v>935</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>83</v>
+        <v>936</v>
       </c>
       <c r="C345" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D345" s="2" t="s">
-        <v>917</v>
+        <v>937</v>
       </c>
       <c r="E345" s="3">
-        <v>41.15</v>
+        <v>309.08</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>918</v>
+        <v>938</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>919</v>
+        <v>939</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D346" s="2" t="s">
-        <v>920</v>
+        <v>940</v>
       </c>
       <c r="E346" s="3">
-        <v>963.73</v>
+        <v>163.01</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>921</v>
+        <v>941</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>922</v>
+        <v>942</v>
       </c>
       <c r="C347" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D347" s="2" t="s">
-        <v>923</v>
+        <v>943</v>
       </c>
       <c r="E347" s="3">
-        <v>48678.6</v>
+        <v>523.23</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>924</v>
+        <v>944</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>925</v>
+        <v>945</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D348" s="2" t="s">
-        <v>926</v>
+        <v>946</v>
       </c>
       <c r="E348" s="3">
-        <v>1649.81</v>
+        <v>1142.25</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>927</v>
+        <v>947</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>928</v>
+        <v>948</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D349" s="2" t="s">
-        <v>929</v>
+        <v>949</v>
       </c>
       <c r="E349" s="3">
-        <v>951.09</v>
+        <v>12.05</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>930</v>
+        <v>950</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>931</v>
+        <v>951</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D350" s="2" t="s">
-        <v>932</v>
+        <v>952</v>
       </c>
       <c r="E350" s="3">
-        <v>5830.48</v>
+        <v>2301.13</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>933</v>
+        <v>953</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>934</v>
+        <v>954</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D351" s="2" t="s">
-        <v>935</v>
+        <v>955</v>
       </c>
       <c r="E351" s="3">
-        <v>1537.5</v>
+        <v>5.76</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>936</v>
+        <v>956</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>937</v>
+        <v>957</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D352" s="2" t="s">
-        <v>938</v>
+        <v>958</v>
       </c>
       <c r="E352" s="3">
-        <v>0.68</v>
+        <v>829.9</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>939</v>
+        <v>959</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>940</v>
+        <v>960</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D353" s="2" t="s">
-        <v>941</v>
+        <v>961</v>
       </c>
       <c r="E353" s="3">
-        <v>3564.1</v>
+        <v>7885.49</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>942</v>
+        <v>962</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>943</v>
+        <v>963</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D354" s="2" t="s">
-        <v>944</v>
+        <v>964</v>
       </c>
       <c r="E354" s="3">
-        <v>4642.55</v>
+        <v>1045.02</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>945</v>
+        <v>965</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>946</v>
+        <v>966</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D355" s="2" t="s">
-        <v>947</v>
+        <v>967</v>
       </c>
       <c r="E355" s="3">
-        <v>2679.1</v>
+        <v>4055.08</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>948</v>
+        <v>968</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>949</v>
+        <v>969</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>950</v>
+        <v>970</v>
       </c>
       <c r="E356" s="3">
-        <v>52651.69</v>
+        <v>4782</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>951</v>
+        <v>971</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>952</v>
+        <v>972</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D357" s="2" t="s">
-        <v>953</v>
+        <v>973</v>
       </c>
       <c r="E357" s="3">
-        <v>4826.3</v>
+        <v>9914.25</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>954</v>
+        <v>974</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>955</v>
+        <v>975</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D358" s="2" t="s">
-        <v>956</v>
+        <v>976</v>
       </c>
       <c r="E358" s="3">
-        <v>44575.33</v>
+        <v>1032.39</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>957</v>
+        <v>977</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>579</v>
+        <v>978</v>
       </c>
       <c r="C359" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>958</v>
+        <v>979</v>
       </c>
       <c r="E359" s="3">
-        <v>46325.8</v>
+        <v>708.69</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>959</v>
+        <v>980</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>960</v>
+        <v>981</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D360" s="2" t="s">
-        <v>961</v>
+        <v>982</v>
       </c>
       <c r="E360" s="3">
-        <v>6522.55</v>
+        <v>49.39</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>962</v>
+        <v>983</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>963</v>
+        <v>984</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D361" s="2" t="s">
-        <v>964</v>
+        <v>985</v>
       </c>
       <c r="E361" s="3">
-        <v>1945.56</v>
+        <v>34.32</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>965</v>
+        <v>986</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>966</v>
+        <v>984</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D362" s="2" t="s">
-        <v>967</v>
+        <v>985</v>
       </c>
       <c r="E362" s="3">
-        <v>44.92</v>
+        <v>56.05</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>968</v>
+        <v>987</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>969</v>
+        <v>988</v>
       </c>
       <c r="C363" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D363" s="2" t="s">
-        <v>970</v>
+        <v>989</v>
       </c>
       <c r="E363" s="3">
-        <v>59797.02</v>
+        <v>1509.61</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>971</v>
+        <v>990</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>972</v>
+        <v>991</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D364" s="2" t="s">
-        <v>973</v>
+        <v>992</v>
       </c>
       <c r="E364" s="3">
-        <v>2090.3</v>
+        <v>325.91</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>974</v>
+        <v>993</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>975</v>
+        <v>994</v>
       </c>
       <c r="C365" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D365" s="2" t="s">
-        <v>976</v>
+        <v>995</v>
       </c>
       <c r="E365" s="3">
-        <v>0.03</v>
+        <v>4615.75</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>977</v>
+        <v>996</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>978</v>
+        <v>997</v>
       </c>
       <c r="C366" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D366" s="2" t="s">
-        <v>979</v>
+        <v>998</v>
       </c>
       <c r="E366" s="3">
-        <v>3507.58</v>
+        <v>6670.9</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>980</v>
+        <v>999</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>981</v>
+        <v>1000</v>
       </c>
       <c r="C367" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D367" s="2" t="s">
-        <v>982</v>
+        <v>1001</v>
       </c>
       <c r="E367" s="3">
-        <v>4560.25</v>
+        <v>4117.43</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>983</v>
+        <v>1002</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>984</v>
+        <v>1003</v>
       </c>
       <c r="C368" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D368" s="2" t="s">
-        <v>985</v>
+        <v>1004</v>
       </c>
       <c r="E368" s="3">
-        <v>2265.03</v>
+        <v>1824.75</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>986</v>
+        <v>1005</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>987</v>
+        <v>1006</v>
       </c>
       <c r="C369" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D369" s="2" t="s">
-        <v>988</v>
+        <v>1007</v>
       </c>
       <c r="E369" s="3">
-        <v>1635.85</v>
+        <v>6606.64</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>989</v>
+        <v>1008</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>990</v>
+        <v>1009</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D370" s="2" t="s">
-        <v>991</v>
+        <v>1010</v>
       </c>
       <c r="E370" s="3">
-        <v>4765.19</v>
+        <v>4154.94</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>992</v>
+        <v>1011</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>531</v>
+        <v>1012</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D371" s="2" t="s">
-        <v>993</v>
+        <v>1013</v>
       </c>
       <c r="E371" s="3">
-        <v>52.23</v>
+        <v>1060.69</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>994</v>
+        <v>1014</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>995</v>
+        <v>1015</v>
       </c>
       <c r="C372" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D372" s="2" t="s">
-        <v>996</v>
+        <v>1016</v>
       </c>
       <c r="E372" s="3">
-        <v>26923.16</v>
+        <v>2817.29</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>997</v>
+        <v>1017</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>998</v>
+        <v>1015</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>999</v>
+        <v>1018</v>
       </c>
       <c r="E373" s="3">
-        <v>2618.91</v>
+        <v>523.23</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>1000</v>
+        <v>1019</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>1001</v>
+        <v>1020</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D374" s="2" t="s">
-        <v>1002</v>
+        <v>1021</v>
       </c>
       <c r="E374" s="3">
-        <v>54.15</v>
+        <v>23764.35</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>1003</v>
+        <v>1022</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>966</v>
+        <v>1023</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D375" s="2" t="s">
-        <v>1004</v>
+        <v>1024</v>
       </c>
       <c r="E375" s="3">
-        <v>42.45</v>
+        <v>24954.16</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>1005</v>
+        <v>1025</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>1006</v>
+        <v>1026</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D376" s="2" t="s">
-        <v>1007</v>
+        <v>1027</v>
       </c>
       <c r="E376" s="3">
-        <v>1270.32</v>
+        <v>3181.49</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>1008</v>
+        <v>1028</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>1009</v>
+        <v>1029</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D377" s="2" t="s">
-        <v>1010</v>
+        <v>1030</v>
       </c>
       <c r="E377" s="3">
-        <v>886.36</v>
+        <v>2402.11</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>1012</v>
+        <v>1032</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D378" s="2" t="s">
-        <v>1013</v>
+        <v>1033</v>
       </c>
       <c r="E378" s="3">
-        <v>934.09</v>
+        <v>4106.16</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>1014</v>
+        <v>1034</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>1015</v>
+        <v>1035</v>
       </c>
       <c r="C379" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>1016</v>
+        <v>1036</v>
       </c>
       <c r="E379" s="3">
-        <v>32.72</v>
+        <v>298.27</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>1017</v>
+        <v>1037</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>1018</v>
+        <v>1038</v>
       </c>
       <c r="C380" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D380" s="2" t="s">
-        <v>1019</v>
+        <v>1039</v>
       </c>
       <c r="E380" s="3">
-        <v>8767.98</v>
+        <v>2615.07</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>1020</v>
+        <v>1040</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>1021</v>
+        <v>1041</v>
       </c>
       <c r="C381" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D381" s="2" t="s">
-        <v>1022</v>
+        <v>1042</v>
       </c>
       <c r="E381" s="3">
-        <v>2847.79</v>
+        <v>4895.77</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>1023</v>
+        <v>1043</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>1024</v>
+        <v>1044</v>
       </c>
       <c r="C382" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D382" s="2" t="s">
-        <v>1025</v>
+        <v>1045</v>
       </c>
       <c r="E382" s="3">
-        <v>1724.12</v>
+        <v>975.64</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>1026</v>
+        <v>1046</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>1027</v>
+        <v>1047</v>
       </c>
       <c r="C383" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D383" s="2" t="s">
-        <v>1028</v>
+        <v>1048</v>
       </c>
       <c r="E383" s="3">
-        <v>10.95</v>
+        <v>817.92</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>1029</v>
+        <v>1049</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>907</v>
+        <v>1050</v>
       </c>
       <c r="C384" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D384" s="2" t="s">
-        <v>1030</v>
+        <v>1051</v>
       </c>
       <c r="E384" s="3">
-        <v>1156.61</v>
+        <v>3625.21</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>1031</v>
+        <v>1052</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>1032</v>
+        <v>1053</v>
       </c>
       <c r="C385" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D385" s="2" t="s">
-        <v>1033</v>
+        <v>1054</v>
       </c>
       <c r="E385" s="3">
-        <v>2683.75</v>
+        <v>1667.61</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>1034</v>
+        <v>1055</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>1035</v>
+        <v>1056</v>
       </c>
       <c r="C386" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D386" s="2" t="s">
-        <v>1036</v>
+        <v>1057</v>
       </c>
       <c r="E386" s="3">
-        <v>1072</v>
+        <v>7486.93</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>1037</v>
+        <v>1058</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>1038</v>
+        <v>1059</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D387" s="2" t="s">
-        <v>1039</v>
+        <v>1060</v>
       </c>
       <c r="E387" s="3">
-        <v>157.61</v>
+        <v>5193.75</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>1040</v>
+        <v>1061</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>1041</v>
+        <v>1062</v>
       </c>
       <c r="C388" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D388" s="2" t="s">
-        <v>1042</v>
+        <v>1063</v>
       </c>
       <c r="E388" s="3">
-        <v>3898.71</v>
+        <v>1578.69</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>1043</v>
+        <v>1064</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>1044</v>
+        <v>1065</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D389" s="2" t="s">
-        <v>1045</v>
+        <v>1066</v>
       </c>
       <c r="E389" s="3">
-        <v>4964.45</v>
+        <v>1502.01</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>1046</v>
+        <v>1067</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>1047</v>
+        <v>1068</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D390" s="2" t="s">
-        <v>1048</v>
+        <v>1069</v>
       </c>
       <c r="E390" s="3">
-        <v>2876.47</v>
+        <v>876.75</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>1049</v>
+        <v>1070</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>1050</v>
+        <v>1071</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D391" s="2" t="s">
-        <v>1051</v>
+        <v>1072</v>
       </c>
       <c r="E391" s="3">
-        <v>4767</v>
+        <v>1524.18</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>1052</v>
+        <v>1073</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>1053</v>
+        <v>1074</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D392" s="2" t="s">
-        <v>1054</v>
+        <v>1075</v>
       </c>
       <c r="E392" s="3">
-        <v>7928.49</v>
+        <v>371.98</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>1055</v>
+        <v>1076</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>1056</v>
+        <v>1077</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D393" s="2" t="s">
-        <v>1057</v>
+        <v>1078</v>
       </c>
       <c r="E393" s="3">
-        <v>7946.68</v>
+        <v>1950.32</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>1058</v>
+        <v>1079</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>1059</v>
+        <v>1080</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>1060</v>
+        <v>1081</v>
       </c>
       <c r="E394" s="3">
-        <v>3089.39</v>
+        <v>442.05</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>1061</v>
+        <v>1082</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>1062</v>
+        <v>1083</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D395" s="2" t="s">
-        <v>1063</v>
+        <v>1084</v>
       </c>
       <c r="E395" s="3">
-        <v>2649.01</v>
+        <v>1421.94</v>
       </c>
       <c r="F395" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>1064</v>
+        <v>1085</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>1065</v>
+        <v>1086</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D396" s="2" t="s">
-        <v>1066</v>
+        <v>1087</v>
       </c>
       <c r="E396" s="3">
-        <v>2151.51</v>
+        <v>3551.88</v>
       </c>
       <c r="F396" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>1067</v>
+        <v>1088</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>1068</v>
+        <v>1089</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>1069</v>
+        <v>1090</v>
       </c>
       <c r="E397" s="3">
-        <v>2026.06</v>
+        <v>8653.98</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>1070</v>
+        <v>1091</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>1071</v>
+        <v>1092</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D398" s="2" t="s">
-        <v>1072</v>
+        <v>1093</v>
       </c>
       <c r="E398" s="3">
-        <v>733.48</v>
+        <v>22417.68</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>1073</v>
+        <v>1094</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>1074</v>
+        <v>1095</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D399" s="2" t="s">
-        <v>1075</v>
+        <v>1096</v>
       </c>
       <c r="E399" s="3">
-        <v>34715.55</v>
+        <v>1162.62</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>1076</v>
+        <v>1097</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>1077</v>
+        <v>1098</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D400" s="2" t="s">
-        <v>1078</v>
+        <v>1099</v>
       </c>
       <c r="E400" s="3">
-        <v>3366.42</v>
+        <v>445.24</v>
       </c>
       <c r="F400" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>1079</v>
+        <v>1100</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>660</v>
+        <v>1101</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D401" s="2" t="s">
-        <v>1080</v>
+        <v>1102</v>
       </c>
       <c r="E401" s="3">
-        <v>4714.13</v>
+        <v>258.41</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>1081</v>
+        <v>1103</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>1082</v>
+        <v>1101</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D402" s="2" t="s">
-        <v>1083</v>
+        <v>1104</v>
       </c>
       <c r="E402" s="3">
-        <v>105471.67</v>
+        <v>936.2</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>1084</v>
+        <v>1105</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>1085</v>
+        <v>1106</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D403" s="2" t="s">
-        <v>1048</v>
+        <v>1107</v>
       </c>
       <c r="E403" s="3">
-        <v>4370.69</v>
+        <v>91635.76</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>1086</v>
+        <v>1108</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>1087</v>
+        <v>1109</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D404" s="2" t="s">
-        <v>1088</v>
+        <v>1110</v>
       </c>
       <c r="E404" s="3">
-        <v>24907.08</v>
+        <v>6082.3</v>
       </c>
       <c r="F404" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>1089</v>
+        <v>1111</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>1090</v>
+        <v>1112</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D405" s="2" t="s">
-        <v>1091</v>
+        <v>1113</v>
       </c>
       <c r="E405" s="3">
-        <v>606.51</v>
+        <v>25601.82</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>1092</v>
+        <v>1114</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>1093</v>
+        <v>1115</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D406" s="2" t="s">
-        <v>1094</v>
+        <v>1116</v>
       </c>
       <c r="E406" s="3">
-        <v>19644.36</v>
+        <v>3123.12</v>
       </c>
       <c r="F406" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>1095</v>
+        <v>1117</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>1096</v>
+        <v>1115</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D407" s="2" t="s">
-        <v>1097</v>
+        <v>1118</v>
       </c>
       <c r="E407" s="3">
-        <v>2715.68</v>
+        <v>5385.47</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>1098</v>
+        <v>1119</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>1099</v>
+        <v>1120</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D408" s="2" t="s">
-        <v>1100</v>
+        <v>1121</v>
       </c>
       <c r="E408" s="3">
-        <v>3501.83</v>
+        <v>42464.04</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>1101</v>
+        <v>1122</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>1102</v>
+        <v>1123</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>1103</v>
+        <v>1124</v>
       </c>
       <c r="E409" s="3">
-        <v>6637.35</v>
+        <v>1827.21</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>1104</v>
+        <v>1125</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>1105</v>
+        <v>1123</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D410" s="2" t="s">
-        <v>1106</v>
+        <v>1126</v>
       </c>
       <c r="E410" s="3">
-        <v>3873.28</v>
+        <v>156.48</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>1107</v>
+        <v>1127</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D411" s="2" t="s">
-        <v>1109</v>
+        <v>1129</v>
       </c>
       <c r="E411" s="3">
-        <v>1970.21</v>
+        <v>998.7</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>1110</v>
+        <v>1130</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>1111</v>
+        <v>1131</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D412" s="2" t="s">
-        <v>1112</v>
+        <v>1132</v>
       </c>
       <c r="E412" s="3">
-        <v>35.76</v>
+        <v>2283.31</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>1113</v>
+        <v>1133</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>1114</v>
+        <v>1134</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D413" s="2" t="s">
-        <v>1115</v>
+        <v>1135</v>
       </c>
       <c r="E413" s="3">
-        <v>2906.14</v>
+        <v>16014.33</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>1116</v>
+        <v>1136</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>1117</v>
+        <v>1131</v>
       </c>
       <c r="C414" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>1118</v>
+        <v>1137</v>
       </c>
       <c r="E414" s="3">
-        <v>3087.62</v>
+        <v>758.9</v>
       </c>
       <c r="F414" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>1119</v>
+        <v>1138</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="C415" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D415" s="2" t="s">
-        <v>1121</v>
+        <v>1139</v>
       </c>
       <c r="E415" s="3">
-        <v>1341.94</v>
+        <v>611.32</v>
       </c>
       <c r="F415" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>1122</v>
+        <v>1140</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>579</v>
+        <v>1141</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D416" s="2" t="s">
-        <v>1123</v>
+        <v>1142</v>
       </c>
       <c r="E416" s="3">
-        <v>32671.57</v>
+        <v>3942.02</v>
       </c>
       <c r="F416" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>1124</v>
+        <v>1143</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>1125</v>
+        <v>512</v>
       </c>
       <c r="C417" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D417" s="2" t="s">
-        <v>1126</v>
+        <v>1144</v>
       </c>
       <c r="E417" s="3">
-        <v>4525.38</v>
+        <v>25963.38</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>1127</v>
+        <v>1145</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>1128</v>
+        <v>512</v>
       </c>
       <c r="C418" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D418" s="2" t="s">
-        <v>1129</v>
+        <v>1146</v>
       </c>
       <c r="E418" s="3">
-        <v>38894.4</v>
+        <v>3482.55</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>1130</v>
+        <v>1147</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>579</v>
+        <v>1148</v>
       </c>
       <c r="C419" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D419" s="2" t="s">
-        <v>1131</v>
+        <v>1149</v>
       </c>
       <c r="E419" s="3">
-        <v>32914.97</v>
+        <v>798.45</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>1132</v>
+        <v>1150</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>1133</v>
+        <v>1148</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D420" s="2" t="s">
-        <v>1134</v>
+        <v>1151</v>
       </c>
       <c r="E420" s="3">
-        <v>728.34</v>
+        <v>4977.35</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>1135</v>
+        <v>1152</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>1136</v>
+        <v>512</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D421" s="2" t="s">
-        <v>1137</v>
+        <v>1153</v>
       </c>
       <c r="E421" s="3">
-        <v>459.08</v>
+        <v>7763.72</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>1138</v>
+        <v>1154</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>1139</v>
+        <v>512</v>
       </c>
       <c r="C422" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D422" s="2" t="s">
-        <v>1140</v>
+        <v>1155</v>
       </c>
       <c r="E422" s="3">
-        <v>378.01</v>
+        <v>11444.17</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>1141</v>
+        <v>1156</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>1142</v>
+        <v>512</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D423" s="2" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="E423" s="3">
-        <v>523.23</v>
+        <v>7834.16</v>
       </c>
       <c r="F423" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>1144</v>
+        <v>1157</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>1145</v>
+        <v>512</v>
       </c>
       <c r="C424" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D424" s="2" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
       <c r="E424" s="3">
-        <v>1142.25</v>
+        <v>7693.3</v>
       </c>
       <c r="F424" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>1147</v>
+        <v>1158</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>1148</v>
+        <v>512</v>
       </c>
       <c r="C425" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D425" s="2" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="E425" s="3">
-        <v>3952.49</v>
+        <v>7985.7</v>
       </c>
       <c r="F425" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>1150</v>
+        <v>1159</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>1151</v>
+        <v>512</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D426" s="2" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
       <c r="E426" s="3">
-        <v>12.05</v>
+        <v>21956.08</v>
       </c>
       <c r="F426" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>1154</v>
+        <v>512</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D427" s="2" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="E427" s="3">
-        <v>2301.13</v>
+        <v>14863.79</v>
       </c>
       <c r="F427" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
       <c r="E428" s="3">
-        <v>5.76</v>
+        <v>3104.6</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D429" s="2" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="E429" s="3">
-        <v>2134.75</v>
+        <v>16943.92</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>1163</v>
+        <v>838</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D430" s="2" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="E430" s="3">
-        <v>900.46</v>
+        <v>2619.75</v>
       </c>
       <c r="F430" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D431" s="2" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="E431" s="3">
-        <v>829.9</v>
+        <v>2109.64</v>
       </c>
       <c r="F431" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D432" s="2" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="E432" s="3">
-        <v>8327.49</v>
+        <v>1850.92</v>
       </c>
       <c r="F432" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D433" s="2" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="E433" s="3">
-        <v>1045.02</v>
+        <v>2713.15</v>
       </c>
       <c r="F433" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="E434" s="3">
-        <v>0.02</v>
+        <v>136.74</v>
       </c>
       <c r="F434" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D435" s="2" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="E435" s="3">
-        <v>4055.08</v>
+        <v>273.47</v>
       </c>
       <c r="F435" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D436" s="2" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="E436" s="3">
-        <v>4782</v>
+        <v>46499.79</v>
       </c>
       <c r="F436" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D437" s="2" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="E437" s="3">
-        <v>9914.25</v>
+        <v>2729.69</v>
       </c>
       <c r="F437" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D438" s="2" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E438" s="3">
-        <v>2032.39</v>
+        <v>2003.84</v>
       </c>
       <c r="F438" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D439" s="2" t="s">
-        <v>1191</v>
+        <v>1179</v>
       </c>
       <c r="E439" s="3">
-        <v>708.69</v>
+        <v>683.55</v>
       </c>
       <c r="F439" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>1193</v>
+        <v>512</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D440" s="2" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="E440" s="3">
-        <v>49.39</v>
+        <v>27542.69</v>
       </c>
       <c r="F440" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>1196</v>
+        <v>512</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D441" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="E441" s="3">
-        <v>34.32</v>
+        <v>32341.02</v>
       </c>
       <c r="F441" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
         <v>1198</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D442" s="2" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="E442" s="3">
-        <v>56.05</v>
+        <v>3407.58</v>
       </c>
       <c r="F442" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B443" s="0" t="s">
         <v>1199</v>
       </c>
-      <c r="B443" s="0" t="s">
+      <c r="C443" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D443" s="2" t="s">
         <v>1200</v>
       </c>
-      <c r="C443" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E443" s="3">
-        <v>1509.61</v>
+        <v>3407.57</v>
       </c>
       <c r="F443" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
         <v>1202</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>531</v>
+        <v>1199</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D444" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="E444" s="3">
-        <v>83.36</v>
+        <v>13786.94</v>
       </c>
       <c r="F444" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
         <v>1204</v>
       </c>
       <c r="B445" s="0" t="s">
         <v>1205</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D445" s="2" t="s">
         <v>1206</v>
       </c>
       <c r="E445" s="3">
-        <v>2325.91</v>
+        <v>7031.06</v>
       </c>
       <c r="F445" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
         <v>1207</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D446" s="2" t="s">
-        <v>1209</v>
+        <v>1179</v>
       </c>
       <c r="E446" s="3">
-        <v>147.9</v>
+        <v>901.66</v>
       </c>
       <c r="F446" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B447" s="0" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C447" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D447" s="2" t="s">
         <v>1210</v>
       </c>
-      <c r="B447" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E447" s="3">
-        <v>5085.75</v>
+        <v>20350.33</v>
       </c>
       <c r="F447" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D448" s="2" t="s">
-        <v>1215</v>
+        <v>1182</v>
       </c>
       <c r="E448" s="3">
-        <v>6670.9</v>
+        <v>126.16</v>
       </c>
       <c r="F448" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>1217</v>
+        <v>1199</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D449" s="2" t="s">
-        <v>1218</v>
+        <v>1214</v>
       </c>
       <c r="E449" s="3">
-        <v>4117.43</v>
+        <v>468.39</v>
       </c>
       <c r="F449" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>1219</v>
+        <v>1215</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>1220</v>
+        <v>512</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D450" s="2" t="s">
-        <v>1221</v>
+        <v>1216</v>
       </c>
       <c r="E450" s="3">
-        <v>1824.75</v>
+        <v>17785.76</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>1222</v>
+        <v>1217</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>1223</v>
+        <v>512</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D451" s="2" t="s">
-        <v>1224</v>
+        <v>1179</v>
       </c>
       <c r="E451" s="3">
-        <v>6606.64</v>
+        <v>15358.26</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>1225</v>
+        <v>1218</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>1226</v>
+        <v>1219</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D452" s="2" t="s">
-        <v>1227</v>
+        <v>1220</v>
       </c>
       <c r="E452" s="3">
-        <v>5154.94</v>
+        <v>3069.48</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>1228</v>
+        <v>1221</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>1229</v>
+        <v>1219</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D453" s="2" t="s">
-        <v>1230</v>
+        <v>1146</v>
       </c>
       <c r="E453" s="3">
-        <v>1902.69</v>
+        <v>414.7</v>
       </c>
       <c r="F453" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>1231</v>
+        <v>1222</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>1232</v>
+        <v>1223</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D454" s="2" t="s">
-        <v>1233</v>
+        <v>1146</v>
       </c>
       <c r="E454" s="3">
-        <v>2817.29</v>
+        <v>2249.59</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>1234</v>
+        <v>1224</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>1232</v>
+        <v>1223</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D455" s="2" t="s">
-        <v>1235</v>
+        <v>1146</v>
       </c>
       <c r="E455" s="3">
-        <v>523.23</v>
+        <v>2249.59</v>
       </c>
       <c r="F455" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>1236</v>
+        <v>1225</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>1074</v>
+        <v>1223</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D456" s="2" t="s">
-        <v>1237</v>
+        <v>1226</v>
       </c>
       <c r="E456" s="3">
-        <v>6249.08</v>
+        <v>2830.87</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>1238</v>
+        <v>1227</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>1074</v>
+        <v>1228</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D457" s="2" t="s">
-        <v>1237</v>
+        <v>1229</v>
       </c>
       <c r="E457" s="3">
-        <v>5712.56</v>
+        <v>13.57</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>1239</v>
+        <v>1230</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>1240</v>
+        <v>1228</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D458" s="2" t="s">
-        <v>1241</v>
+        <v>1229</v>
       </c>
       <c r="E458" s="3">
-        <v>23764.35</v>
+        <v>13.57</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>1242</v>
+        <v>1231</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>1243</v>
+        <v>1228</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D459" s="2" t="s">
-        <v>1244</v>
+        <v>1229</v>
       </c>
       <c r="E459" s="3">
-        <v>24954.16</v>
+        <v>13.57</v>
       </c>
       <c r="F459" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>1245</v>
+        <v>1232</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>1246</v>
+        <v>1233</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D460" s="2" t="s">
-        <v>1247</v>
+        <v>1229</v>
       </c>
       <c r="E460" s="3">
-        <v>3181.49</v>
+        <v>48.18</v>
       </c>
       <c r="F460" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>1248</v>
+        <v>1234</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>1249</v>
+        <v>1233</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D461" s="2" t="s">
-        <v>1250</v>
+        <v>1229</v>
       </c>
       <c r="E461" s="3">
-        <v>2402.11</v>
+        <v>48.18</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>1251</v>
+        <v>1235</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>1252</v>
+        <v>512</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>1253</v>
+        <v>1236</v>
       </c>
       <c r="E462" s="3">
-        <v>4106.16</v>
+        <v>15280.53</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>1254</v>
+        <v>1237</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>1255</v>
+        <v>512</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D463" s="2" t="s">
-        <v>1256</v>
+        <v>1226</v>
       </c>
       <c r="E463" s="3">
-        <v>298.27</v>
+        <v>8021.75</v>
       </c>
       <c r="F463" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>1257</v>
+        <v>1238</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>1258</v>
+        <v>1239</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D464" s="2" t="s">
-        <v>1259</v>
+        <v>1240</v>
       </c>
       <c r="E464" s="3">
-        <v>2615.07</v>
+        <v>1557.75</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>1260</v>
+        <v>1241</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>1261</v>
+        <v>1239</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D465" s="2" t="s">
-        <v>1262</v>
+        <v>1146</v>
       </c>
       <c r="E465" s="3">
-        <v>4895.77</v>
+        <v>428.09</v>
       </c>
       <c r="F465" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>1263</v>
+        <v>1242</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>1264</v>
+        <v>1243</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D466" s="2" t="s">
-        <v>1265</v>
+        <v>1229</v>
       </c>
       <c r="E466" s="3">
-        <v>135.01</v>
+        <v>277.56</v>
       </c>
       <c r="F466" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>1266</v>
+        <v>1244</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>1264</v>
+        <v>1245</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D467" s="2" t="s">
-        <v>1267</v>
+        <v>1246</v>
       </c>
       <c r="E467" s="3">
-        <v>888.68</v>
+        <v>387.9</v>
       </c>
       <c r="F467" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>1268</v>
+        <v>1247</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>1269</v>
+        <v>1245</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D468" s="2" t="s">
-        <v>1270</v>
+        <v>1248</v>
       </c>
       <c r="E468" s="3">
-        <v>975.64</v>
+        <v>126.51</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>1271</v>
+        <v>1249</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>1272</v>
+        <v>1250</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D469" s="2" t="s">
-        <v>1273</v>
+        <v>1251</v>
       </c>
       <c r="E469" s="3">
-        <v>817.92</v>
+        <v>624</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>1274</v>
+        <v>1252</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>1275</v>
+        <v>1253</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D470" s="2" t="s">
-        <v>1276</v>
+        <v>1254</v>
       </c>
       <c r="E470" s="3">
-        <v>3625.21</v>
+        <v>34370.32</v>
       </c>
       <c r="F470" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>1277</v>
+        <v>1255</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>1278</v>
+        <v>1253</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D471" s="2" t="s">
-        <v>1279</v>
+        <v>1226</v>
       </c>
       <c r="E471" s="3">
-        <v>1667.61</v>
+        <v>2697.71</v>
       </c>
       <c r="F471" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>1280</v>
+        <v>1256</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>1281</v>
+        <v>1257</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D472" s="2" t="s">
-        <v>1282</v>
+        <v>1258</v>
       </c>
       <c r="E472" s="3">
-        <v>7486.93</v>
+        <v>5116.98</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>1283</v>
+        <v>1259</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>1284</v>
+        <v>1257</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D473" s="2" t="s">
-        <v>1285</v>
+        <v>1146</v>
       </c>
       <c r="E473" s="3">
-        <v>5193.75</v>
+        <v>1310.07</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>1286</v>
+        <v>1260</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>1287</v>
+        <v>1261</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D474" s="2" t="s">
-        <v>1288</v>
+        <v>1262</v>
       </c>
       <c r="E474" s="3">
-        <v>1578.69</v>
+        <v>30624.05</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>1289</v>
+        <v>1263</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>1290</v>
+        <v>1261</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D475" s="2" t="s">
-        <v>1291</v>
+        <v>1264</v>
       </c>
       <c r="E475" s="3">
-        <v>1502.01</v>
+        <v>9565.89</v>
       </c>
       <c r="F475" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>1292</v>
+        <v>1265</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>1293</v>
+        <v>1266</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D476" s="2" t="s">
-        <v>1294</v>
+        <v>1267</v>
       </c>
       <c r="E476" s="3">
-        <v>876.75</v>
+        <v>129.59</v>
       </c>
       <c r="F476" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>1295</v>
+        <v>1268</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>539</v>
+        <v>1269</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D477" s="2" t="s">
-        <v>1296</v>
+        <v>1270</v>
       </c>
       <c r="E477" s="3">
-        <v>20.22</v>
+        <v>26302.4</v>
       </c>
       <c r="F477" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>1297</v>
+        <v>1271</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>1298</v>
+        <v>1269</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D478" s="2" t="s">
-        <v>1299</v>
+        <v>1272</v>
       </c>
       <c r="E478" s="3">
-        <v>1524.18</v>
+        <v>11399.82</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>1300</v>
+        <v>1273</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>544</v>
+        <v>1274</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D479" s="2" t="s">
-        <v>1301</v>
+        <v>1229</v>
       </c>
       <c r="E479" s="3">
-        <v>155.4</v>
+        <v>552.61</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>1302</v>
+        <v>1275</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>1303</v>
+        <v>1276</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D480" s="2" t="s">
-        <v>1304</v>
+        <v>1277</v>
       </c>
       <c r="E480" s="3">
-        <v>371.98</v>
+        <v>2401.46</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>1305</v>
+        <v>1278</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>1306</v>
+        <v>1276</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D481" s="2" t="s">
-        <v>1307</v>
+        <v>1279</v>
       </c>
       <c r="E481" s="3">
-        <v>1950.32</v>
+        <v>150.15</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>1308</v>
+        <v>1280</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>669</v>
+        <v>1276</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D482" s="2" t="s">
-        <v>1309</v>
+        <v>1279</v>
       </c>
       <c r="E482" s="3">
-        <v>2254.16</v>
+        <v>153.78</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>1310</v>
+        <v>1281</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>1311</v>
+        <v>1276</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D483" s="2" t="s">
-        <v>1312</v>
+        <v>1282</v>
       </c>
       <c r="E483" s="3">
-        <v>917.05</v>
+        <v>1614.67</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>1313</v>
+        <v>1283</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>1314</v>
+        <v>512</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D484" s="2" t="s">
-        <v>1315</v>
+        <v>1284</v>
       </c>
       <c r="E484" s="3">
-        <v>1421.94</v>
+        <v>21032.1</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>1316</v>
+        <v>1285</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>531</v>
+        <v>512</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D485" s="2" t="s">
-        <v>1317</v>
+        <v>1286</v>
       </c>
       <c r="E485" s="3">
-        <v>3.67</v>
+        <v>15572.07</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>1318</v>
+        <v>1287</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>1319</v>
+        <v>1288</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D486" s="2" t="s">
-        <v>1320</v>
+        <v>1289</v>
       </c>
       <c r="E486" s="3">
-        <v>3551.88</v>
+        <v>1958.79</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>1321</v>
+        <v>1290</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>1322</v>
+        <v>908</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D487" s="2" t="s">
-        <v>1323</v>
+        <v>1279</v>
       </c>
       <c r="E487" s="3">
-        <v>8653.98</v>
+        <v>42.76</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>1324</v>
+        <v>1291</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>1325</v>
+        <v>908</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D488" s="2" t="s">
-        <v>1326</v>
+        <v>1292</v>
       </c>
       <c r="E488" s="3">
-        <v>9482.52</v>
+        <v>42.76</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>1327</v>
+        <v>1293</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>1325</v>
+        <v>908</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D489" s="2" t="s">
-        <v>1328</v>
+        <v>1292</v>
       </c>
       <c r="E489" s="3">
-        <v>22417.68</v>
+        <v>33.55</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>1329</v>
+        <v>1294</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>531</v>
+        <v>512</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D490" s="2" t="s">
-        <v>1330</v>
+        <v>1279</v>
       </c>
       <c r="E490" s="3">
-        <v>60.36</v>
+        <v>9856.8</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>1331</v>
+        <v>1295</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>1332</v>
+        <v>512</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D491" s="2" t="s">
-        <v>1333</v>
+        <v>1279</v>
       </c>
       <c r="E491" s="3">
-        <v>23.13</v>
+        <v>9856.8</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>1334</v>
+        <v>1296</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>1335</v>
+        <v>512</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D492" s="2" t="s">
-        <v>1336</v>
+        <v>1297</v>
       </c>
       <c r="E492" s="3">
-        <v>1162.62</v>
+        <v>17416.51</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>1337</v>
+        <v>1298</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>1338</v>
+        <v>1299</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D493" s="2" t="s">
-        <v>1339</v>
+        <v>1300</v>
       </c>
       <c r="E493" s="3">
-        <v>445.24</v>
+        <v>2113.11</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>1340</v>
+        <v>1301</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>1341</v>
+        <v>1302</v>
       </c>
       <c r="C494" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D494" s="2" t="s">
-        <v>1342</v>
+        <v>1303</v>
       </c>
       <c r="E494" s="3">
-        <v>150.69</v>
+        <v>636.39</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>1343</v>
+        <v>1304</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>1344</v>
+        <v>1305</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D495" s="2" t="s">
-        <v>1345</v>
+        <v>1306</v>
       </c>
       <c r="E495" s="3">
-        <v>258.41</v>
+        <v>3714.17</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>1346</v>
+        <v>1307</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>1344</v>
+        <v>1308</v>
       </c>
       <c r="C496" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D496" s="2" t="s">
-        <v>1347</v>
+        <v>1309</v>
       </c>
       <c r="E496" s="3">
-        <v>1436.2</v>
+        <v>1913.21</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>1348</v>
+        <v>1310</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>1349</v>
+        <v>1311</v>
       </c>
       <c r="C497" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D497" s="2" t="s">
-        <v>1350</v>
+        <v>1312</v>
       </c>
       <c r="E497" s="3">
-        <v>91635.76</v>
+        <v>6379.64</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>1351</v>
+        <v>1313</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>1352</v>
+        <v>1311</v>
       </c>
       <c r="C498" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D498" s="2" t="s">
-        <v>1353</v>
+        <v>1314</v>
       </c>
       <c r="E498" s="3">
-        <v>6082.3</v>
+        <v>211.63</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>1354</v>
+        <v>1315</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>1355</v>
+        <v>1316</v>
       </c>
       <c r="C499" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D499" s="2" t="s">
-        <v>1356</v>
+        <v>1317</v>
       </c>
       <c r="E499" s="3">
-        <v>25601.82</v>
+        <v>108.63</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>1357</v>
+        <v>1318</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>1358</v>
+        <v>1316</v>
       </c>
       <c r="C500" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D500" s="2" t="s">
-        <v>1359</v>
+        <v>1319</v>
       </c>
       <c r="E500" s="3">
-        <v>6.9</v>
+        <v>1066.53</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>1360</v>
+        <v>1320</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>531</v>
+        <v>1321</v>
       </c>
       <c r="C501" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D501" s="2" t="s">
-        <v>1361</v>
+        <v>1322</v>
       </c>
       <c r="E501" s="3">
-        <v>50.09</v>
+        <v>153.79</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>1362</v>
+        <v>1323</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>531</v>
+        <v>1321</v>
       </c>
       <c r="C502" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D502" s="2" t="s">
-        <v>1363</v>
+        <v>1324</v>
       </c>
       <c r="E502" s="3">
-        <v>49.15</v>
+        <v>153.78</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>1364</v>
+        <v>1325</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>531</v>
+        <v>1321</v>
       </c>
       <c r="C503" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D503" s="2" t="s">
-        <v>1365</v>
+        <v>1326</v>
       </c>
       <c r="E503" s="3">
-        <v>49.15</v>
+        <v>153.78</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>1366</v>
+        <v>1327</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>1367</v>
+        <v>838</v>
       </c>
       <c r="C504" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D504" s="2" t="s">
-        <v>1368</v>
+        <v>1328</v>
       </c>
       <c r="E504" s="3">
-        <v>3123.12</v>
+        <v>1345.96</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>1369</v>
+        <v>1329</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>1367</v>
+        <v>1330</v>
       </c>
       <c r="C505" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D505" s="2" t="s">
-        <v>1370</v>
+        <v>1322</v>
       </c>
       <c r="E505" s="3">
-        <v>5385.47</v>
+        <v>101.19</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>1371</v>
+        <v>1331</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>1372</v>
+        <v>1330</v>
       </c>
       <c r="C506" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D506" s="2" t="s">
-        <v>1373</v>
+        <v>1322</v>
       </c>
       <c r="E506" s="3">
-        <v>42464.04</v>
+        <v>101.19</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>1374</v>
+        <v>1332</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>1375</v>
+        <v>1330</v>
       </c>
       <c r="C507" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D507" s="2" t="s">
-        <v>1376</v>
+        <v>1322</v>
       </c>
       <c r="E507" s="3">
-        <v>2177.21</v>
+        <v>101.19</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>1377</v>
+        <v>1333</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>1375</v>
+        <v>1334</v>
       </c>
       <c r="C508" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D508" s="2" t="s">
-        <v>1378</v>
+        <v>1335</v>
       </c>
       <c r="E508" s="3">
-        <v>156.48</v>
+        <v>318.66</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>1379</v>
+        <v>1336</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>531</v>
+        <v>1334</v>
       </c>
       <c r="C509" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D509" s="2" t="s">
-        <v>1380</v>
+        <v>1337</v>
       </c>
       <c r="E509" s="3">
-        <v>47.34</v>
+        <v>547.55</v>
       </c>
       <c r="F509" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>1381</v>
+        <v>1338</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>531</v>
+        <v>1334</v>
       </c>
       <c r="C510" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D510" s="2" t="s">
-        <v>1382</v>
+        <v>1339</v>
       </c>
       <c r="E510" s="3">
-        <v>47.34</v>
+        <v>318.66</v>
       </c>
       <c r="F510" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>1383</v>
+        <v>1340</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>1384</v>
+        <v>1334</v>
       </c>
       <c r="C511" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D511" s="2" t="s">
-        <v>1385</v>
+        <v>1339</v>
       </c>
       <c r="E511" s="3">
-        <v>998.7</v>
+        <v>318.66</v>
       </c>
       <c r="F511" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
-        <v>1386</v>
+        <v>1341</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>1387</v>
+        <v>1334</v>
       </c>
       <c r="C512" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D512" s="2" t="s">
-        <v>1388</v>
+        <v>1339</v>
       </c>
       <c r="E512" s="3">
-        <v>2843.31</v>
+        <v>949.09</v>
       </c>
       <c r="F512" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>1389</v>
+        <v>1342</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>1390</v>
+        <v>1334</v>
       </c>
       <c r="C513" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D513" s="2" t="s">
-        <v>1391</v>
+        <v>1339</v>
       </c>
       <c r="E513" s="3">
-        <v>16014.33</v>
+        <v>949.09</v>
       </c>
       <c r="F513" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>1392</v>
+        <v>1343</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>1387</v>
+        <v>1344</v>
       </c>
       <c r="C514" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D514" s="2" t="s">
-        <v>1393</v>
+        <v>1345</v>
       </c>
       <c r="E514" s="3">
-        <v>758.9</v>
+        <v>8.23</v>
       </c>
       <c r="F514" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>1394</v>
+        <v>1346</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>1384</v>
+        <v>1344</v>
       </c>
       <c r="C515" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D515" s="2" t="s">
-        <v>1395</v>
+        <v>1347</v>
       </c>
       <c r="E515" s="3">
-        <v>611.32</v>
+        <v>2.19</v>
       </c>
       <c r="F515" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>1396</v>
+        <v>1348</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>1397</v>
+        <v>1349</v>
       </c>
       <c r="C516" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D516" s="2" t="s">
-        <v>1398</v>
+        <v>1226</v>
       </c>
       <c r="E516" s="3">
-        <v>3942.02</v>
+        <v>4.26</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>1399</v>
+        <v>1350</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>531</v>
+        <v>1349</v>
       </c>
       <c r="C517" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D517" s="2" t="s">
-        <v>1400</v>
+        <v>1351</v>
       </c>
       <c r="E517" s="3">
-        <v>36.68</v>
+        <v>10.71</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>1401</v>
+        <v>1352</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>531</v>
+        <v>1353</v>
       </c>
       <c r="C518" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D518" s="2" t="s">
-        <v>1402</v>
+        <v>1153</v>
       </c>
       <c r="E518" s="3">
-        <v>2.67</v>
+        <v>262.59</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>1403</v>
+        <v>1354</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>531</v>
+        <v>1353</v>
       </c>
       <c r="C519" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D519" s="2" t="s">
-        <v>1404</v>
+        <v>1355</v>
       </c>
       <c r="E519" s="3">
-        <v>58.93</v>
+        <v>1773.98</v>
       </c>
       <c r="F519" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>1405</v>
+        <v>1356</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>531</v>
+        <v>1357</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D520" s="2" t="s">
-        <v>1406</v>
+        <v>1153</v>
       </c>
       <c r="E520" s="3">
-        <v>2.71</v>
+        <v>211.63</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>1407</v>
+        <v>1358</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>1408</v>
+        <v>1357</v>
       </c>
       <c r="C521" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D521" s="2" t="s">
-        <v>1402</v>
+        <v>1359</v>
       </c>
       <c r="E521" s="3">
-        <v>60.74</v>
+        <v>5213.21</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>1409</v>
+        <v>1360</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>1408</v>
+        <v>112</v>
       </c>
       <c r="C522" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D522" s="2" t="s">
-        <v>1406</v>
+        <v>1361</v>
       </c>
       <c r="E522" s="3">
-        <v>101.19</v>
+        <v>3874.57</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>1410</v>
+        <v>1362</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>579</v>
+        <v>112</v>
       </c>
       <c r="C523" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D523" s="2" t="s">
-        <v>1411</v>
+        <v>1279</v>
       </c>
       <c r="E523" s="3">
-        <v>25963.38</v>
+        <v>318.66</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>1412</v>
+        <v>1363</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>579</v>
+        <v>1364</v>
       </c>
       <c r="C524" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D524" s="2" t="s">
-        <v>1406</v>
+        <v>1365</v>
       </c>
       <c r="E524" s="3">
-        <v>3482.55</v>
+        <v>16100.66</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>1413</v>
+        <v>1366</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>1414</v>
+        <v>1367</v>
       </c>
       <c r="C525" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D525" s="2" t="s">
-        <v>1415</v>
+        <v>1368</v>
       </c>
       <c r="E525" s="3">
-        <v>798.45</v>
+        <v>1364.18</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>1416</v>
+        <v>1369</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>1414</v>
+        <v>1370</v>
       </c>
       <c r="C526" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D526" s="2" t="s">
-        <v>1417</v>
+        <v>1371</v>
       </c>
       <c r="E526" s="3">
-        <v>4977.35</v>
+        <v>87.62</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>1418</v>
+        <v>1372</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>579</v>
+        <v>1373</v>
       </c>
       <c r="C527" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D527" s="2" t="s">
-        <v>1419</v>
+        <v>1374</v>
       </c>
       <c r="E527" s="3">
-        <v>7763.72</v>
+        <v>382.54</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>1420</v>
+        <v>1375</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>579</v>
+        <v>1376</v>
       </c>
       <c r="C528" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D528" s="2" t="s">
-        <v>1421</v>
+        <v>1339</v>
       </c>
       <c r="E528" s="3">
-        <v>11444.17</v>
+        <v>261.9</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>1422</v>
+        <v>1377</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>579</v>
+        <v>1376</v>
       </c>
       <c r="C529" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D529" s="2" t="s">
-        <v>1419</v>
+        <v>1378</v>
       </c>
       <c r="E529" s="3">
-        <v>7834.16</v>
+        <v>4013.24</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>1423</v>
+        <v>1379</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>579</v>
+        <v>1380</v>
       </c>
       <c r="C530" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D530" s="2" t="s">
-        <v>1419</v>
+        <v>1381</v>
       </c>
       <c r="E530" s="3">
-        <v>7693.3</v>
+        <v>2869.27</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>1424</v>
+        <v>1382</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>579</v>
+        <v>1383</v>
       </c>
       <c r="C531" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D531" s="2" t="s">
-        <v>1419</v>
+        <v>1384</v>
       </c>
       <c r="E531" s="3">
-        <v>7985.7</v>
+        <v>53155.18</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>1425</v>
+        <v>1385</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>1426</v>
+        <v>1386</v>
       </c>
       <c r="C532" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D532" s="2" t="s">
-        <v>1427</v>
+        <v>1387</v>
       </c>
       <c r="E532" s="3">
-        <v>23.02</v>
+        <v>4071.96</v>
       </c>
       <c r="F532" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>1428</v>
+        <v>1388</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>1426</v>
+        <v>1389</v>
       </c>
       <c r="C533" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D533" s="2" t="s">
-        <v>1419</v>
+        <v>1390</v>
       </c>
       <c r="E533" s="3">
-        <v>5.58</v>
+        <v>3322.81</v>
       </c>
       <c r="F533" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>1429</v>
+        <v>1391</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>1426</v>
+        <v>1392</v>
       </c>
       <c r="C534" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D534" s="2" t="s">
-        <v>1430</v>
+        <v>1393</v>
       </c>
       <c r="E534" s="3">
-        <v>1.12</v>
+        <v>5763.87</v>
       </c>
       <c r="F534" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>1431</v>
+        <v>1394</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>1432</v>
+        <v>1395</v>
       </c>
       <c r="C535" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D535" s="2" t="s">
-        <v>1433</v>
+        <v>1396</v>
       </c>
       <c r="E535" s="3">
-        <v>48.18</v>
+        <v>1702.95</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>1434</v>
+        <v>1397</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>579</v>
+        <v>1398</v>
       </c>
       <c r="C536" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D536" s="2" t="s">
-        <v>1435</v>
+        <v>1399</v>
       </c>
       <c r="E536" s="3">
-        <v>21956.08</v>
+        <v>4128.29</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>1436</v>
+        <v>1400</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>579</v>
+        <v>1401</v>
       </c>
       <c r="C537" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D537" s="2" t="s">
-        <v>1437</v>
+        <v>1402</v>
       </c>
       <c r="E537" s="3">
-        <v>14863.79</v>
+        <v>15317.23</v>
       </c>
       <c r="F537" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>1438</v>
+        <v>1403</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>531</v>
+        <v>543</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D538" s="2" t="s">
-        <v>1439</v>
+        <v>1404</v>
       </c>
       <c r="E538" s="3">
-        <v>56.02</v>
+        <v>1254.5</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>1440</v>
+        <v>1405</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>1441</v>
+        <v>1406</v>
       </c>
       <c r="C539" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D539" s="2" t="s">
-        <v>1442</v>
+        <v>1407</v>
       </c>
       <c r="E539" s="3">
-        <v>4519.83</v>
+        <v>66.76</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>1443</v>
+        <v>1408</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>1444</v>
+        <v>1409</v>
       </c>
       <c r="C540" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D540" s="2" t="s">
-        <v>1445</v>
+        <v>1410</v>
       </c>
       <c r="E540" s="3">
-        <v>16943.92</v>
+        <v>738.02</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>1446</v>
+        <v>1411</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>1021</v>
+        <v>1412</v>
       </c>
       <c r="C541" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D541" s="2" t="s">
-        <v>1447</v>
+        <v>1413</v>
       </c>
       <c r="E541" s="3">
-        <v>3391.78</v>
+        <v>5251.16</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>1448</v>
+        <v>1414</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>531</v>
+        <v>1415</v>
       </c>
       <c r="C542" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D542" s="2" t="s">
-        <v>1449</v>
+        <v>1416</v>
       </c>
       <c r="E542" s="3">
-        <v>50.65</v>
+        <v>2122.11</v>
       </c>
       <c r="F542" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>1450</v>
+        <v>1417</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>1451</v>
+        <v>1418</v>
       </c>
       <c r="C543" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D543" s="2" t="s">
-        <v>1452</v>
+        <v>1419</v>
       </c>
       <c r="E543" s="3">
-        <v>2485.64</v>
+        <v>2462.75</v>
       </c>
       <c r="F543" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>1453</v>
+        <v>1420</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>1454</v>
+        <v>1421</v>
       </c>
       <c r="C544" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D544" s="2" t="s">
-        <v>1455</v>
+        <v>1422</v>
       </c>
       <c r="E544" s="3">
-        <v>1850.92</v>
+        <v>4834.57</v>
       </c>
       <c r="F544" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>1456</v>
+        <v>1423</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>1457</v>
+        <v>1424</v>
       </c>
       <c r="C545" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D545" s="2" t="s">
-        <v>1458</v>
+        <v>1425</v>
       </c>
       <c r="E545" s="3">
-        <v>2713.15</v>
+        <v>655.41</v>
       </c>
       <c r="F545" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>1459</v>
+        <v>1426</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>1460</v>
+        <v>1427</v>
       </c>
       <c r="C546" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D546" s="2" t="s">
-        <v>1461</v>
+        <v>1428</v>
       </c>
       <c r="E546" s="3">
-        <v>136.74</v>
+        <v>395.14</v>
       </c>
       <c r="F546" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>1462</v>
+        <v>1429</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>1460</v>
+        <v>1430</v>
       </c>
       <c r="C547" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D547" s="2" t="s">
-        <v>1463</v>
+        <v>1431</v>
       </c>
       <c r="E547" s="3">
-        <v>611.08</v>
+        <v>30711.28</v>
       </c>
       <c r="F547" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>1464</v>
+        <v>1432</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>1460</v>
+        <v>1433</v>
       </c>
       <c r="C548" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D548" s="2" t="s">
-        <v>1461</v>
+        <v>1431</v>
       </c>
       <c r="E548" s="3">
-        <v>273.47</v>
+        <v>11490.03</v>
       </c>
       <c r="F548" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>1465</v>
+        <v>1434</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>1466</v>
+        <v>1435</v>
       </c>
       <c r="C549" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D549" s="2" t="s">
-        <v>1467</v>
+        <v>1436</v>
       </c>
       <c r="E549" s="3">
-        <v>46499.79</v>
+        <v>27202.6</v>
       </c>
       <c r="F549" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>1468</v>
+        <v>1437</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>1469</v>
+        <v>1438</v>
       </c>
       <c r="C550" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D550" s="2" t="s">
-        <v>1470</v>
+        <v>1439</v>
       </c>
       <c r="E550" s="3">
-        <v>3131.69</v>
+        <v>8374.62</v>
       </c>
       <c r="F550" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
-        <v>1471</v>
+        <v>1440</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>1472</v>
+        <v>1441</v>
       </c>
       <c r="C551" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D551" s="2" t="s">
-        <v>1473</v>
+        <v>1442</v>
       </c>
       <c r="E551" s="3">
-        <v>2003.84</v>
+        <v>22041.42</v>
       </c>
       <c r="F551" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
-        <v>1474</v>
+        <v>1443</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>1472</v>
+        <v>1444</v>
       </c>
       <c r="C552" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D552" s="2" t="s">
-        <v>1458</v>
+      <c r="D552" s="0" t="s">
+        <v>161</v>
       </c>
       <c r="E552" s="3">
-        <v>683.55</v>
+        <v>2064.56</v>
       </c>
       <c r="F552" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
-        <v>1475</v>
+        <v>1445</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>579</v>
+        <v>1444</v>
       </c>
       <c r="C553" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D553" s="2" t="s">
-        <v>1476</v>
+      <c r="D553" s="0" t="s">
+        <v>161</v>
       </c>
       <c r="E553" s="3">
-        <v>27542.69</v>
+        <v>2064.56</v>
       </c>
       <c r="F553" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
-        <v>1477</v>
+        <v>1446</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>531</v>
+        <v>1447</v>
       </c>
       <c r="C554" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D554" s="2" t="s">
-        <v>1478</v>
+      <c r="D554" s="0" t="s">
+        <v>1448</v>
       </c>
       <c r="E554" s="3">
-        <v>55.73</v>
+        <v>351.6</v>
       </c>
       <c r="F554" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>1479</v>
+        <v>1449</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>579</v>
+        <v>1450</v>
       </c>
       <c r="C555" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D555" s="2" t="s">
-        <v>1480</v>
+      <c r="D555" s="0" t="s">
+        <v>1451</v>
       </c>
       <c r="E555" s="3">
-        <v>32341.02</v>
+        <v>177.43</v>
       </c>
       <c r="F555" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>1481</v>
+        <v>1452</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>1482</v>
+        <v>1453</v>
       </c>
       <c r="C556" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D556" s="2" t="s">
-        <v>1483</v>
+      <c r="D556" s="0" t="s">
+        <v>1454</v>
       </c>
       <c r="E556" s="3">
-        <v>3407.58</v>
+        <v>3079.16</v>
       </c>
       <c r="F556" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>1484</v>
+        <v>1455</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>1482</v>
+        <v>1456</v>
       </c>
       <c r="C557" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D557" s="2" t="s">
-        <v>1483</v>
+      <c r="D557" s="0" t="s">
+        <v>1457</v>
       </c>
       <c r="E557" s="3">
-        <v>3407.57</v>
+        <v>218.24</v>
       </c>
       <c r="F557" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
-        <v>1485</v>
+        <v>1458</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>1482</v>
+        <v>1459</v>
       </c>
       <c r="C558" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D558" s="2" t="s">
-        <v>1486</v>
+      <c r="D558" s="0" t="s">
+        <v>1460</v>
       </c>
       <c r="E558" s="3">
-        <v>13786.94</v>
+        <v>309.05</v>
       </c>
       <c r="F558" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
-        <v>1487</v>
+        <v>1461</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>1488</v>
+        <v>1462</v>
       </c>
       <c r="C559" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D559" s="2" t="s">
-        <v>1489</v>
+      <c r="D559" s="0" t="s">
+        <v>1463</v>
       </c>
       <c r="E559" s="3">
-        <v>7031.06</v>
+        <v>1216.86</v>
       </c>
       <c r="F559" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
-        <v>1490</v>
+        <v>1464</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>1488</v>
+        <v>1465</v>
       </c>
       <c r="C560" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D560" s="2" t="s">
-        <v>1458</v>
+      <c r="D560" s="0" t="s">
+        <v>1466</v>
       </c>
       <c r="E560" s="3">
-        <v>901.66</v>
+        <v>4006.46</v>
       </c>
       <c r="F560" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
-        <v>1491</v>
+        <v>1467</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>1492</v>
+        <v>1468</v>
       </c>
       <c r="C561" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D561" s="2" t="s">
-        <v>1493</v>
+      <c r="D561" s="0" t="s">
+        <v>161</v>
       </c>
       <c r="E561" s="3">
-        <v>20350.33</v>
+        <v>7696.07</v>
       </c>
       <c r="F561" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>1494</v>
+        <v>1469</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>1495</v>
+        <v>1470</v>
       </c>
       <c r="C562" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D562" s="2" t="s">
-        <v>1461</v>
+      <c r="D562" s="0" t="s">
+        <v>1471</v>
       </c>
       <c r="E562" s="3">
-        <v>126.16</v>
+        <v>746.23</v>
       </c>
       <c r="F562" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>1496</v>
+        <v>1472</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>1482</v>
+        <v>184</v>
       </c>
       <c r="C563" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D563" s="2" t="s">
-        <v>1497</v>
+      <c r="D563" s="0" t="s">
+        <v>1473</v>
       </c>
       <c r="E563" s="3">
-        <v>468.39</v>
+        <v>1627.57</v>
       </c>
       <c r="F563" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>1498</v>
+        <v>1474</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>531</v>
+        <v>1475</v>
       </c>
       <c r="C564" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D564" s="2" t="s">
-        <v>1499</v>
+      <c r="D564" s="0" t="s">
+        <v>1476</v>
       </c>
       <c r="E564" s="3">
-        <v>40.41</v>
+        <v>2350.49</v>
       </c>
       <c r="F564" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>1500</v>
+        <v>1477</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>531</v>
+        <v>1459</v>
       </c>
       <c r="C565" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D565" s="2" t="s">
-        <v>1501</v>
+      <c r="D565" s="0" t="s">
+        <v>1478</v>
       </c>
       <c r="E565" s="3">
-        <v>2.2</v>
+        <v>461.95</v>
       </c>
       <c r="F565" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
-        <v>1502</v>
+        <v>1479</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>531</v>
+        <v>1480</v>
       </c>
       <c r="C566" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D566" s="2" t="s">
-        <v>1503</v>
+      <c r="D566" s="0" t="s">
+        <v>1481</v>
       </c>
       <c r="E566" s="3">
-        <v>46.51</v>
+        <v>5527.62</v>
       </c>
       <c r="F566" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>1504</v>
+        <v>1482</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>531</v>
+        <v>1483</v>
       </c>
       <c r="C567" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D567" s="2" t="s">
-        <v>1430</v>
+      <c r="D567" s="0" t="s">
+        <v>1484</v>
       </c>
       <c r="E567" s="3">
-        <v>2.86</v>
+        <v>67.32</v>
       </c>
       <c r="F567" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>1505</v>
+        <v>1485</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>531</v>
+        <v>1486</v>
       </c>
       <c r="C568" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D568" s="2" t="s">
-        <v>1506</v>
+      <c r="D568" s="0" t="s">
+        <v>1487</v>
       </c>
       <c r="E568" s="3">
-        <v>46.82</v>
+        <v>4181.65</v>
       </c>
       <c r="F568" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>1507</v>
+        <v>1488</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>531</v>
+        <v>1489</v>
       </c>
       <c r="C569" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D569" s="2" t="s">
-        <v>1419</v>
+      <c r="D569" s="0" t="s">
+        <v>161</v>
       </c>
       <c r="E569" s="3">
-        <v>4.47</v>
+        <v>5814.34</v>
       </c>
       <c r="F569" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>1508</v>
+        <v>1490</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>579</v>
+        <v>1491</v>
       </c>
       <c r="C570" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D570" s="2" t="s">
-        <v>1509</v>
+      <c r="D570" s="0" t="s">
+        <v>1492</v>
       </c>
       <c r="E570" s="3">
-        <v>17785.76</v>
+        <v>516.88</v>
       </c>
       <c r="F570" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>1510</v>
+        <v>1493</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>579</v>
+        <v>1494</v>
       </c>
       <c r="C571" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D571" s="2" t="s">
-        <v>1458</v>
+      <c r="D571" s="0" t="s">
+        <v>1495</v>
       </c>
       <c r="E571" s="3">
-        <v>15358.26</v>
+        <v>2196.49</v>
       </c>
       <c r="F571" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
-        <v>1511</v>
+        <v>1496</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>1512</v>
+        <v>1497</v>
       </c>
       <c r="C572" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D572" s="2" t="s">
-        <v>1513</v>
+      <c r="D572" s="0" t="s">
+        <v>1498</v>
       </c>
       <c r="E572" s="3">
-        <v>3069.48</v>
+        <v>315.02</v>
       </c>
       <c r="F572" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>1514</v>
+        <v>1499</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>1512</v>
+        <v>1500</v>
       </c>
       <c r="C573" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D573" s="2" t="s">
-        <v>1406</v>
+      <c r="D573" s="0" t="s">
+        <v>161</v>
       </c>
       <c r="E573" s="3">
-        <v>414.7</v>
+        <v>5856.45</v>
       </c>
       <c r="F573" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
-        <v>1515</v>
+        <v>1501</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>1516</v>
+        <v>1502</v>
       </c>
       <c r="C574" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D574" s="2" t="s">
-        <v>1406</v>
+      <c r="D574" s="0" t="s">
+        <v>1503</v>
       </c>
       <c r="E574" s="3">
-        <v>2249.59</v>
+        <v>8.95</v>
       </c>
       <c r="F574" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
-        <v>1517</v>
+        <v>1504</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>1516</v>
+        <v>1505</v>
       </c>
       <c r="C575" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D575" s="2" t="s">
-        <v>1406</v>
+      <c r="D575" s="0" t="s">
+        <v>1506</v>
       </c>
       <c r="E575" s="3">
-        <v>2249.59</v>
+        <v>469.52</v>
       </c>
       <c r="F575" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>1518</v>
+        <v>1507</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>1516</v>
+        <v>1508</v>
       </c>
       <c r="C576" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D576" s="2" t="s">
-        <v>1402</v>
+      <c r="D576" s="0" t="s">
+        <v>1509</v>
       </c>
       <c r="E576" s="3">
-        <v>2830.87</v>
+        <v>1354.74</v>
       </c>
       <c r="F576" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>1519</v>
+        <v>1510</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>1520</v>
+        <v>1511</v>
       </c>
       <c r="C577" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D577" s="2" t="s">
-        <v>1521</v>
+      <c r="D577" s="0" t="s">
+        <v>1512</v>
       </c>
       <c r="E577" s="3">
-        <v>13.57</v>
+        <v>26617.67</v>
       </c>
       <c r="F577" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>1520</v>
+        <v>1514</v>
       </c>
       <c r="C578" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D578" s="2" t="s">
-        <v>1521</v>
+      <c r="D578" s="0" t="s">
+        <v>1515</v>
       </c>
       <c r="E578" s="3">
-        <v>13.57</v>
+        <v>1282.33</v>
       </c>
       <c r="F578" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
-        <v>1523</v>
+        <v>1516</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>1520</v>
+        <v>1517</v>
       </c>
       <c r="C579" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D579" s="2" t="s">
-        <v>1521</v>
+      <c r="D579" s="0" t="s">
+        <v>1518</v>
       </c>
       <c r="E579" s="3">
-        <v>13.57</v>
+        <v>4688.19</v>
       </c>
       <c r="F579" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>1524</v>
+        <v>1519</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>1525</v>
+        <v>1520</v>
       </c>
       <c r="C580" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D580" s="2" t="s">
+      <c r="D580" s="0" t="s">
         <v>1521</v>
       </c>
       <c r="E580" s="3">
-        <v>48.18</v>
+        <v>631.71</v>
       </c>
       <c r="F580" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>1526</v>
+        <v>1522</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>1525</v>
+        <v>426</v>
       </c>
       <c r="C581" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D581" s="2" t="s">
-        <v>1521</v>
+        <v>427</v>
       </c>
       <c r="E581" s="3">
-        <v>48.18</v>
+        <v>5519.41</v>
       </c>
       <c r="F581" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>1527</v>
+        <v>1523</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>531</v>
+        <v>1524</v>
       </c>
       <c r="C582" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D582" s="2" t="s">
-        <v>1528</v>
+        <v>427</v>
       </c>
       <c r="E582" s="3">
-        <v>46.63</v>
+        <v>2161.24</v>
       </c>
       <c r="F582" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>531</v>
+        <v>1526</v>
       </c>
       <c r="C583" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D583" s="2" t="s">
-        <v>1530</v>
+        <v>427</v>
       </c>
       <c r="E583" s="3">
-        <v>3.37</v>
+        <v>10618.52</v>
       </c>
       <c r="F583" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>1531</v>
+        <v>1527</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>579</v>
+        <v>429</v>
       </c>
       <c r="C584" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D584" s="2" t="s">
-        <v>1532</v>
+        <v>427</v>
       </c>
       <c r="E584" s="3">
-        <v>15280.53</v>
+        <v>544.15</v>
       </c>
       <c r="F584" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>1533</v>
+        <v>1528</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>579</v>
+        <v>1529</v>
       </c>
       <c r="C585" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D585" s="2" t="s">
-        <v>1402</v>
+        <v>427</v>
       </c>
       <c r="E585" s="3">
-        <v>8021.75</v>
+        <v>21425.92</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>10</v>
-[...3738 lines deleted...]
-      <c r="F772" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -22585,219 +17366,32 @@
     <hyperlink ref="F561" r:id="rId561"/>
     <hyperlink ref="F562" r:id="rId562"/>
     <hyperlink ref="F563" r:id="rId563"/>
     <hyperlink ref="F564" r:id="rId564"/>
     <hyperlink ref="F565" r:id="rId565"/>
     <hyperlink ref="F566" r:id="rId566"/>
     <hyperlink ref="F567" r:id="rId567"/>
     <hyperlink ref="F568" r:id="rId568"/>
     <hyperlink ref="F569" r:id="rId569"/>
     <hyperlink ref="F570" r:id="rId570"/>
     <hyperlink ref="F571" r:id="rId571"/>
     <hyperlink ref="F572" r:id="rId572"/>
     <hyperlink ref="F573" r:id="rId573"/>
     <hyperlink ref="F574" r:id="rId574"/>
     <hyperlink ref="F575" r:id="rId575"/>
     <hyperlink ref="F576" r:id="rId576"/>
     <hyperlink ref="F577" r:id="rId577"/>
     <hyperlink ref="F578" r:id="rId578"/>
     <hyperlink ref="F579" r:id="rId579"/>
     <hyperlink ref="F580" r:id="rId580"/>
     <hyperlink ref="F581" r:id="rId581"/>
     <hyperlink ref="F582" r:id="rId582"/>
     <hyperlink ref="F583" r:id="rId583"/>
     <hyperlink ref="F584" r:id="rId584"/>
     <hyperlink ref="F585" r:id="rId585"/>
-    <hyperlink ref="F586" r:id="rId586"/>
-[...185 lines deleted...]
-    <hyperlink ref="F772" r:id="rId772"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>