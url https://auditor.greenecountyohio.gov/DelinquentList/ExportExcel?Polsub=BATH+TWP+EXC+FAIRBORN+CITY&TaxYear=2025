--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -5,162 +5,132 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="466">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="432" uniqueCount="432">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>A01-00005</t>
   </si>
   <si>
     <t>NICKELL SUE E</t>
   </si>
   <si>
     <t>FAIRBORN CSD</t>
   </si>
   <si>
     <t>1900 SPANGLER RD LOT 62</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>A01-0001-0001-0-0023-00</t>
   </si>
   <si>
     <t>GERDING JAMES J</t>
   </si>
   <si>
     <t xml:space="preserve">4548 BATH RD  
 DAYTON OH 45424</t>
   </si>
   <si>
-    <t>A01-0001-0001-0-0024-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A01-0001-0001-0-0065-00</t>
   </si>
   <si>
     <t>GRAHAM PAUL W &amp; AMIE ELAM</t>
   </si>
   <si>
     <t xml:space="preserve">4903 BATH RD  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0002-0-0018-00</t>
   </si>
   <si>
     <t>LOVIN CLYDE</t>
   </si>
   <si>
     <t xml:space="preserve">4343 E KITRIDGE RD  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0002-0-0019-00</t>
   </si>
   <si>
     <t xml:space="preserve">E KITRIDGE RD  
 </t>
   </si>
   <si>
-    <t>A01-0001-0002-0-0025-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A01-0001-0002-0-0045-00</t>
   </si>
   <si>
     <t>POLYDOROS CRAIG &amp; JOY</t>
   </si>
   <si>
     <t xml:space="preserve">4301 SR 4  
 DAYTON OH 45424</t>
   </si>
   <si>
-    <t>A01-0001-0002-0-0058-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A01-0001-0002-0-0102-00</t>
   </si>
   <si>
     <t>HICKS LOGAN</t>
   </si>
   <si>
     <t xml:space="preserve">4284 UNION RD  
 </t>
   </si>
   <si>
     <t>A01-0001-0003-0-0009-00</t>
   </si>
   <si>
     <t>ADCOX JERRY D &amp; JERRY ADCOX</t>
   </si>
   <si>
     <t xml:space="preserve">4836 UPPER VALLEY PIKE  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0016-00</t>
   </si>
   <si>
     <t>HUGHES FREDERICK L</t>
   </si>
@@ -177,359 +147,276 @@
   <si>
     <t xml:space="preserve">4531 SR 4  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0038-00</t>
   </si>
   <si>
     <t>LOUGEMAN STEPHEN</t>
   </si>
   <si>
     <t xml:space="preserve">3730 BEACONVIEW DR  
 DAYTON OH 45424</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0042-00</t>
   </si>
   <si>
     <t>ENGLE MARY BETH</t>
   </si>
   <si>
     <t xml:space="preserve">3760 SKYROS DR  
 DAYTON OH 45424</t>
   </si>
   <si>
-    <t>A01-0001-0003-0-0063-00</t>
-[...8 lines deleted...]
-  <si>
     <t>A01-0001-0003-0-0098-00</t>
   </si>
   <si>
     <t xml:space="preserve">BEACONVIEW DR  
 </t>
   </si>
   <si>
     <t>A01-0001-0003-0-0103-00</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0104-00</t>
   </si>
   <si>
     <t xml:space="preserve">ADAMS RD  
 </t>
   </si>
   <si>
     <t>A01-0001-0003-0-0118-00</t>
   </si>
   <si>
     <t>A01-0001-0003-0-0125-00</t>
   </si>
   <si>
     <t>HOLBROOK KALEB J &amp; HANNAH A</t>
   </si>
   <si>
     <t xml:space="preserve">UPPER VALLEY PIKE  
 </t>
   </si>
   <si>
     <t>A01-0001-0005-0-0023-00</t>
   </si>
   <si>
     <t>RODGERS DAVID M &amp; TONI D</t>
   </si>
   <si>
     <t xml:space="preserve">2170 NATIONAL RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0001-0006-0-0114-00</t>
   </si>
   <si>
-    <t>KENDIG DONALD L &amp; JANET M CO TRUSTEES</t>
+    <t>NESMAN SUCCESSOR TRUSTEE RACHEL M</t>
   </si>
   <si>
     <t xml:space="preserve">BOXWOOD DR  
 </t>
   </si>
   <si>
     <t>A01-0001-0006-0-0149-00</t>
   </si>
   <si>
     <t>SAWYER WILLIAM C</t>
   </si>
   <si>
     <t xml:space="preserve">3309 RAVENWOOD RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0001-0006-0-0163-00</t>
   </si>
   <si>
     <t>HAYES TRACIE A</t>
   </si>
   <si>
     <t xml:space="preserve">3010 VALLEY VIEW DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0001-0006-0-0204-00</t>
   </si>
   <si>
     <t>OSBORNE AVERY D &amp; DIANA S</t>
   </si>
   <si>
     <t xml:space="preserve">3041 AXE DR  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A01-0001-0009-0-0008-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">SANDHILL RD  
+    <t>A01-0001-0013-0-0071-00</t>
+  </si>
+  <si>
+    <t>HARVEY KARL P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3214 RAVENWOOD RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0092-00</t>
+  </si>
+  <si>
+    <t>WETZ JAMES AUGUST</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3283 RAVENWOOD RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0176-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERNICE DR  
 </t>
   </si>
   <si>
-    <t>A01-0001-0013-0-0031-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2990 WYLIE DR  
+    <t>A01-0001-0013-0-0177-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3205 BERNICE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0194-00</t>
+  </si>
+  <si>
+    <t>NEWELL ARTHUR T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROSPECT AVE  
 </t>
   </si>
   <si>
-    <t>A01-0001-0013-0-0040-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">2967 WYLIE DR  
+    <t>A01-0001-0013-0-0195-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2789 PROSPECT AVE  
 FAIRBORN OH 45324</t>
   </si>
   <si>
-    <t>A01-0001-0013-0-0065-00</t>
-[...2 lines deleted...]
-    <t>HEIZER KAREN SUE</t>
+    <t>A01-0001-0013-0-0201-00</t>
+  </si>
+  <si>
+    <t>ORR CYNTHIA PLAN ADMINISTRATOR OF MY END GAME 401K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2817 PROSPECT AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0202-00</t>
+  </si>
+  <si>
+    <t>COLER SHIRLEY Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2827 PROSPECT AVE  
+</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0203-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2827 PROSPECT AVE  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0379-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2762 OLD YELLOW SPRINGS RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0380-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLD YELLOW SPRINGS RD  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0430-00</t>
+  </si>
+  <si>
+    <t>OWSLEY JAMISON F &amp; SUSAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2885 WYLIE DR  
+FAIRBORN OH 45324</t>
+  </si>
+  <si>
+    <t>A01-0001-0013-0-0431-00</t>
   </si>
   <si>
     <t xml:space="preserve">VALLEY VIEW DR  
 </t>
   </si>
   <si>
-    <t>A01-0001-0013-0-0071-00</t>
-[...114 lines deleted...]
-    <t>A01-0001-0013-0-0662-00</t>
+    <t>A01-0001-0013-0-0675-00</t>
   </si>
   <si>
     <t>BOYLE DAVID &amp; JENNIFER</t>
-  </si>
-[...5 lines deleted...]
-    <t>A01-0001-0013-0-0675-00</t>
   </si>
   <si>
     <t xml:space="preserve">HAMILTON DR  
 </t>
   </si>
   <si>
     <t>A01-00017</t>
   </si>
   <si>
     <t>CAREY CHARLES</t>
   </si>
   <si>
     <t>1900 SPANGLER RD LOT 18</t>
   </si>
   <si>
     <t>A01-0002-0020-0-0021-00</t>
   </si>
   <si>
     <t>HAMILTON LISA ANN</t>
   </si>
   <si>
     <t xml:space="preserve">4633 BYRON RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>A01-0002-0020-0-0023-00</t>
   </si>
   <si>
     <t>WINERT JOHN R</t>
   </si>
   <si>
     <t xml:space="preserve">4613 BYRON RD  
 FAIRBORN OH 45324</t>
-  </si>
-[...18 lines deleted...]
-</t>
   </si>
   <si>
     <t>A01-0002-0024-0-0009-00</t>
   </si>
   <si>
     <t>GREEN JOSEPH</t>
   </si>
   <si>
     <t xml:space="preserve">1491 DAYTON YELLOW SPRINGS RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>A01-0002-0024-0-0011-00</t>
   </si>
   <si>
     <t xml:space="preserve">1479 DAYTON YELLOW SPRINGS RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>A01-0002-0025-0-0003-00</t>
   </si>
   <si>
     <t>COX EMMETT HAMILTON III</t>
   </si>
   <si>
@@ -1522,70 +1409,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F175" headerRowCount="1">
-  <autoFilter ref="A1:F175"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F163" headerRowCount="1">
+  <autoFilter ref="A1:F163"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=131&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=198&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=233&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=313&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=638&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=647&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=672&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=777&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=946&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83506&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1146&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1158&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1694&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84178&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84095&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84004&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83345&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84179&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83560&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84180&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84181&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83668&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83588&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84020&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84276&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84387&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84406&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1900&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=131&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=198&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=233&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=313&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=777&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=794&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=803&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=842&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=946&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83506&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1158&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1694&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84178&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84095&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84004&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83345&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84179&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83560&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84180&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84102&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84181&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83668&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83588&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83537&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83669&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83480&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84008&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83764&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83882&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83717&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84020&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84276&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84311&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84387&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84406&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=1900&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F175"/>
+  <dimension ref="A1:F163"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.558528900146484" customWidth="1"/>
     <col min="2" max="2" width="55.56251907348633" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="26.969892501831055" customWidth="1"/>
     <col min="5" max="5" width="11.245378494262695" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -1629,3473 +1516,3233 @@
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
         <v>0.83</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>1616.45</v>
+        <v>5456.47</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>5456.47</v>
+        <v>5331.27</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="3">
-        <v>5331.27</v>
+        <v>262.74</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="3">
-        <v>262.74</v>
+        <v>1869.17</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>0.03</v>
+        <v>9042.14</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="3">
-        <v>1869.17</v>
+        <v>6047.51</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="3">
-        <v>2984.05</v>
+        <v>7769.82</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="3">
-        <v>9042.14</v>
+        <v>5462.36</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="3">
-        <v>6047.51</v>
+        <v>22077.87</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="3">
-        <v>7769.82</v>
+        <v>5534.43</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="3">
-        <v>5462.36</v>
+        <v>242.84</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E15" s="3">
-        <v>22077.87</v>
+        <v>177.93</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E16" s="3">
-        <v>8895.63</v>
+        <v>44.53</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E17" s="3">
-        <v>0.12</v>
+        <v>45.71</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="E18" s="3">
-        <v>242.84</v>
+        <v>79.18</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E19" s="3">
-        <v>177.93</v>
+        <v>4308.71</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E20" s="3">
-        <v>44.53</v>
+        <v>1.19</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" s="3">
-        <v>45.71</v>
+        <v>3093.42</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="3">
-        <v>79.18</v>
+        <v>2599.35</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="3">
-        <v>5228.71</v>
+        <v>530.66</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="3">
-        <v>1.19</v>
+        <v>3418.3</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="3">
-        <v>5093.42</v>
+        <v>3100.16</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="3">
-        <v>2939.35</v>
+        <v>0.85</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E27" s="3">
-        <v>530.66</v>
+        <v>6.56</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" s="3">
-        <v>6.14</v>
+        <v>675.49</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="E29" s="3">
-        <v>44.57</v>
+        <v>1001.8</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="E30" s="3">
-        <v>0.23</v>
+        <v>863.91</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="E31" s="3">
-        <v>59.94</v>
+        <v>2113.95</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="E32" s="3">
-        <v>3418.3</v>
+        <v>866.83</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="E33" s="3">
-        <v>3100.16</v>
+        <v>6.18</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="E34" s="3">
-        <v>0.85</v>
+        <v>1.08</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="E35" s="3">
-        <v>6.56</v>
+        <v>5440.55</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="E36" s="3">
-        <v>675.49</v>
+        <v>844.59</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E37" s="3">
-        <v>1001.8</v>
+        <v>1366.42</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D38" s="2" t="s">
-        <v>108</v>
+      <c r="D38" s="0" t="s">
+        <v>104</v>
       </c>
       <c r="E38" s="3">
-        <v>863.91</v>
+        <v>1007.48</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E39" s="3">
-        <v>2113.95</v>
+        <v>2746.46</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B40" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="3">
-        <v>1866.83</v>
+        <v>704.77</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>68</v>
+        <v>112</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E41" s="3">
-        <v>6.18</v>
+        <v>2650.99</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>68</v>
+        <v>112</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E42" s="3">
-        <v>1.08</v>
+        <v>596.13</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="B43" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E43" s="3">
-        <v>247.86</v>
+        <v>611.48</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="B44" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E44" s="3">
-        <v>5440.55</v>
+        <v>224.72</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E45" s="3">
-        <v>844.59</v>
+        <v>67.31</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E46" s="3">
-        <v>127.03</v>
+        <v>662.01</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E47" s="3">
-        <v>1366.42</v>
+        <v>8.97</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D48" s="0" t="s">
-        <v>132</v>
+      <c r="D48" s="2" t="s">
+        <v>133</v>
       </c>
       <c r="E48" s="3">
-        <v>1007.48</v>
+        <v>3401.86</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E49" s="3">
-        <v>4428.75</v>
+        <v>6004.91</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E50" s="3">
-        <v>704.77</v>
+        <v>5927.46</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E51" s="3">
-        <v>13874.05</v>
+        <v>1337.03</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E52" s="3">
-        <v>5538.02</v>
+        <v>11075.19</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>147</v>
       </c>
       <c r="E53" s="3">
-        <v>2650.99</v>
+        <v>635.9</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E54" s="3">
-        <v>596.13</v>
+        <v>2896.49</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E55" s="3">
-        <v>711.48</v>
+        <v>894.22</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>155</v>
       </c>
       <c r="E56" s="3">
-        <v>224.72</v>
+        <v>6158.3</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="D57" s="0" t="s">
         <v>158</v>
       </c>
       <c r="E57" s="3">
-        <v>67.31</v>
+        <v>153.66</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D58" s="2" t="s">
+      <c r="D58" s="0" t="s">
         <v>161</v>
       </c>
       <c r="E58" s="3">
-        <v>662.01</v>
+        <v>1662.32</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D59" s="2" t="s">
+      <c r="D59" s="0" t="s">
         <v>164</v>
       </c>
       <c r="E59" s="3">
-        <v>8.97</v>
+        <v>670.27</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D60" s="2" t="s">
+      <c r="D60" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E60" s="3">
-        <v>3401.86</v>
+        <v>533.78</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D61" s="2" t="s">
+      <c r="D61" s="0" t="s">
         <v>170</v>
       </c>
       <c r="E61" s="3">
-        <v>6004.91</v>
+        <v>1698.65</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D62" s="2" t="s">
+      <c r="D62" s="0" t="s">
         <v>173</v>
       </c>
       <c r="E62" s="3">
-        <v>5927.46</v>
+        <v>2480.13</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D63" s="2" t="s">
+      <c r="D63" s="0" t="s">
         <v>176</v>
       </c>
       <c r="E63" s="3">
-        <v>1337.03</v>
+        <v>1611.7</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D64" s="2" t="s">
+      <c r="D64" s="0" t="s">
         <v>179</v>
       </c>
       <c r="E64" s="3">
-        <v>11075.19</v>
+        <v>971.63</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D65" s="2" t="s">
-        <v>181</v>
+      <c r="D65" s="0" t="s">
+        <v>182</v>
       </c>
       <c r="E65" s="3">
-        <v>635.9</v>
+        <v>710.12</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D66" s="2" t="s">
-        <v>184</v>
+      <c r="D66" s="0" t="s">
+        <v>185</v>
       </c>
       <c r="E66" s="3">
-        <v>2896.49</v>
+        <v>922.49</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>186</v>
+        <v>166</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D67" s="2" t="s">
+      <c r="D67" s="0" t="s">
         <v>187</v>
       </c>
       <c r="E67" s="3">
-        <v>894.22</v>
+        <v>104.92</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D68" s="2" t="s">
-        <v>189</v>
+      <c r="D68" s="0" t="s">
+        <v>190</v>
       </c>
       <c r="E68" s="3">
-        <v>6158.3</v>
+        <v>904.82</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>192</v>
+        <v>161</v>
       </c>
       <c r="E69" s="3">
-        <v>153.66</v>
+        <v>1544.45</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E70" s="3">
-        <v>1662.32</v>
+        <v>1974</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="B71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>198</v>
+        <v>161</v>
       </c>
       <c r="E71" s="3">
-        <v>670.27</v>
+        <v>260.93</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="B72" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E72" s="3">
-        <v>533.78</v>
+        <v>2486.68</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" s="3">
-        <v>1698.65</v>
+        <v>1814.91</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>207</v>
+        <v>161</v>
       </c>
       <c r="E74" s="3">
-        <v>2480.13</v>
+        <v>1551.66</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="E75" s="3">
-        <v>1611.7</v>
+        <v>2450.46</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="E76" s="3">
-        <v>971.63</v>
+        <v>2188.89</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E77" s="3">
-        <v>710.12</v>
+        <v>904.9</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="E78" s="3">
-        <v>922.49</v>
+        <v>1903.23</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="E79" s="3">
-        <v>104.92</v>
+        <v>2319.28</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>224</v>
+        <v>161</v>
       </c>
       <c r="E80" s="3">
-        <v>904.82</v>
+        <v>1927.46</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>195</v>
+        <v>224</v>
       </c>
       <c r="E81" s="3">
-        <v>1544.45</v>
+        <v>1719.59</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E82" s="3">
-        <v>1974</v>
+        <v>1786.04</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E83" s="3">
-        <v>260.93</v>
+        <v>3536.51</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>233</v>
+        <v>161</v>
       </c>
       <c r="E84" s="3">
-        <v>2486.68</v>
+        <v>1329.13</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>235</v>
+        <v>166</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E85" s="3">
-        <v>1814.91</v>
+        <v>649.85</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>195</v>
+        <v>235</v>
       </c>
       <c r="E86" s="3">
-        <v>1551.66</v>
+        <v>169.23</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="E87" s="3">
-        <v>2450.46</v>
+        <v>2055.58</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="E88" s="3">
-        <v>2188.89</v>
+        <v>1942.95</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E89" s="3">
-        <v>904.9</v>
+        <v>2335.93</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="E90" s="3">
-        <v>1903.23</v>
+        <v>1955.47</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>253</v>
+        <v>161</v>
       </c>
       <c r="E91" s="3">
-        <v>2319.28</v>
+        <v>2761.86</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>195</v>
+        <v>252</v>
       </c>
       <c r="E92" s="3">
-        <v>1927.46</v>
+        <v>8710.52</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>258</v>
+        <v>161</v>
       </c>
       <c r="E93" s="3">
-        <v>1719.59</v>
+        <v>2275.24</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E94" s="3">
-        <v>1786.04</v>
+        <v>1961.56</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>195</v>
+        <v>259</v>
       </c>
       <c r="E95" s="3">
-        <v>3536.51</v>
+        <v>2328.61</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E96" s="3">
-        <v>1329.13</v>
+        <v>176.07</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>200</v>
+        <v>263</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>266</v>
+        <v>161</v>
       </c>
       <c r="E97" s="3">
-        <v>649.85</v>
+        <v>3052.45</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>269</v>
+        <v>161</v>
       </c>
       <c r="E98" s="3">
-        <v>169.23</v>
+        <v>2390.26</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>272</v>
+        <v>161</v>
       </c>
       <c r="E99" s="3">
-        <v>2055.58</v>
+        <v>1568.58</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>275</v>
+        <v>161</v>
       </c>
       <c r="E100" s="3">
-        <v>1942.95</v>
+        <v>1029.48</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>278</v>
+        <v>161</v>
       </c>
       <c r="E101" s="3">
-        <v>2335.93</v>
+        <v>11275.05</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="E102" s="3">
-        <v>1955.47</v>
+        <v>2279.31</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E103" s="3">
-        <v>2761.86</v>
+        <v>7124.98</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="E104" s="3">
-        <v>8710.52</v>
+        <v>2838.68</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E105" s="3">
-        <v>2275.24</v>
+        <v>512.57</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>195</v>
+        <v>284</v>
       </c>
       <c r="E106" s="3">
-        <v>1961.56</v>
+        <v>262.35</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="E107" s="3">
-        <v>2328.61</v>
+        <v>2144.67</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E108" s="3">
-        <v>176.07</v>
+        <v>485.85</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E109" s="3">
-        <v>3052.45</v>
+        <v>9979.75</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>195</v>
+        <v>294</v>
       </c>
       <c r="E110" s="3">
-        <v>2390.26</v>
+        <v>1796.86</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>195</v>
+        <v>297</v>
       </c>
       <c r="E111" s="3">
-        <v>1568.58</v>
+        <v>2542.38</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E112" s="3">
-        <v>1029.48</v>
+        <v>6072.98</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E113" s="3">
-        <v>11275.05</v>
+        <v>9775.85</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="E114" s="3">
-        <v>2279.31</v>
+        <v>79.18</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>195</v>
+        <v>307</v>
       </c>
       <c r="E115" s="3">
-        <v>7124.98</v>
+        <v>1196.55</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>312</v>
+        <v>166</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="E116" s="3">
-        <v>2838.68</v>
+        <v>739.86</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>195</v>
+        <v>312</v>
       </c>
       <c r="E117" s="3">
-        <v>512.57</v>
+        <v>1334.26</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="E118" s="3">
-        <v>262.35</v>
+        <v>3485.93</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>321</v>
+        <v>161</v>
       </c>
       <c r="E119" s="3">
-        <v>2144.67</v>
+        <v>13453.62</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>195</v>
+        <v>320</v>
       </c>
       <c r="E120" s="3">
-        <v>485.85</v>
+        <v>1204.06</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>325</v>
+        <v>303</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>195</v>
+        <v>322</v>
       </c>
       <c r="E121" s="3">
-        <v>9979.75</v>
+        <v>285.56</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>327</v>
+        <v>206</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="E122" s="3">
-        <v>1796.86</v>
+        <v>2973.74</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="E123" s="3">
-        <v>2542.38</v>
+        <v>1288.4</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E124" s="3">
-        <v>6072.98</v>
+        <v>1546.11</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E125" s="3">
-        <v>9775.85</v>
+        <v>6462.5</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>337</v>
+        <v>303</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="E126" s="3">
-        <v>79.18</v>
+        <v>97.78</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>341</v>
+        <v>161</v>
       </c>
       <c r="E127" s="3">
-        <v>1196.55</v>
+        <v>8166.78</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>200</v>
+        <v>166</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="E128" s="3">
-        <v>739.86</v>
+        <v>456.56</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="E129" s="3">
-        <v>1334.26</v>
+        <v>2007.21</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>349</v>
+        <v>161</v>
       </c>
       <c r="E130" s="3">
-        <v>3485.93</v>
+        <v>1239.53</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>195</v>
+        <v>345</v>
       </c>
       <c r="E131" s="3">
-        <v>13453.62</v>
+        <v>117.43</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="E132" s="3">
-        <v>1204.06</v>
+        <v>2110.71</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>356</v>
+        <v>161</v>
       </c>
       <c r="E133" s="3">
-        <v>285.56</v>
+        <v>2402.82</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>240</v>
+        <v>352</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="E134" s="3">
-        <v>2973.74</v>
+        <v>1770.89</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>361</v>
+        <v>161</v>
       </c>
       <c r="E135" s="3">
-        <v>1288.4</v>
+        <v>1598.51</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="E136" s="3">
-        <v>1546.11</v>
+        <v>2557.13</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>365</v>
+        <v>303</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>195</v>
+        <v>359</v>
       </c>
       <c r="E137" s="3">
-        <v>6462.5</v>
+        <v>118.44</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>337</v>
+        <v>361</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="E138" s="3">
-        <v>97.78</v>
+        <v>1876.09</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>369</v>
+        <v>303</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>195</v>
+        <v>364</v>
       </c>
       <c r="E139" s="3">
-        <v>8166.78</v>
+        <v>136.85</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>200</v>
+        <v>366</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="E140" s="3">
-        <v>456.56</v>
+        <v>2299.54</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="E141" s="3">
-        <v>2007.21</v>
+        <v>1924.48</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>195</v>
+        <v>373</v>
       </c>
       <c r="E142" s="3">
-        <v>1239.53</v>
+        <v>816.3</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="E143" s="3">
-        <v>117.43</v>
+        <v>2483.21</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="E144" s="3">
-        <v>2110.71</v>
+        <v>855.57</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>195</v>
+        <v>382</v>
       </c>
       <c r="E145" s="3">
-        <v>2402.82</v>
+        <v>3824.08</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D146" s="0" t="s">
         <v>385</v>
       </c>
-      <c r="B146" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E146" s="3">
-        <v>1770.89</v>
+        <v>2857.54</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="B147" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E147" s="3">
-        <v>1598.51</v>
+        <v>68.02</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B148" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="B148" s="0" t="s">
+      <c r="C148" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D148" s="0" t="s">
         <v>391</v>
       </c>
-      <c r="C148" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E148" s="3">
-        <v>2557.13</v>
+        <v>1115.36</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>337</v>
+        <v>393</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E149" s="3">
-        <v>118.44</v>
+        <v>261.99</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E150" s="3">
-        <v>1876.09</v>
+        <v>5221.07</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>337</v>
+        <v>399</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E151" s="3">
-        <v>136.85</v>
+        <v>67.2</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="E152" s="3">
-        <v>2299.54</v>
+        <v>2078.92</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E153" s="3">
-        <v>1924.48</v>
+        <v>146.39</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>406</v>
+        <v>303</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E154" s="3">
-        <v>816.3</v>
+        <v>490.07</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E155" s="3">
-        <v>2483.21</v>
+        <v>916.77</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>412</v>
+        <v>303</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>413</v>
       </c>
       <c r="E156" s="3">
-        <v>855.57</v>
+        <v>108.05</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>414</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>415</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
         <v>416</v>
       </c>
       <c r="E157" s="3">
-        <v>3824.08</v>
+        <v>1216.06</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>417</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>418</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>419</v>
       </c>
       <c r="E158" s="3">
-        <v>2857.54</v>
+        <v>3571.99</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>422</v>
       </c>
       <c r="E159" s="3">
-        <v>68.02</v>
+        <v>15790.6</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B160" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="C160" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E160" s="3">
-        <v>1115.36</v>
+        <v>6945.57</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="B161" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="B161" s="0" t="s">
+      <c r="C161" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="C161" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E161" s="3">
-        <v>261.99</v>
+        <v>10879.5</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="B162" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D162" s="0" t="s">
-        <v>431</v>
+      <c r="D162" s="2" t="s">
+        <v>427</v>
       </c>
       <c r="E162" s="3">
-        <v>5221.07</v>
+        <v>1393.09</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D163" s="0" t="s">
-        <v>434</v>
+      <c r="D163" s="2" t="s">
+        <v>427</v>
       </c>
       <c r="E163" s="3">
-        <v>67.2</v>
+        <v>166623.37</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>10</v>
-[...238 lines deleted...]
-      <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -5219,44 +4866,32 @@
     <hyperlink ref="F139" r:id="rId139"/>
     <hyperlink ref="F140" r:id="rId140"/>
     <hyperlink ref="F141" r:id="rId141"/>
     <hyperlink ref="F142" r:id="rId142"/>
     <hyperlink ref="F143" r:id="rId143"/>
     <hyperlink ref="F144" r:id="rId144"/>
     <hyperlink ref="F145" r:id="rId145"/>
     <hyperlink ref="F146" r:id="rId146"/>
     <hyperlink ref="F147" r:id="rId147"/>
     <hyperlink ref="F148" r:id="rId148"/>
     <hyperlink ref="F149" r:id="rId149"/>
     <hyperlink ref="F150" r:id="rId150"/>
     <hyperlink ref="F151" r:id="rId151"/>
     <hyperlink ref="F152" r:id="rId152"/>
     <hyperlink ref="F153" r:id="rId153"/>
     <hyperlink ref="F154" r:id="rId154"/>
     <hyperlink ref="F155" r:id="rId155"/>
     <hyperlink ref="F156" r:id="rId156"/>
     <hyperlink ref="F157" r:id="rId157"/>
     <hyperlink ref="F158" r:id="rId158"/>
     <hyperlink ref="F159" r:id="rId159"/>
     <hyperlink ref="F160" r:id="rId160"/>
     <hyperlink ref="F161" r:id="rId161"/>
     <hyperlink ref="F162" r:id="rId162"/>
     <hyperlink ref="F163" r:id="rId163"/>
-    <hyperlink ref="F164" r:id="rId164"/>
-[...10 lines deleted...]
-    <hyperlink ref="F175" r:id="rId175"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>