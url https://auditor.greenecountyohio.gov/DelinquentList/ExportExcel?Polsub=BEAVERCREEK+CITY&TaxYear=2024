--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -5,96 +5,86 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="295">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>B42-0001-0004-0-0013-00</t>
   </si>
   <si>
     <t>MATLOCK CHARITY A</t>
   </si>
   <si>
     <t>BEAVERCREEK CSD</t>
   </si>
   <si>
     <t xml:space="preserve">4082 GARDENVIEW DR  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>B42-0001-0004-0-0022-00</t>
-[...8 lines deleted...]
-  <si>
     <t>B42-0001-0009-0-0004-00</t>
   </si>
   <si>
     <t>FAIRBORN FULL GOSPEL</t>
   </si>
   <si>
     <t xml:space="preserve">2528 NATIONAL RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
     <t>B42-0001-0011-0-0039-00</t>
   </si>
   <si>
     <t>GREATER DAYTON REALTY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">3940 GARDENVIEW DR  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>B42-0001-0013-0-0090-00</t>
   </si>
   <si>
     <t>MALDONADO MELQUIADES</t>
   </si>
@@ -610,120 +600,80 @@
   <si>
     <t xml:space="preserve">3830 ROSECLIFF DR  
 DAYTON OH 45440</t>
   </si>
   <si>
     <t>B42-0004-0004-0-0202-00</t>
   </si>
   <si>
     <t>AMBRO JOHN S &amp; CATHERINE C</t>
   </si>
   <si>
     <t xml:space="preserve">2705 CEDARBROOK WAY  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>B42-0004-0007-0-0017-00</t>
   </si>
   <si>
     <t>RILEY SANDRA</t>
   </si>
   <si>
     <t xml:space="preserve">1981 OLD NORTH FAIRFIELD RD  
 DAYTON OH 45432</t>
   </si>
   <si>
-    <t>B42-0004-0007-0-0058-00</t>
-[...28 lines deleted...]
-  <si>
     <t>B42-0004-0008-0-0070-00</t>
   </si>
   <si>
     <t>O'CONNER MICHAEL J &amp; ELISABETH ANN</t>
   </si>
   <si>
     <t xml:space="preserve">3172 BONNIE VILLA LN  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>B42-0004-0011-0-0087-00</t>
   </si>
   <si>
     <t>CAUDILL CYNTHIA A</t>
   </si>
   <si>
     <t xml:space="preserve">2713 GREENE HILLS DR  
 </t>
   </si>
   <si>
     <t>B42-0004-0013-0-0136-00</t>
   </si>
   <si>
     <t>SCHRADER ANDREW J &amp; AMANDA</t>
   </si>
   <si>
     <t xml:space="preserve">2449 RED APPLE DR  
 DAYTON OH 45431</t>
   </si>
   <si>
-    <t>B42-0004-0014-0-0015-00</t>
-[...8 lines deleted...]
-  <si>
     <t>B42-0004-0014-0-0027-00</t>
   </si>
   <si>
     <t>BEGLEY MARK J TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">2450 BROWN BARK DR  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>B42-0004-0015-0-0016-00</t>
   </si>
   <si>
     <t>JOHNSON BEVERLY J</t>
   </si>
   <si>
     <t xml:space="preserve">2216 VAN OSS DR  
 </t>
   </si>
   <si>
     <t>B42-0004-0015-0-0017-00</t>
   </si>
   <si>
     <t xml:space="preserve">2210 VAN OSS DR  
 DAYTON OH 45431</t>
@@ -844,98 +794,78 @@
   <si>
     <t xml:space="preserve">PARK WAY  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0005-0008-0-0099-00</t>
   </si>
   <si>
     <t>KERN LESLIE</t>
   </si>
   <si>
     <t xml:space="preserve">3148 KERRY DR  
 DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0005-0011-0-0073-00</t>
   </si>
   <si>
     <t>NACE TINA L</t>
   </si>
   <si>
     <t xml:space="preserve">2911 MCKAY RD  
 DAYTON OH 45432</t>
   </si>
   <si>
-    <t>B42-0005-0011-0-0088-00</t>
-[...8 lines deleted...]
-  <si>
     <t>B42-0005-0011-0-0102-00</t>
   </si>
   <si>
     <t>HINKLE AMELIA M</t>
   </si>
   <si>
     <t xml:space="preserve">HANES RD  
 </t>
   </si>
   <si>
     <t>B42-0005-0011-0-0103-00</t>
   </si>
   <si>
     <t>B42-0005-0012-0-0025-00</t>
   </si>
   <si>
     <t>MARVEL 3D REALTY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">2541 LANTZ RD  
 DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0005-0013-0-0053-00</t>
   </si>
   <si>
     <t xml:space="preserve">HICKORY DR  
 </t>
-  </si>
-[...8 lines deleted...]
-DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0005-0014-0-0254-00</t>
   </si>
   <si>
     <t>DAHLHAUSER KARL J &amp; PAMELA BOWDEN DAHLHAUSER</t>
   </si>
   <si>
     <t xml:space="preserve">1379 NEW HAVEN CT  
 DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0005-0015-0-0018-00</t>
   </si>
   <si>
     <t>REEVES KENNETH R &amp; LAURA R</t>
   </si>
   <si>
     <t xml:space="preserve">2767 ATER DR  
 DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0005-0015-0-0089-00</t>
   </si>
   <si>
@@ -1112,2280 +1042,2140 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F110" headerRowCount="1">
-  <autoFilter ref="A1:F110"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F103" headerRowCount="1">
+  <autoFilter ref="A1:F103"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21382&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25994&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32217&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35313&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41264&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41414&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25994&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32217&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35313&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41264&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41414&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F110"/>
+  <dimension ref="A1:F103"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.482820510864258" customWidth="1"/>
     <col min="2" max="2" width="50.71523666381836" customWidth="1"/>
     <col min="3" max="3" width="17.848241806030273" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>6759.63</v>
+        <v>4989.22</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>210.1</v>
+        <v>801.43</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>780.61</v>
+        <v>2635.5</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>2567.04</v>
+        <v>6063.91</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>6706.4</v>
+        <v>625.15</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>808.91</v>
+        <v>272.67</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>265.59</v>
+        <v>38.12</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>37.13</v>
+        <v>2132.59</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>2987.2</v>
+        <v>4166.95</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>4453.72</v>
+        <v>8596.65</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>8373.36</v>
+        <v>4687.23</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>4565.48</v>
+        <v>3757.17</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="3">
-        <v>3659.58</v>
+        <v>11430.52</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="3">
-        <v>11733.62</v>
+        <v>2634.71</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="3">
-        <v>2556.27</v>
+        <v>9145.43</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="E17" s="3">
-        <v>8907.89</v>
+        <v>9005.4</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" s="3">
-        <v>8771.5</v>
+        <v>2291.59</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="3">
-        <v>3332.07</v>
+        <v>9085.38</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="3">
-        <v>9949.39</v>
+        <v>7337.46</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="3">
-        <v>7731.29</v>
+        <v>359.4</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="3">
-        <v>350.06</v>
+        <v>2477.96</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="3">
-        <v>3603.6</v>
+        <v>6212.71</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="3">
-        <v>7247.44</v>
+        <v>5322.31</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="3">
-        <v>5184.06</v>
+        <v>11222.29</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E26" s="3">
-        <v>11130.79</v>
+        <v>234.39</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E27" s="3">
-        <v>228.3</v>
+        <v>5598.49</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E28" s="3">
-        <v>5453.07</v>
+        <v>362.56</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>88</v>
       </c>
       <c r="E29" s="3">
-        <v>353.14</v>
+        <v>87.68</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E30" s="3">
-        <v>735.4</v>
+        <v>12351.86</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="3">
-        <v>12031.03</v>
+        <v>26.69</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="3">
-        <v>372.1</v>
+        <v>3748.83</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="3">
-        <v>4229.46</v>
+        <v>113.57</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="3">
-        <v>110.62</v>
+        <v>366.59</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="3">
-        <v>357.06</v>
+        <v>2927.22</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="3">
-        <v>3601.19</v>
+        <v>5803.52</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E37" s="3">
-        <v>5652.78</v>
+        <v>3116.4</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E38" s="3">
-        <v>3625.45</v>
+        <v>7740.18</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E39" s="3">
-        <v>7539.14</v>
+        <v>2067.55</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E40" s="3">
-        <v>2416.55</v>
+        <v>1424.57</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E41" s="3">
-        <v>2127.57</v>
+        <v>12079.58</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E42" s="3">
-        <v>12737.82</v>
+        <v>3107.3</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="E43" s="3">
-        <v>3026.59</v>
+        <v>6295.66</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E44" s="3">
-        <v>6132.13</v>
+        <v>5446.13</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E45" s="3">
-        <v>5304.67</v>
+        <v>7526.06</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E46" s="3">
-        <v>7330.58</v>
+        <v>1612.33</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E47" s="3">
-        <v>1570.46</v>
+        <v>491.82</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" s="3">
-        <v>479.04</v>
+        <v>16386.04</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E49" s="3">
-        <v>15960.43</v>
+        <v>2580.31</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E50" s="3">
-        <v>2513.29</v>
+        <v>166.49</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>145</v>
       </c>
       <c r="E51" s="3">
-        <v>162.17</v>
+        <v>12437.92</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>148</v>
       </c>
       <c r="E52" s="3">
-        <v>12114.85</v>
+        <v>4279.09</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>151</v>
       </c>
       <c r="E53" s="3">
-        <v>4167.94</v>
+        <v>4009.65</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E54" s="3">
-        <v>3905.51</v>
+        <v>9314.41</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E55" s="3">
-        <v>9072.47</v>
+        <v>4804.05</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>160</v>
       </c>
       <c r="E56" s="3">
-        <v>5679.27</v>
+        <v>445.39</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>163</v>
       </c>
       <c r="E57" s="3">
-        <v>433.82</v>
+        <v>1369.56</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>166</v>
       </c>
       <c r="E58" s="3">
-        <v>1333.99</v>
+        <v>562.55</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E59" s="3">
-        <v>547.95</v>
+        <v>12401.72</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>172</v>
       </c>
       <c r="E60" s="3">
-        <v>12079.59</v>
+        <v>2092.56</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>175</v>
       </c>
       <c r="E61" s="3">
-        <v>2038.21</v>
+        <v>3853.47</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E62" s="3">
-        <v>5076.39</v>
+        <v>13859.33</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>181</v>
       </c>
       <c r="E63" s="3">
-        <v>13499.34</v>
+        <v>4153.05</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>184</v>
       </c>
       <c r="E64" s="3">
-        <v>316.85</v>
+        <v>0.07</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E65" s="3">
-        <v>1689.94</v>
+        <v>4869.66</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>190</v>
       </c>
       <c r="E66" s="3">
-        <v>2608.75</v>
+        <v>10053.87</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>193</v>
       </c>
       <c r="E67" s="3">
-        <v>7045.18</v>
+        <v>1096.21</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B68" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="C68" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E68" s="3">
-        <v>0.07</v>
+        <v>4546.3</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="C69" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" s="3">
-        <v>4743.17</v>
+        <v>763.46</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="C70" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E70" s="3">
-        <v>3915.48</v>
+        <v>8822.43</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="C71" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E71" s="3">
-        <v>9892.73</v>
+        <v>6651.58</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="B72" s="0" t="s">
+      <c r="C72" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="C72" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" s="3">
-        <v>1067.73</v>
+        <v>2916.04</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B73" s="0" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>210</v>
       </c>
       <c r="E73" s="3">
-        <v>4428.22</v>
+        <v>6322.71</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>213</v>
       </c>
       <c r="E74" s="3">
-        <v>743.63</v>
+        <v>6246.23</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B75" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E75" s="3">
-        <v>8843.27</v>
+        <v>32957.18</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="B76" s="0" t="s">
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="C76" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="3">
-        <v>6478.81</v>
+        <v>2036.59</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="C77" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" s="3">
-        <v>2840.3</v>
+        <v>11072.64</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="B78" s="0" t="s">
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="C78" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E78" s="3">
-        <v>6158.48</v>
+        <v>13191.84</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="B79" s="0" t="s">
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="C79" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E79" s="3">
-        <v>6458.99</v>
+        <v>1965.14</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E80" s="3">
-        <v>32101.15</v>
+        <v>298.75</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E81" s="3">
-        <v>2128.69</v>
+        <v>211.84</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>236</v>
       </c>
       <c r="E82" s="3">
-        <v>11328.54</v>
+        <v>2728.76</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>239</v>
       </c>
       <c r="E83" s="3">
-        <v>13349.19</v>
+        <v>72.98</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="E84" s="3">
-        <v>1914.09</v>
+        <v>81.58</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B85" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E85" s="3">
-        <v>290.99</v>
+        <v>8707.9</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>247</v>
+        <v>55</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E86" s="3">
-        <v>206.34</v>
+        <v>1220.56</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="E87" s="3">
-        <v>2657.88</v>
+        <v>1058.46</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="E88" s="3">
-        <v>44.16</v>
+        <v>1861.78</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="E89" s="3">
-        <v>71.08</v>
+        <v>4777.87</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>256</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>257</v>
       </c>
       <c r="E90" s="3">
-        <v>79.46</v>
+        <v>2997.29</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="C91" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D91" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="C91" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E91" s="3">
-        <v>8481.71</v>
+        <v>11703.06</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>263</v>
       </c>
       <c r="E92" s="3">
-        <v>2288.86</v>
+        <v>5799.81</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>266</v>
       </c>
       <c r="E93" s="3">
-        <v>590.63</v>
+        <v>465.95</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>267</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>268</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>269</v>
       </c>
       <c r="E94" s="3">
-        <v>1030.97</v>
+        <v>6602.79</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B95" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="C95" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E95" s="3">
-        <v>2127.42</v>
+        <v>3141.68</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="B96" s="0" t="s">
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="C96" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="3">
-        <v>5577.77</v>
+        <v>31280.19</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="B97" s="0" t="s">
+      <c r="C97" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="C97" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E97" s="3">
-        <v>3919.44</v>
+        <v>846.55</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="B98" s="0" t="s">
+      <c r="C98" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="C98" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E98" s="3">
-        <v>13643.08</v>
+        <v>79.84</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B99" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E99" s="3">
-        <v>5649.16</v>
+        <v>156.27</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="B100" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E100" s="3">
-        <v>703.85</v>
+        <v>4628.48</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D101" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="B101" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E101" s="3">
-        <v>6431.29</v>
+        <v>1030.95</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="B102" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E102" s="3">
-        <v>4338.08</v>
+        <v>3370.48</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="B103" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="B103" s="0" t="s">
+      <c r="C103" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="C103" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E103" s="3">
-        <v>32467.71</v>
+        <v>2171.49</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>10</v>
-[...138 lines deleted...]
-      <c r="F110" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3449,39 +3239,32 @@
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
     <hyperlink ref="F103" r:id="rId103"/>
-    <hyperlink ref="F104" r:id="rId104"/>
-[...5 lines deleted...]
-    <hyperlink ref="F110" r:id="rId110"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>