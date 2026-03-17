--- v1 (2025-12-05)
+++ v2 (2026-03-17)
@@ -5,466 +5,1012 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="710" uniqueCount="710">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>B42-0001-0004-0-0013-00</t>
   </si>
   <si>
     <t>MATLOCK CHARITY A</t>
   </si>
   <si>
     <t>BEAVERCREEK CSD</t>
   </si>
   <si>
     <t xml:space="preserve">4082 GARDENVIEW DR  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
+    <t>B42-0001-0004-0-0021-00</t>
+  </si>
+  <si>
+    <t>COLLINS JAMES E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4107 ROSEHILL DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0001-0004-0-0046-00</t>
+  </si>
+  <si>
+    <t>CLINE TIMOTHY &amp; NOELLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4067 RUSHTON DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0001-0007-0-0053-00</t>
+  </si>
+  <si>
+    <t>MAKLEY NANCY H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2145 MOHAVE DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0001-0009-0-0004-00</t>
   </si>
   <si>
     <t>FAIRBORN FULL GOSPEL</t>
   </si>
   <si>
     <t xml:space="preserve">2528 NATIONAL RD  
 FAIRBORN OH 45324</t>
   </si>
   <si>
+    <t>B42-0001-0010-0-0060-00</t>
+  </si>
+  <si>
+    <t>MOORE KRISTIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3658 LILAC LN UNIT 1
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0001-0011-0-0009-00</t>
+  </si>
+  <si>
+    <t>MAGUIRE THOMAS N &amp; ANN P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2660 SHADYCREST DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0001-0011-0-0039-00</t>
   </si>
   <si>
     <t>GREATER DAYTON REALTY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">3940 GARDENVIEW DR  
 DAYTON OH 45431</t>
   </si>
   <si>
+    <t>B42-0001-0011-0-0160-00</t>
+  </si>
+  <si>
+    <t>DUNN HEIDI J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRANT AVE  
+</t>
+  </si>
+  <si>
+    <t>B42-0001-0011-0-0161-00</t>
+  </si>
+  <si>
+    <t>JASINSKI CANDICE &amp; SEAN A</t>
+  </si>
+  <si>
+    <t>B42-0001-0012-0-0083-00</t>
+  </si>
+  <si>
+    <t>WOLFE BRUCE &amp; JULIA ANDREA MENDIETA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3586 KING HENRY (PRIVATE) DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0001-0012-0-0273-00</t>
+  </si>
+  <si>
+    <t>SINGH BALJIT &amp; RAJ KUMARI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2627 ROYAL GATEWAY  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0001-0013-0-0090-00</t>
   </si>
   <si>
     <t>MALDONADO MELQUIADES</t>
   </si>
   <si>
     <t xml:space="preserve">3941 LA BONNE ST  
 DAYTON OH 45431</t>
   </si>
   <si>
+    <t>B42-0001-0013-0-0110-00</t>
+  </si>
+  <si>
+    <t>STRAIGHT SAUNDRA K &amp; EDWARD P VOCKE III</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3928 GRAHAM DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0001-0013-0-0139-00</t>
+  </si>
+  <si>
+    <t>HASAN SAIF RAZA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3789 OLDE WILLOW DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0001-0013-0-0225-00</t>
+  </si>
+  <si>
+    <t>WALTERS ROBERT R &amp; MARLENA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2421 N KNOLL DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0001-0013-1-0031-00</t>
+  </si>
+  <si>
+    <t>CHANEY SUZANNE M S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3853 JODI DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0001-0013-1-0045-00</t>
   </si>
   <si>
     <t>KEATON DEBORAH</t>
   </si>
   <si>
     <t xml:space="preserve">2338 BIG SUR CIR  
 DAYTON OH 45431</t>
   </si>
   <si>
+    <t>B42-0001-0014-0-0055-00</t>
+  </si>
+  <si>
+    <t>SNAVELY ANDREA E TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2401 CLUBSIDE DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0001-0014-0-0101-00</t>
   </si>
   <si>
     <t>LIPIEC CHELSEA A &amp; JASON W</t>
   </si>
   <si>
     <t xml:space="preserve">3608 S OLD OAKS DR  
 DAYTON OH 45431</t>
   </si>
   <si>
+    <t>B42-0001-0015-0-0065-00</t>
+  </si>
+  <si>
+    <t>NOAH RICHARD &amp; MARY TROWER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3756 KNOLLWOOD DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0001-0015-0-0095-00</t>
+  </si>
+  <si>
+    <t>FANNIN BRIAN K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2010 LA GRANGE RD  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0001-0015-0-0115-00</t>
+  </si>
+  <si>
+    <t>NAGEL DONALD F &amp; LINDA S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3801 WINTHROP DR  
+</t>
+  </si>
+  <si>
+    <t>B42-0001-0015-0-0116-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3801 WINTHROP DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0001-0015-0-0135-00</t>
   </si>
   <si>
     <t>DERR BRENDA J</t>
   </si>
   <si>
     <t xml:space="preserve">2174 TULANE DR  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>B42-0001-0015-0-0140-00</t>
   </si>
   <si>
     <t>SMITH ALBERT JUSTIN</t>
   </si>
   <si>
     <t xml:space="preserve">2222 TULANE DR  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>B42-0001-0015-0-0188-00</t>
   </si>
   <si>
     <t>JONES HARRY W &amp; LAETTA F GAYHEART TRUSTEES</t>
   </si>
   <si>
     <t xml:space="preserve">2102 LA GRANGE RD  
 DAYTON OH 45431</t>
   </si>
   <si>
+    <t>B42-0001-0015-0-0244-00</t>
+  </si>
+  <si>
+    <t>HORNE AUDREY YVONNE &amp; JAMES MICHAEL HORNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2193 KNOLL DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0001-0015-0-0265-00</t>
+  </si>
+  <si>
+    <t>SPENCER MAXINE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2212 KNOLL DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0001-0016-0-0077-00</t>
   </si>
   <si>
     <t>PRATT ANNIE J</t>
   </si>
   <si>
     <t xml:space="preserve">3603 MECCA DR  
 DAYTON OH 45431</t>
   </si>
   <si>
+    <t>B42-0001-0016-0-0118-00</t>
+  </si>
+  <si>
+    <t>WILLIAMS BONNIE T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2173 MATRENA DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0001-0016-0-0160-00</t>
+  </si>
+  <si>
+    <t>HELPLING MICHAEL J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3707 KEMP RD  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0001-0016-0-0184-00</t>
   </si>
   <si>
     <t>HEMMINGSEN TAMMY L</t>
   </si>
   <si>
     <t xml:space="preserve">2171 TURNBULL RD  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>B42-0002-0001-0-0086-00</t>
   </si>
   <si>
     <t>HORNICK LAWRENCE E</t>
   </si>
   <si>
     <t xml:space="preserve">1854 WILLOWGREEN DR  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0001-0-0144-00</t>
+  </si>
+  <si>
+    <t>BROWN SHARON L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1844 SCOTCH PINE DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0001-0-0148-00</t>
   </si>
   <si>
     <t>JONES AMBER J</t>
   </si>
   <si>
     <t xml:space="preserve">1843 SCOTCH PINE DR  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0001-0-0195-00</t>
+  </si>
+  <si>
+    <t>HOSKINS CATHERINE R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1857 HICKORY RIDGE DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0002-0-0043-00</t>
   </si>
   <si>
     <t>SILCOX ANN E</t>
   </si>
   <si>
     <t xml:space="preserve">1772 NUGGET CT  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0002-0-0236-00</t>
+  </si>
+  <si>
+    <t>GORE SCOTT R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4179 SPRUCE WOOD DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0002-0-0298-00</t>
   </si>
   <si>
     <t>SUMMERFIELD SECTION NINE ASSOCIATION INC</t>
   </si>
   <si>
     <t xml:space="preserve">FOX FERN CT  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0002-0002-0-0299-00</t>
   </si>
   <si>
+    <t>B42-0002-0003-0-0012-00</t>
+  </si>
+  <si>
+    <t>BRETZ JAMES L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4444 ARDONNA LN  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0002-0003-0-0051-00</t>
+  </si>
+  <si>
+    <t>KOREAN FULL GOSPEL CHURCH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1714 WILENE DR  
+</t>
+  </si>
+  <si>
+    <t>B42-0002-0004-0-0039-00</t>
+  </si>
+  <si>
+    <t>CALVARY CHAPEL OF DAYTON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1621 ROSEMEADE DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0004-0-0046-00</t>
   </si>
   <si>
     <t>ALLURE RESIDENTIAL &amp; COMMERCIAL INC</t>
   </si>
   <si>
     <t xml:space="preserve">DAYTON XENIA RD  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0002-0004-0-0047-00</t>
   </si>
   <si>
     <t xml:space="preserve">4108 DAYTON XENIA RD  
 </t>
   </si>
   <si>
+    <t>B42-0002-0004-0-0048-00</t>
+  </si>
+  <si>
+    <t>SAMAAN BROTHERS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4080 DAYTON XENIA RD  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0004-0-0088-00</t>
   </si>
   <si>
     <t>SHANKS JEFFREY SCOTT</t>
   </si>
   <si>
     <t xml:space="preserve">1665 KEN KLARE DR  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0002-0004-0-0093-00</t>
   </si>
   <si>
     <t>WILLIAMSON SAUNDRA C</t>
   </si>
   <si>
     <t xml:space="preserve">1711 KEN KLARE DR  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0004-0-0104-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BROOK LYNN DR  
+</t>
+  </si>
+  <si>
+    <t>B42-0002-0004-0-0105-00</t>
+  </si>
+  <si>
     <t>B42-0002-0004-0-0112-00</t>
   </si>
   <si>
     <t>PEARCE WAYNE T TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">1619 1635 MARDON DR  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0002-0004-0-0116-00</t>
   </si>
   <si>
     <t>BLAIR MICHAEL L &amp; BRENDA L</t>
   </si>
   <si>
     <t xml:space="preserve">4181 MAPLEVIEW DR  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0002-0004-0-0122-00</t>
   </si>
   <si>
     <t>SPARKS TIMOTHY S</t>
   </si>
   <si>
     <t xml:space="preserve">4230 MAPLEVIEW DR  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0004-0-0217-00</t>
+  </si>
+  <si>
+    <t>JOY RANDY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRANGE HALL RD  
+</t>
+  </si>
+  <si>
+    <t>B42-0002-0004-0-0224-00</t>
+  </si>
+  <si>
+    <t>B42-0002-0009-0-0028-00</t>
+  </si>
+  <si>
+    <t>ISBELL SUZANNE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1779 N CENTRAL DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0002-0009-0-0118-00</t>
+  </si>
+  <si>
+    <t>BROCKLEHURST NANCY LOU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1858 N LONGVIEW ST  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0002-0009-0-0231-00</t>
+  </si>
+  <si>
+    <t>MAGUIRE THOMAS N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1924 GRANGE VIEW RD  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0009-0-0237-00</t>
   </si>
   <si>
     <t>NAAS GREGG D &amp; MARLA L</t>
   </si>
   <si>
     <t xml:space="preserve">1949 GRANGE VIEW RD  
 DAYTON OH 45432</t>
   </si>
   <si>
-    <t>B42-0002-0010-0-0139-00</t>
-[...6 lines deleted...]
-</t>
+    <t>B42-0002-0010-0-0043-00</t>
+  </si>
+  <si>
+    <t>MASSENGALE LINDA R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3661 MCELRATH DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0002-0010-0-0177-00</t>
+  </si>
+  <si>
+    <t>MORGAN DEANNA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1778 FORESTDALE AVE  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0002-0010-0-0187-00</t>
+  </si>
+  <si>
+    <t>KILBURN JACK D &amp; KATHLEEN L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1910 FORESTDALE AVE  
+DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0002-0010-0-0224-00</t>
   </si>
   <si>
     <t>HELMS ALVIN H</t>
   </si>
   <si>
     <t xml:space="preserve">3606 EASTERN DR  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0010-0-0238-00</t>
+  </si>
+  <si>
+    <t>MULLINS WILLIAM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3588 EASTERN DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0002-0010-0-0248-00</t>
+  </si>
+  <si>
+    <t>ENRIQUEZ INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3567 EASTERN DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0002-0011-0-0031-00</t>
+  </si>
+  <si>
+    <t>SABIN JONATHAN S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1649 N LONGVIEW ST  
+</t>
+  </si>
+  <si>
+    <t>B42-0002-0011-0-0051-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1649 N LONGVIEW ST  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0011-0-0141-00</t>
   </si>
   <si>
     <t>BEAVERCREEK DG LLC</t>
   </si>
   <si>
     <t xml:space="preserve">S LONGVIEW ST  
 </t>
   </si>
   <si>
     <t>B42-0002-0011-0-0158-00</t>
   </si>
   <si>
     <t>MAXS PROPERTIES UNLIMITED LLC</t>
   </si>
   <si>
     <t xml:space="preserve">3991 DAYTON XENIA RD  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0011-0-0173-00</t>
+  </si>
+  <si>
+    <t>SCHAEFFER ROBERT P &amp; MELISSA K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1512 W LYNN DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0011-0-0179-00</t>
   </si>
   <si>
     <t>KINDER TINA</t>
   </si>
   <si>
     <t xml:space="preserve">3908 DAYTON XENIA RD  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0011-0-0261-00</t>
+  </si>
+  <si>
+    <t>TERRILL PAUL &amp; DIXIE D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1677 COUNTRYSIDE DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0011-0-0325-00</t>
   </si>
   <si>
     <t>ENT DAVID B &amp; SHERRY L</t>
   </si>
   <si>
     <t xml:space="preserve">1503 E LYNN DR  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0011-0-0328-00</t>
+  </si>
+  <si>
+    <t>HARRINGTON HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3930 DAYTON XENIA RD  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0012-0-0010-00</t>
   </si>
   <si>
     <t>CLEMENS CHERYL</t>
   </si>
   <si>
     <t xml:space="preserve">1613 FORESTDALE AVE  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0012-0-0036-00</t>
+  </si>
+  <si>
+    <t>BURK CHRISTOPHER &amp; LENA TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1662 FORESTDALE AVE  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0002-0012-0-0053-00</t>
   </si>
   <si>
     <t>BEAVER CHARLES I</t>
   </si>
   <si>
     <t xml:space="preserve">BEAVERBROOK DR  
 </t>
   </si>
   <si>
     <t>B42-0002-0012-0-0055-00</t>
   </si>
   <si>
     <t>JETTER EDNA G TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">HIGHMONT ST  
 </t>
   </si>
   <si>
     <t>B42-0002-0012-0-0074-00</t>
   </si>
   <si>
     <t>POSTON BARBARA ANN</t>
   </si>
   <si>
     <t xml:space="preserve">1606 WOODS DR  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0002-0012-0-0079-00</t>
   </si>
   <si>
     <t>KREY DANIEL ADAM</t>
   </si>
   <si>
     <t xml:space="preserve">1642 WOODS DR  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0002-0012-0-0239-00</t>
+  </si>
+  <si>
+    <t>MILLER ROBERT L &amp; SACHIKO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1648 TURNBULL RD  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0002-0013-0-0028-00</t>
+  </si>
+  <si>
+    <t>LUCOUS LARRY &amp; MARY A ANDERSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1483 S CENTRAL DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0002-0015-0-0076-00</t>
+  </si>
+  <si>
+    <t>HOLTZ TIMOTHY A &amp; CHERYL A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3871 PATTERSON RD  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0002-0015-0-0184-00</t>
+  </si>
+  <si>
+    <t>BALL ERNA H &amp; SUSAN G GOODE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3965 REXFORD RD  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0002-0016-0-0049-00</t>
+  </si>
+  <si>
+    <t>HUTCHINSON JONATHAN TODD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1082 FIREWOOD DR  
+DAYTON OH 45430</t>
+  </si>
+  <si>
     <t>B42-0002-0016-0-0116-00</t>
   </si>
   <si>
     <t>YONTZ JEREMY L &amp; KRISTEN R</t>
   </si>
   <si>
     <t xml:space="preserve">3663 COLBORNE DR  
 DAYTON OH 45430</t>
   </si>
   <si>
     <t>B42-0002-0016-0-0192-00</t>
   </si>
   <si>
     <t>RSAODOT LLC</t>
   </si>
   <si>
     <t xml:space="preserve">PATTERSON RD  
 </t>
   </si>
   <si>
     <t>B42-0003-0001-0-0007-00</t>
   </si>
   <si>
     <t>DANIELS ROBERT E JR</t>
   </si>
   <si>
     <t xml:space="preserve">4445 4457 SHAKERTOWN RD  
 DAYTON OH 45430</t>
   </si>
   <si>
+    <t>B42-0003-0001-0-0008-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHAKERTOWN RD  
+</t>
+  </si>
+  <si>
+    <t>B42-0003-0001-0-0009-00</t>
+  </si>
+  <si>
+    <t>B42-0003-0001-0-0010-00</t>
+  </si>
+  <si>
+    <t>B42-0003-0001-0-0011-00</t>
+  </si>
+  <si>
+    <t>DANIELS ROBERT E JR &amp; LINDA S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4433 SHAKERTOWN RD  
+DAYTON OH 45430</t>
+  </si>
+  <si>
     <t>B42-0003-0002-1-0022-00</t>
   </si>
   <si>
     <t>SIMPKINS KIMBERLY</t>
   </si>
   <si>
     <t xml:space="preserve">3941 WINDSTAR PL  
 DAYTON OH 45430</t>
   </si>
   <si>
     <t>B42-0003-0002-1-0042-00</t>
   </si>
   <si>
     <t>SWISHER ANDREW</t>
   </si>
   <si>
     <t xml:space="preserve">3902 W SUMMIT RIDGE DR  
 DAYTON OH 45430</t>
   </si>
   <si>
+    <t>B42-0003-0003-0-0025-00</t>
+  </si>
+  <si>
+    <t>LE VAN DEBORAH L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4420 WILLOW RUN DR  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0003-0003-0-0092-00</t>
+  </si>
+  <si>
+    <t>KUHN JEFFREY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">711 TERRACE DR  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0003-0003-0-0195-00</t>
+  </si>
+  <si>
+    <t>SEPULVEDA CARLOS MANUEL LEDESMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4398 STRAIGHT ARROW RD  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0003-0003-0-0377-00</t>
+  </si>
+  <si>
+    <t>BENTON RELLIE A &amp; MAUREEN P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4458 COTTAGE PARK DR  
+DAYTON OH 45430</t>
+  </si>
+  <si>
     <t>B42-0003-0004-0-0174-00</t>
   </si>
   <si>
     <t>STATE OF OHIO</t>
   </si>
   <si>
     <t xml:space="preserve">KENSINGTON GLEN  
 </t>
   </si>
   <si>
     <t>B42-0003-0004-0-0175-00</t>
   </si>
   <si>
     <t>B42-0003-0004-0-0202-00</t>
   </si>
   <si>
     <t xml:space="preserve">CAMBRIDGE TRL  
 </t>
   </si>
   <si>
     <t>B42-0003-0004-0-0203-00</t>
   </si>
   <si>
     <t>B42-0003-0004-0-0224-00</t>
   </si>
@@ -480,556 +1026,1392 @@
   <si>
     <t xml:space="preserve">2742 TIHART WAY  
 DAYTON OH 45430</t>
   </si>
   <si>
     <t>B42-0003-0005-0-0141-00</t>
   </si>
   <si>
     <t>PASSAGE TERI</t>
   </si>
   <si>
     <t xml:space="preserve">4553 WILLIAMSPORT DR  
 DAYTON OH 45430</t>
   </si>
   <si>
     <t>B42-0003-0006-0-0175-00</t>
   </si>
   <si>
     <t>CLINE CHARLES &amp; PAULA</t>
   </si>
   <si>
     <t xml:space="preserve">WALBRIDGE TRL  
 </t>
   </si>
   <si>
+    <t>B42-0003-0007-0-0009-00</t>
+  </si>
+  <si>
+    <t>WHITAKER CHARLES W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4014 RUSHMORE PL  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0003-0007-0-0092-00</t>
+  </si>
+  <si>
+    <t>INMAN ELIZABETH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2817 ELLEN LN  
+DAYTON OH 45430</t>
+  </si>
+  <si>
     <t>B42-0003-0007-0-0154-00</t>
   </si>
   <si>
     <t>SMART NORMAN D I &amp; JACQUELYN G</t>
   </si>
   <si>
     <t xml:space="preserve">2831 THAMES LN  
 </t>
   </si>
   <si>
+    <t>B42-0003-0008-0-0065-00</t>
+  </si>
+  <si>
+    <t>CONLEY PAUL E &amp; EVELYN M TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">165 WOODCROFT TRL  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0003-0008-0-0076-00</t>
+  </si>
+  <si>
+    <t>COCHRAN GERALDINE A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">76 APPLE BLOSSOM PL  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0003-0008-0-0083-00</t>
+  </si>
+  <si>
+    <t>ELDRIDGE TERRY L &amp; BRENDA S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">67 APPLE BLOSSOM PL  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0003-0008-0-0084-00</t>
+  </si>
+  <si>
+    <t>MC CLELLAN PAUL L &amp; EULA J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4050 DANERN DR  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0003-0008-0-0108-00</t>
+  </si>
+  <si>
+    <t>BROOKS SHIRLEY I</t>
+  </si>
+  <si>
+    <t xml:space="preserve">189 BRONSTON TRL  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0003-0010-0-0004-00</t>
+  </si>
+  <si>
+    <t>COX BEVERLY E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4018 BARBERRY BLVD  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0003-0010-0-0059-00</t>
+  </si>
+  <si>
+    <t>SIMPSON JOSEPH M &amp; AMANDA J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">187 GRAND VISTA DR  
+DAYTON OH 45440</t>
+  </si>
+  <si>
     <t>B42-0003-0010-0-0079-00</t>
   </si>
   <si>
     <t>SHROUT STERLING</t>
   </si>
   <si>
     <t xml:space="preserve">4077 CHALMETTE DR  
 DAYTON OH 45440</t>
   </si>
   <si>
     <t>B42-0003-0010-0-0091-00</t>
   </si>
   <si>
     <t>BUSSEY ANGELA M &amp; TANNER K</t>
   </si>
   <si>
     <t xml:space="preserve">CHALMETTE DR  
 DAYTON OH 45440</t>
   </si>
   <si>
+    <t>B42-0003-0010-0-0100-00</t>
+  </si>
+  <si>
+    <t>LAWSON SOUDER CRYSTAL L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4221 CARONDELET DR  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0003-0010-0-0179-00</t>
+  </si>
+  <si>
+    <t>DANIELS GARY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4193 INDIAN RIPPLE RD  
+DAYTON OH 45440</t>
+  </si>
+  <si>
     <t>B42-0003-0010-0-0218-00</t>
   </si>
   <si>
     <t>KRAFT REGINALD J &amp; TERRIE L</t>
   </si>
   <si>
     <t xml:space="preserve">40 APPLE BLOSSOM PL  
 DAYTON OH 45440</t>
   </si>
   <si>
+    <t>B42-0003-0010-0-0280-00</t>
+  </si>
+  <si>
+    <t>PFAHL MICHELLE R &amp; DANIEL J MONNIN CO TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4070 WHITEGATE DR  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0003-0011-0-0034-00</t>
+  </si>
+  <si>
+    <t>NEICK WILLIAM DAVID</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4404 WAGNER RD  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0003-0012-0-0114-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4171 SUNBEAM AVE  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0003-0012-0-0259-00</t>
+  </si>
+  <si>
+    <t>DEATON STEPHEN W &amp; JENNIFER L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">282 GLENNVIEW DR  
+DAYTON OH 45440</t>
+  </si>
+  <si>
     <t>B42-0003-0013-0-0005-00</t>
   </si>
   <si>
     <t>REAL GINGER L</t>
   </si>
   <si>
     <t xml:space="preserve">936 RIVERHILLS RD  
 DAYTON OH 45430</t>
   </si>
   <si>
     <t>B42-0003-0014-0-0001-00</t>
   </si>
   <si>
     <t>CLEMENS DEVELOPMENT CO</t>
   </si>
   <si>
     <t xml:space="preserve">REDOAK CT  
 </t>
   </si>
   <si>
     <t>B42-0003-0015-0-0020-00</t>
   </si>
   <si>
     <t>COCHRAN TRUSTEE JOHN</t>
   </si>
   <si>
     <t xml:space="preserve">3785 FROSTWOOD DR  
 DAYTON OH 45430</t>
   </si>
   <si>
+    <t>B42-0003-0016-0-0052-00</t>
+  </si>
+  <si>
+    <t>SAWYERS SHIRLEY F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">615 BENDWOOD WAY  
+DAYTON OH 45430</t>
+  </si>
+  <si>
     <t>B42-0003-0017-0-0137-00</t>
   </si>
   <si>
     <t>CLEMENS RICHARD M</t>
   </si>
   <si>
     <t xml:space="preserve">ASPEN TRL  
 </t>
   </si>
   <si>
+    <t>B42-0003-0018-0-0034-00</t>
+  </si>
+  <si>
+    <t>DOBBERSTEIN DENISE A &amp; JAMA D SMITH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3779 ECHO HILL LN  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0003-0018-0-0044-00</t>
+  </si>
+  <si>
+    <t>HART JOHN E &amp; SHERYL L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3728 COUNTRY LN  
+DAYTON OH 45430</t>
+  </si>
+  <si>
+    <t>B42-0003-0019-0-0090-00</t>
+  </si>
+  <si>
+    <t>C NATION LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3944 3946 INDIAN RIPPLE RD  
+DAYTON OH 45440</t>
+  </si>
+  <si>
     <t>B42-0003-0021-0-0038-00</t>
   </si>
   <si>
     <t>NICHOLS LARRY D</t>
   </si>
   <si>
     <t xml:space="preserve">120 CHERRY HILL DR  
 DAYTON OH 45440</t>
   </si>
   <si>
+    <t>B42-0003-0021-0-0072-00</t>
+  </si>
+  <si>
+    <t>JAHNKE SHERYL A &amp; MANFRED W CO TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3859 FERNWALD DR  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0003-0021-0-0085-00</t>
+  </si>
+  <si>
+    <t>RUDD DAVID W &amp; LINDA S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3931 FERNWALD DR  
+DAYTON OH 45440</t>
+  </si>
+  <si>
     <t>B42-0003-0021-0-0094-00</t>
   </si>
   <si>
     <t>PORTER MYRTLE</t>
   </si>
   <si>
     <t xml:space="preserve">3830 ROSECLIFF DR  
 DAYTON OH 45440</t>
   </si>
   <si>
+    <t>B42-0003-0021-0-0101-00</t>
+  </si>
+  <si>
+    <t>HALL STEPHEN A &amp; SCOTT A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">115 LOGIC CT  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0003-0021-0-0112-00</t>
+  </si>
+  <si>
+    <t>REID RONALD J TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">95 S BARRYMORE LN  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0003-0022-0-0060-00</t>
+  </si>
+  <si>
+    <t>CONLEY AMBER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">96 PLATEAU CT  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0004-0003-0-0051-00</t>
+  </si>
+  <si>
+    <t>2661 FAIRFIELD COMMONS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2661 FAIRFIELD COMMONS  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0004-0-0134-00</t>
+  </si>
+  <si>
+    <t>MOUAL ABDERRAHIM JEFF &amp; FATIMA ZAHRA BENSABEUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3047 CUMBERLAND LN UNIT 102
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0004-0-0145-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CUMBERLAND LN  
+</t>
+  </si>
+  <si>
+    <t>B42-0004-0004-0-0148-00</t>
+  </si>
+  <si>
+    <t>BROWN STEPHEN R</t>
+  </si>
+  <si>
     <t>B42-0004-0004-0-0202-00</t>
   </si>
   <si>
     <t>AMBRO JOHN S &amp; CATHERINE C</t>
   </si>
   <si>
     <t xml:space="preserve">2705 CEDARBROOK WAY  
 DAYTON OH 45431</t>
   </si>
   <si>
+    <t>B42-0004-0005-0-0013-00</t>
+  </si>
+  <si>
+    <t>2304 GERSPACHER LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2304 GERSPACHER DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0005-0-0027-00</t>
+  </si>
+  <si>
+    <t>ZTK PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMMONS BLVD  
+</t>
+  </si>
+  <si>
+    <t>B42-0004-0006-0-0039-00</t>
+  </si>
+  <si>
+    <t>GARRETT SCOTT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2261 EL CID DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0004-0007-0-0017-00</t>
   </si>
   <si>
     <t>RILEY SANDRA</t>
   </si>
   <si>
     <t xml:space="preserve">1981 OLD NORTH FAIRFIELD RD  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0004-0007-0-0027-00</t>
+  </si>
+  <si>
+    <t>INLOW DARREN E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3320 CLAYDOR DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0007-0-0058-00</t>
+  </si>
+  <si>
+    <t>SPICER VICKIE A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3340 HOMEACRES AVE  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0008-0-0032-00</t>
+  </si>
+  <si>
+    <t>CHAPMAN JULIA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2042 N FAIRFIELD RD  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0004-0008-0-0070-00</t>
   </si>
   <si>
     <t>O'CONNER MICHAEL J &amp; ELISABETH ANN</t>
   </si>
   <si>
     <t xml:space="preserve">3172 BONNIE VILLA LN  
 DAYTON OH 45431</t>
   </si>
   <si>
+    <t>B42-0004-0009-0-0150-00</t>
+  </si>
+  <si>
+    <t>2952 WHISPERING PINES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2952 WHISPERING PINES  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0009-0-0183-00</t>
+  </si>
+  <si>
+    <t>HICKORY RIDGE OWNERS ASSOCIATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEW GERMANY TREBEIN RD  
+</t>
+  </si>
+  <si>
+    <t>B42-0004-0009-0-0209-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIG WOODS TRL  
+</t>
+  </si>
+  <si>
+    <t>B42-0004-0009-0-0210-00</t>
+  </si>
+  <si>
+    <t>B42-0004-0009-0-0226-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KANT PL  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0009-0-0227-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SASSAFRAS LN  
+</t>
+  </si>
+  <si>
+    <t>B42-0004-0011-0-0052-00</t>
+  </si>
+  <si>
+    <t>L&amp;F INVESTMENT FIRM LLC (OHIO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2629 N EMERALD DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0004-0011-0-0087-00</t>
   </si>
   <si>
     <t>CAUDILL CYNTHIA A</t>
   </si>
   <si>
     <t xml:space="preserve">2713 GREENE HILLS DR  
 </t>
   </si>
   <si>
+    <t>B42-0004-0011-0-0088-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2713 GREENE HILLS DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0011-0-0189-00</t>
+  </si>
+  <si>
+    <t>TRAME TAYLOR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2912 CHAL MAR DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0011-0-0245-00</t>
+  </si>
+  <si>
+    <t>TOBE MATTHEW A &amp; KAREN L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2887 GREEN VISTA DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0012-0-0309-00</t>
+  </si>
+  <si>
+    <t>2535 MUIRFIELD DRIVE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2535 MUIRFIELD DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0004-0013-0-0136-00</t>
   </si>
   <si>
     <t>SCHRADER ANDREW J &amp; AMANDA</t>
   </si>
   <si>
     <t xml:space="preserve">2449 RED APPLE DR  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>B42-0004-0014-0-0027-00</t>
   </si>
   <si>
     <t>BEGLEY MARK J TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">2450 BROWN BARK DR  
 DAYTON OH 45431</t>
   </si>
   <si>
     <t>B42-0004-0015-0-0016-00</t>
   </si>
   <si>
     <t>JOHNSON BEVERLY J</t>
   </si>
   <si>
     <t xml:space="preserve">2216 VAN OSS DR  
 </t>
   </si>
   <si>
     <t>B42-0004-0015-0-0017-00</t>
   </si>
   <si>
     <t xml:space="preserve">2210 VAN OSS DR  
 DAYTON OH 45431</t>
   </si>
   <si>
+    <t>B42-0004-0015-0-0068-00</t>
+  </si>
+  <si>
+    <t>JONES LILLIAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2175 VAN OSS DR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0015-0-0106-00</t>
+  </si>
+  <si>
+    <t>HOGREFE CARL F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2777 TERRACEVIEW CIR  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0017-0-0003-00</t>
+  </si>
+  <si>
+    <t>2476 KEMP ROAD LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2476 KEMP RD  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0004-0018-0-0019-00</t>
   </si>
   <si>
     <t>DAHDAH CINDY</t>
   </si>
   <si>
     <t xml:space="preserve">2059 BEAVER VALLEY RD  
 DAYTON OH 45434</t>
   </si>
   <si>
+    <t>B42-0004-0020-0-0042-00</t>
+  </si>
+  <si>
+    <t>SHADOWENS ALVIN E &amp; BARBARA G</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2816 AUSTIN PL  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0004-0020-0-0087-00</t>
   </si>
   <si>
     <t>WHEELER BARBARA LYNN</t>
   </si>
   <si>
     <t xml:space="preserve">2441 PATRICK BLVD  
 DAYTON OH 45431</t>
   </si>
   <si>
+    <t>B42-0004-0020-0-0090-00</t>
+  </si>
+  <si>
+    <t>DAHDAH CINDY &amp; SARAH BISHOP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2451 PATRICK BLVD  
+DAYTON OH 45431</t>
+  </si>
+  <si>
+    <t>B42-0004-0020-0-0143-00</t>
+  </si>
+  <si>
+    <t>ERBAUGH ANN E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2758 SILVER MAPLE LN  
+DAYTON OH 45431</t>
+  </si>
+  <si>
     <t>B42-0005-0002-0-0013-00</t>
   </si>
   <si>
     <t>BARTOLOVICH ANDREW D</t>
   </si>
   <si>
     <t xml:space="preserve">3061 STARDUST DR  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0005-0002-0-0035-00</t>
+  </si>
+  <si>
+    <t>YOUNG LINDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1995 W SKYVIEW DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
+    <t>B42-0005-0002-0-0036-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1995 W SKYVIEW DR  
+</t>
+  </si>
+  <si>
     <t>B42-0005-0002-0-0062-00</t>
   </si>
   <si>
     <t>BLACK DUSTIN</t>
   </si>
   <si>
     <t xml:space="preserve">1823 HANES RD  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0005-0002-0-0067-00</t>
   </si>
   <si>
     <t>COVILL THOMAS</t>
   </si>
   <si>
     <t xml:space="preserve">3034 STARDUST DR  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0005-0003-0-0048-00</t>
   </si>
   <si>
     <t>CROOKS NICHOLAS M</t>
   </si>
   <si>
     <t xml:space="preserve">3340 SUBURBAN DR  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0005-0003-0-0287-00</t>
+  </si>
+  <si>
+    <t>ULRICH SAMUEL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3399 MILL RUN DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0005-0005-0-0005-00</t>
+  </si>
+  <si>
+    <t>GG CUSTOM HOMES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">3465 DAYTON XENIA RD  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0005-0005-0-0035-00</t>
   </si>
   <si>
     <t>MILLS TRUEMAN C</t>
   </si>
   <si>
     <t xml:space="preserve">1360 ARNICA RD  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0005-0005-0-0039-00</t>
+  </si>
+  <si>
+    <t>GALLOWAY JOHN C &amp; CONNIE W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1345 ARNICA RD  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0005-0005-0-0063-00</t>
   </si>
   <si>
     <t>WHEELER DAVID G &amp; ROGER D WHEELER</t>
   </si>
   <si>
     <t xml:space="preserve">1277 WALLABY DR  
 DAYTON OH 45432</t>
   </si>
   <si>
     <t>B42-0005-0005-0-0077-00</t>
   </si>
   <si>
     <t>KIRK EDWARD N</t>
   </si>
   <si>
     <t xml:space="preserve">1288 ENOCHS DR  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0005-0005-0-0115-00</t>
+  </si>
+  <si>
+    <t>RL &amp; N REAL ESTATE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1380 N FAIRFIELD RD  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0005-0005-0-0151-00</t>
   </si>
   <si>
     <t>VANDAM JOSHUA</t>
   </si>
   <si>
     <t xml:space="preserve">3349 TRUBEE LN  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0005-0006-0-0042-00</t>
+  </si>
+  <si>
+    <t>ARRASMITH MICHAEL B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3088 3090 VILLAGE GREEN DR  
+DAYTON OH 45432</t>
+  </si>
+  <si>
     <t>B42-0005-0006-0-0171-00</t>
   </si>
   <si>
     <t>HORNICK LAWRENCE EDWARD</t>
   </si>
   <si>
     <t xml:space="preserve">PARK WAY  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0005-0008-0-0089-00</t>
+  </si>
+  <si>
+    <t>JACOBS MAGER JACQULYN J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3040 DAYTON XENIA RD  
+DAYTON OH 45434</t>
+  </si>
+  <si>
     <t>B42-0005-0008-0-0099-00</t>
   </si>
   <si>
     <t>KERN LESLIE</t>
   </si>
   <si>
     <t xml:space="preserve">3148 KERRY DR  
 DAYTON OH 45434</t>
   </si>
   <si>
+    <t>B42-0005-0008-0-0126-00</t>
+  </si>
+  <si>
+    <t>COAST AND COUNTRY PROPERTIES LLC (OHIO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1133 KATIE CIR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0005-0008-0-0249-00</t>
+  </si>
+  <si>
+    <t>MONELL PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3190 BEAVER VU DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
     <t>B42-0005-0011-0-0073-00</t>
   </si>
   <si>
     <t>NACE TINA L</t>
   </si>
   <si>
     <t xml:space="preserve">2911 MCKAY RD  
 DAYTON OH 45432</t>
   </si>
   <si>
+    <t>B42-0005-0011-0-0088-00</t>
+  </si>
+  <si>
+    <t>TESTER CHARLES W JR &amp; TERRI J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2968 LANTZ RD  
+DAYTON OH 45434</t>
+  </si>
+  <si>
     <t>B42-0005-0011-0-0102-00</t>
   </si>
   <si>
     <t>HINKLE AMELIA M</t>
   </si>
   <si>
     <t xml:space="preserve">HANES RD  
 </t>
   </si>
   <si>
     <t>B42-0005-0011-0-0103-00</t>
   </si>
   <si>
     <t>B42-0005-0012-0-0025-00</t>
   </si>
   <si>
     <t>MARVEL 3D REALTY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">2541 LANTZ RD  
 DAYTON OH 45434</t>
   </si>
   <si>
+    <t>B42-0005-0012-0-0194-00</t>
+  </si>
+  <si>
+    <t>LEVAN ANTHONY E &amp; DONNA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2514 COLDSPRINGS DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
     <t>B42-0005-0013-0-0053-00</t>
   </si>
   <si>
     <t xml:space="preserve">HICKORY DR  
 </t>
   </si>
   <si>
+    <t>B42-0005-0013-0-0204-00</t>
+  </si>
+  <si>
+    <t>AUDAS MARK E &amp; JACQUELINE A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2826 ORIOLE DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0005-0013-0-0242-00</t>
+  </si>
+  <si>
+    <t>BUCKHOLT WILLIAM C &amp; PATRICIA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1474 BULL SKIN RUN CT  
+DAYTON OH 45434</t>
+  </si>
+  <si>
     <t>B42-0005-0014-0-0254-00</t>
   </si>
   <si>
     <t>DAHLHAUSER KARL J &amp; PAMELA BOWDEN DAHLHAUSER</t>
   </si>
   <si>
     <t xml:space="preserve">1379 NEW HAVEN CT  
 DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0005-0015-0-0018-00</t>
   </si>
   <si>
     <t>REEVES KENNETH R &amp; LAURA R</t>
   </si>
   <si>
     <t xml:space="preserve">2767 ATER DR  
 DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0005-0015-0-0089-00</t>
   </si>
   <si>
     <t>HARRISON ROXANNE SPARR</t>
   </si>
   <si>
     <t xml:space="preserve">2820 VICKIE DR  
 DAYTON OH 45434</t>
   </si>
   <si>
+    <t>B42-0005-0016-0-0018-00</t>
+  </si>
+  <si>
+    <t>FRENCH ALLISON J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1140 FUDGE DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0005-0019-0-0048-00</t>
+  </si>
+  <si>
+    <t>JONES SHIRLEY M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2378 2384 KEWANNA LN  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0005-0020-0-0031-00</t>
+  </si>
+  <si>
+    <t>BURKE JEFFREY S &amp; KIMBERLY I</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1120 FOREST DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0005-0020-0-0148-00</t>
+  </si>
+  <si>
+    <t>AIKEN JEFFREY T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2445 CHRISTALEE DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
     <t>B42-0006-0001-0-0150-00</t>
   </si>
   <si>
     <t>EATON PAUL STANLEY TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">3335 FAIR OAKS DR  
 DAYTON OH 45434</t>
   </si>
   <si>
+    <t>B42-0006-0001-0-0214-00</t>
+  </si>
+  <si>
+    <t>LOCKWOOD JEROME K &amp; KIMBERLY C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3391 MAPLEWOOD DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
     <t>B42-0006-0002-0-0102-00</t>
   </si>
   <si>
     <t>HESS JASON M &amp; AMY S MAYES</t>
   </si>
   <si>
     <t xml:space="preserve">3321 LEAWOOD DR  
 DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0006-0003-0-0074-00</t>
   </si>
   <si>
     <t>ANDERSON MERRILL W</t>
   </si>
   <si>
     <t xml:space="preserve">599 N FAIRFIELD RD  
 DAYTON OH 45430</t>
   </si>
   <si>
     <t>B42-0006-0003-0-0102-00</t>
   </si>
   <si>
     <t>MILLER BOBBIE M &amp; JAMES A RETTER</t>
   </si>
   <si>
     <t xml:space="preserve">511 N FAIRFIELD RD  
 DAYTON OH 45430</t>
   </si>
   <si>
-    <t>B42-0006-0004-0-0203-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">3053 GLENSHAW DR  
+    <t>B42-0006-0004-0-0102-00</t>
+  </si>
+  <si>
+    <t>CLARK WILLARD C &amp; FREDA J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">552 MERRICK DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0006-0004-0-0115-00</t>
+  </si>
+  <si>
+    <t>COPLEY CONNIE S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">554 COLONIAL DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0006-0004-0-0147-00</t>
+  </si>
+  <si>
+    <t>BAKER PROPERTIES GROUP1 LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3111 MAGINN DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0006-0004-0-0192-00</t>
+  </si>
+  <si>
+    <t>ACCROCCO DANIEL J &amp; CECILIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3057 MAGINN DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0006-0005-0-0136-00</t>
+  </si>
+  <si>
+    <t>MARKER CHRISTINE L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3489 PLANTATION PL  
 DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0006-0005-0-0151-00</t>
   </si>
   <si>
     <t xml:space="preserve">465 TWELVE OAKS TRL  
 DAYTON OH 45434</t>
   </si>
   <si>
+    <t>B42-0006-0006-0-0015-00</t>
+  </si>
+  <si>
+    <t>KURUCZ DIANA M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">464 COY DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0006-0009-0-0172-00</t>
+  </si>
+  <si>
+    <t>MULLAPUDI RAVINDRA N &amp; UMA M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">244 SHELFORD WAY  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0006-0009-1-0018-00</t>
+  </si>
+  <si>
+    <t>THIEMAN TOM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3407 DARBYSHIRE DR  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0006-0010-0-0010-00</t>
+  </si>
+  <si>
+    <t>KARR DAVID M &amp; KELLY S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3185 WINTERSET DR  
+DAYTON OH 45440</t>
+  </si>
+  <si>
     <t>B42-0006-0010-0-0055-00</t>
   </si>
   <si>
     <t>MORGAN ASHLEY QUINN</t>
   </si>
   <si>
     <t xml:space="preserve">169 S ALPHA BELLBROOK RD  
 XENIA OH 45385</t>
   </si>
   <si>
+    <t>B42-0006-0010-0-0072-00</t>
+  </si>
+  <si>
+    <t>MILLER JANICE L TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3149 INDIAN RIPPLE RD  
+DAYTON OH 45440</t>
+  </si>
+  <si>
+    <t>B42-0006-0015-0-0046-00</t>
+  </si>
+  <si>
+    <t>HABITUS HOLDINGS OF OH LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">605 TOWNCREST DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
     <t>B42-0006-0015-0-0138-00</t>
   </si>
   <si>
     <t>RAMIREZ VICK JAIME E</t>
   </si>
   <si>
     <t xml:space="preserve">646 BROOKMEADE CT  
 DAYTON OH 45434</t>
   </si>
   <si>
+    <t>B42-0006-0015-0-0189-00</t>
+  </si>
+  <si>
+    <t>SAWVEL JOHN W &amp; DEBORAH R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2904 MAGINN DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
     <t>B42-0006-0016-0-0041-00</t>
   </si>
   <si>
     <t>SKY CROSSING RESIDENTIAL OWNERS</t>
   </si>
   <si>
     <t xml:space="preserve">447 N ALPHA BELLBROOK RD  
 DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0006-0016-0-0042-00</t>
   </si>
   <si>
     <t xml:space="preserve">439 N ALPHA BELLBROOK RD  
 DAYTON OH 45434</t>
   </si>
   <si>
     <t>B42-0006-0017-0-0091-00</t>
   </si>
   <si>
     <t>NEIDHARD AMY TERESA</t>
   </si>
   <si>
     <t xml:space="preserve">2925 STAUFFER DR  
 DAYTON OH 45434</t>
   </si>
   <si>
+    <t>B42-0006-0017-0-0137-00</t>
+  </si>
+  <si>
+    <t>CHANDRA SURESH &amp; INDERJIT S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">176 DEBS DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
+    <t>B42-0006-0017-0-0167-00</t>
+  </si>
+  <si>
+    <t>BRACKNEY ROBERT W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">239 HONEY JANE DR  
+DAYTON OH 45434</t>
+  </si>
+  <si>
     <t>B42-0006-0021-0-0016-00</t>
   </si>
   <si>
     <t>MCCLELLAN KELLY RENEE</t>
   </si>
   <si>
     <t xml:space="preserve">81 S ALPHA BELLBROOK RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>B42-0006-0025-0-0005-00</t>
   </si>
   <si>
     <t>ARBOGAST HEATHER REA</t>
   </si>
   <si>
     <t xml:space="preserve">2409 MAPLE DR  
 ALPHA OH 45301</t>
   </si>
   <si>
-    <t>B42-0999-0999-0-0020-01</t>
-[...2 lines deleted...]
-    <t>BROADSLATE NETWORKS OF OHIO INC</t>
+    <t>B42-0006-0025-0-0009-00</t>
+  </si>
+  <si>
+    <t>ONEY DEBORAH A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2429 MAPLE DR  
+ALPHA OH 45301</t>
+  </si>
+  <si>
+    <t>B42-0006-0025-0-0022-00</t>
+  </si>
+  <si>
+    <t>EAKLE CLINTON G</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LOWES DR  
+</t>
+  </si>
+  <si>
+    <t>B42-0006-0025-0-0024-00</t>
+  </si>
+  <si>
+    <t>B42-0006-0025-0-0066-00</t>
+  </si>
+  <si>
+    <t>MILLER MARTIN P &amp; CATHY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">843 STEWART DR  
+ALPHA OH 45301</t>
+  </si>
+  <si>
+    <t>B42-0999-0999-0-0005-01</t>
+  </si>
+  <si>
+    <t>OHIO EDISON CO</t>
   </si>
   <si>
     <t xml:space="preserve">
 </t>
+  </si>
+  <si>
+    <t>B42-0999-0999-0-0020-01</t>
+  </si>
+  <si>
+    <t>BROADSLATE NETWORKS OF OHIO INC</t>
+  </si>
+  <si>
+    <t>B42-0999-0999-0-0021-01</t>
+  </si>
+  <si>
+    <t>AMERICAN TRANSMISSION SYSTEMS INC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1042,2140 +2424,5080 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F103" headerRowCount="1">
-  <autoFilter ref="A1:F103"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F250" headerRowCount="1">
+  <autoFilter ref="A1:F250"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25994&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32217&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35313&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41264&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41414&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=21851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22036&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22863&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=22964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=23954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24643&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24761&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=24767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25015&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25436&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=25994&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26017&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26802&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=26939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27006&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=27946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28522&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=28974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=29968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30055&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=30646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31649&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=31960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32217&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=32955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33429&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=33996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=34801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35313&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=35974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=36956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=37730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=38985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39492&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=39771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40212&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=40902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41264&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=41415&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F103"/>
+  <dimension ref="A1:F250"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.482820510864258" customWidth="1"/>
-    <col min="2" max="2" width="50.71523666381836" customWidth="1"/>
+    <col min="2" max="2" width="52.08205032348633" customWidth="1"/>
     <col min="3" max="3" width="17.848241806030273" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>4989.22</v>
+        <v>9633.26</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>801.43</v>
+        <v>2660.69</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>2635.5</v>
+        <v>898.52</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>6063.91</v>
+        <v>153.55</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>625.15</v>
+        <v>1074.36</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>272.67</v>
+        <v>1890.61</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>38.12</v>
+        <v>4378.14</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>2132.59</v>
+        <v>7157.19</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>4166.95</v>
+        <v>70.38</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E11" s="3">
-        <v>8596.65</v>
+        <v>147.78</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="B12" s="0" t="s">
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="C12" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" s="3">
-        <v>4687.23</v>
+        <v>2559.53</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" s="3">
-        <v>3757.17</v>
+        <v>4160.29</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="3">
-        <v>11430.52</v>
+        <v>11597.94</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="3">
-        <v>2634.71</v>
+        <v>2579.21</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B16" s="0" t="s">
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="3">
-        <v>9145.43</v>
+        <v>178.98</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E17" s="3">
-        <v>9005.4</v>
+        <v>1733.69</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E18" s="3">
-        <v>2291.59</v>
+        <v>1184.7</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E19" s="3">
-        <v>9085.38</v>
+        <v>2735.38</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E20" s="3">
-        <v>7337.46</v>
+        <v>3482.31</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E21" s="3">
-        <v>359.4</v>
+        <v>7600.38</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E22" s="3">
-        <v>2477.96</v>
+        <v>4405.9</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E23" s="3">
-        <v>6212.71</v>
+        <v>134.59</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E24" s="3">
-        <v>5322.31</v>
+        <v>427.24</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E25" s="3">
-        <v>11222.29</v>
+        <v>3295.47</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E26" s="3">
-        <v>234.39</v>
+        <v>2723.16</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E27" s="3">
-        <v>5598.49</v>
+        <v>7810.02</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E28" s="3">
-        <v>362.56</v>
+        <v>10527.41</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E29" s="3">
-        <v>87.68</v>
+        <v>1433.5</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E30" s="3">
-        <v>12351.86</v>
+        <v>4453.17</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E31" s="3">
-        <v>26.69</v>
+        <v>15541.11</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E32" s="3">
-        <v>3748.83</v>
+        <v>258.62</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E33" s="3">
-        <v>113.57</v>
+        <v>1899.28</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E34" s="3">
-        <v>366.59</v>
+        <v>10497.55</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E35" s="3">
-        <v>2927.22</v>
+        <v>11015.34</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E36" s="3">
-        <v>5803.52</v>
+        <v>1978.55</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E37" s="3">
-        <v>3116.4</v>
+        <v>19262.36</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E38" s="3">
-        <v>7740.18</v>
+        <v>2707.05</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E39" s="3">
-        <v>2067.55</v>
+        <v>5856.26</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E40" s="3">
-        <v>1424.57</v>
+        <v>5653.93</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E41" s="3">
-        <v>12079.58</v>
+        <v>9184.26</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B42" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" s="3">
-        <v>3107.3</v>
+        <v>9043.26</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="B43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E43" s="3">
-        <v>6295.66</v>
+        <v>3514.14</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E44" s="3">
-        <v>5446.13</v>
+        <v>1.75</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="E45" s="3">
-        <v>7526.06</v>
+        <v>3446.22</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="E46" s="3">
-        <v>1612.33</v>
+        <v>3974.3</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="E47" s="3">
-        <v>491.82</v>
+        <v>14465.45</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="E48" s="3">
-        <v>16386.04</v>
+        <v>6796.56</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E49" s="3">
-        <v>2580.31</v>
+        <v>11827.71</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="E50" s="3">
-        <v>166.49</v>
+        <v>5232.06</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="E51" s="3">
-        <v>12437.92</v>
+        <v>947.66</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E52" s="3">
-        <v>4279.09</v>
+        <v>950.76</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="E53" s="3">
-        <v>4009.65</v>
+        <v>9851.08</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="E54" s="3">
-        <v>9314.41</v>
+        <v>12018.58</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E55" s="3">
-        <v>4804.05</v>
+        <v>9886.56</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="E56" s="3">
-        <v>445.39</v>
+        <v>132.03</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>162</v>
+        <v>142</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="E57" s="3">
-        <v>1369.56</v>
+        <v>940.01</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E58" s="3">
-        <v>562.55</v>
+        <v>1806.93</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E59" s="3">
-        <v>12401.72</v>
+        <v>2609.09</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E60" s="3">
-        <v>2092.56</v>
+        <v>4150.09</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E61" s="3">
-        <v>3853.47</v>
+        <v>16444.82</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E62" s="3">
-        <v>13859.33</v>
+        <v>2586.95</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E63" s="3">
-        <v>4153.05</v>
+        <v>2281.83</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E64" s="3">
-        <v>0.07</v>
+        <v>2887.29</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E65" s="3">
-        <v>4869.66</v>
+        <v>10748.56</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E66" s="3">
-        <v>10053.87</v>
+        <v>423.07</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E67" s="3">
-        <v>1096.21</v>
+        <v>3418.86</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="E68" s="3">
-        <v>4546.3</v>
+        <v>9.24</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E69" s="3">
-        <v>763.46</v>
+        <v>187.2</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E70" s="3">
-        <v>8822.43</v>
+        <v>466.68</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E71" s="3">
-        <v>6651.58</v>
+        <v>5054.35</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E72" s="3">
-        <v>2916.04</v>
+        <v>4658.63</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E73" s="3">
-        <v>6322.71</v>
+        <v>17797.68</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E74" s="3">
-        <v>6246.23</v>
+        <v>2350.15</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>126</v>
+        <v>217</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="E75" s="3">
-        <v>32957.18</v>
+        <v>3999.67</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="E76" s="3">
-        <v>2036.59</v>
+        <v>4723.74</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E77" s="3">
-        <v>11072.64</v>
+        <v>8637.6</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="E78" s="3">
-        <v>13191.84</v>
+        <v>2588.05</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="E79" s="3">
-        <v>1965.14</v>
+        <v>117.7</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="E80" s="3">
-        <v>298.75</v>
+        <v>452.89</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E81" s="3">
-        <v>211.84</v>
+        <v>8693.88</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E82" s="3">
-        <v>2728.76</v>
+        <v>10010.74</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="E83" s="3">
-        <v>72.98</v>
+        <v>0.38</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="E84" s="3">
-        <v>81.58</v>
+        <v>4597.42</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="E85" s="3">
-        <v>8707.9</v>
+        <v>4056.3</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>55</v>
+        <v>250</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="E86" s="3">
-        <v>1220.56</v>
+        <v>5825.8</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="E87" s="3">
-        <v>1058.46</v>
+        <v>12359.35</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="E88" s="3">
-        <v>1861.78</v>
+        <v>9011.42</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="E89" s="3">
-        <v>4777.87</v>
+        <v>8048.88</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="E90" s="3">
-        <v>2997.29</v>
+        <v>5745.83</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="E91" s="3">
-        <v>11703.06</v>
+        <v>564.69</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E92" s="3">
-        <v>5799.81</v>
+        <v>184.8</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B93" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="C93" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E93" s="3">
-        <v>465.95</v>
+        <v>168.25</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E94" s="3">
-        <v>6602.79</v>
+        <v>2189.49</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>253</v>
+        <v>272</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="E95" s="3">
-        <v>3141.68</v>
+        <v>6707.79</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="E96" s="3">
-        <v>31280.19</v>
+        <v>17940.37</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E97" s="3">
-        <v>846.55</v>
+        <v>167.74</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E98" s="3">
-        <v>79.84</v>
+        <v>1674.28</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="E99" s="3">
-        <v>156.27</v>
+        <v>962.45</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="E100" s="3">
-        <v>4628.48</v>
+        <v>3891.9</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="E101" s="3">
-        <v>1030.95</v>
+        <v>3107.3</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>291</v>
       </c>
       <c r="E102" s="3">
-        <v>3370.48</v>
+        <v>6295.66</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>294</v>
       </c>
       <c r="E103" s="3">
+        <v>5446.13</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="E104" s="3">
+        <v>7526.06</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="E105" s="3">
+        <v>1612.33</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="E106" s="3">
+        <v>508.47</v>
+      </c>
+      <c r="F106" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="E107" s="3">
+        <v>22877.31</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="E108" s="3">
+        <v>8283.33</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="E109" s="3">
+        <v>319.75</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="E110" s="3">
+        <v>6106.59</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="E111" s="3">
+        <v>2282.19</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="E112" s="3">
+        <v>12626.79</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="E113" s="3">
+        <v>2154.8</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="E114" s="3">
+        <v>2013.85</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="E115" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="E116" s="3">
+        <v>2734.05</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E117" s="3">
+        <v>5064.59</v>
+      </c>
+      <c r="F117" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="E118" s="3">
+        <v>6832.85</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="E119" s="3">
+        <v>603.9</v>
+      </c>
+      <c r="F119" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="E120" s="3">
+        <v>9338.82</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="E121" s="3">
+        <v>4964.43</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="E122" s="3">
+        <v>3451.7</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="E123" s="3">
+        <v>5748.45</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="E124" s="3">
+        <v>13827.52</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="E125" s="3">
+        <v>3001.04</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="E126" s="3">
+        <v>824.41</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="E127" s="3">
+        <v>4090.37</v>
+      </c>
+      <c r="F127" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="E128" s="3">
+        <v>401.33</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="E129" s="3">
+        <v>12867.68</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="E130" s="3">
+        <v>511.69</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="E131" s="3">
+        <v>4249.92</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="E132" s="3">
+        <v>3050.77</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="E133" s="3">
+        <v>598.3</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="E134" s="3">
+        <v>0.12</v>
+      </c>
+      <c r="F134" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="E135" s="3">
+        <v>632.44</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="E136" s="3">
+        <v>13044.48</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="E137" s="3">
+        <v>17661.73</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="E138" s="3">
+        <v>3134.85</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="E139" s="3">
+        <v>3248.81</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E140" s="3">
+        <v>6985.45</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="E141" s="3">
+        <v>1736.04</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="E142" s="3">
+        <v>2861.87</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E143" s="3">
+        <v>2124.37</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E144" s="3">
+        <v>2560.22</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="E145" s="3">
+        <v>44.39</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="E146" s="3">
+        <v>3.02</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="E147" s="3">
+        <v>119.86</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E148" s="3">
+        <v>9179.3</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="E149" s="3">
+        <v>5679.99</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E150" s="3">
+        <v>351.86</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="E151" s="3">
+        <v>7452.68</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="E152" s="3">
+        <v>21295.16</v>
+      </c>
+      <c r="F152" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E153" s="3">
+        <v>2813.77</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E154" s="3">
+        <v>2841.37</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E155" s="3">
+        <v>517.98</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="E156" s="3">
+        <v>10758.36</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="E157" s="3">
+        <v>5223.71</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="E158" s="3">
+        <v>0.16</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="E159" s="3">
+        <v>0.12</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="E160" s="3">
+        <v>0.18</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="E161" s="3">
+        <v>0.12</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="E162" s="3">
+        <v>0.57</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="E163" s="3">
+        <v>2398.32</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="E164" s="3">
+        <v>733.58</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="E165" s="3">
+        <v>8496.86</v>
+      </c>
+      <c r="F165" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="E166" s="3">
+        <v>617.33</v>
+      </c>
+      <c r="F166" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E167" s="3">
+        <v>3061.72</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="E168" s="3">
+        <v>5207.88</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="E169" s="3">
+        <v>14277.05</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="E170" s="3">
+        <v>17493.29</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E171" s="3">
+        <v>1808.41</v>
+      </c>
+      <c r="F171" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="E172" s="3">
+        <v>6875.58</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E173" s="3">
+        <v>210.49</v>
+      </c>
+      <c r="F173" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="E174" s="3">
+        <v>191.36</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="E175" s="3">
+        <v>15479.18</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="E176" s="3">
+        <v>2168.21</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="E177" s="3">
+        <v>233.42</v>
+      </c>
+      <c r="F177" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="E178" s="3">
+        <v>13433.94</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="E179" s="3">
+        <v>881.58</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="E180" s="3">
+        <v>0.57</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E181" s="3">
+        <v>12770.66</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E182" s="3">
+        <v>6344.09</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="E183" s="3">
+        <v>31.09</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="E184" s="3">
+        <v>7140.92</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="E185" s="3">
+        <v>10211.23</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="E186" s="3">
+        <v>9700.72</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="E187" s="3">
+        <v>4180.69</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="E188" s="3">
+        <v>28740.75</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="E189" s="3">
+        <v>4886.32</v>
+      </c>
+      <c r="F189" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="E190" s="3">
+        <v>4410.54</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="E191" s="3">
+        <v>14499.46</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="E192" s="3">
+        <v>16766.69</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="E193" s="3">
+        <v>29404</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="E194" s="3">
+        <v>5356.95</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E195" s="3">
+        <v>5468.16</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E196" s="3">
+        <v>876.29</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="E197" s="3">
+        <v>1918.09</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="E198" s="3">
+        <v>4385.26</v>
+      </c>
+      <c r="F198" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="E199" s="3">
+        <v>1870.55</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="E200" s="3">
+        <v>5252.6</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="E201" s="3">
+        <v>8000.53</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="E202" s="3">
+        <v>4767.97</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="E203" s="3">
+        <v>140.21</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="E204" s="3">
+        <v>156.79</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="E205" s="3">
+        <v>12963.68</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="E206" s="3">
+        <v>3239.27</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="E207" s="3">
+        <v>2700.44</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="E208" s="3">
+        <v>3896.28</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="E209" s="3">
+        <v>377.57</v>
+      </c>
+      <c r="F209" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="E210" s="3">
+        <v>7843.23</v>
+      </c>
+      <c r="F210" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="E211" s="3">
+        <v>4020.31</v>
+      </c>
+      <c r="F211" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="E212" s="3">
+        <v>10584.7</v>
+      </c>
+      <c r="F212" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="E213" s="3">
+        <v>3386.38</v>
+      </c>
+      <c r="F213" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="E214" s="3">
+        <v>2607.84</v>
+      </c>
+      <c r="F214" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="E215" s="3">
+        <v>738.88</v>
+      </c>
+      <c r="F215" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="E216" s="3">
+        <v>7227.51</v>
+      </c>
+      <c r="F216" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="E217" s="3">
+        <v>9867.61</v>
+      </c>
+      <c r="F217" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="E218" s="3">
+        <v>0.09</v>
+      </c>
+      <c r="F218" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="E219" s="3">
+        <v>16485.79</v>
+      </c>
+      <c r="F219" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="E220" s="3">
+        <v>10779.73</v>
+      </c>
+      <c r="F220" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="E221" s="3">
+        <v>4505.65</v>
+      </c>
+      <c r="F221" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="E222" s="3">
+        <v>5465.79</v>
+      </c>
+      <c r="F222" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="E223" s="3">
+        <v>2342.92</v>
+      </c>
+      <c r="F223" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="C224" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="E224" s="3">
+        <v>157.89</v>
+      </c>
+      <c r="F224" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="E225" s="3">
+        <v>1566.67</v>
+      </c>
+      <c r="F225" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="B226" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="E226" s="3">
+        <v>12148.77</v>
+      </c>
+      <c r="F226" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="E227" s="3">
+        <v>15154.28</v>
+      </c>
+      <c r="F227" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="B228" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="E228" s="3">
+        <v>2932.39</v>
+      </c>
+      <c r="F228" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="B229" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="E229" s="3">
+        <v>3530.32</v>
+      </c>
+      <c r="F229" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="B230" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="E230" s="3">
+        <v>0.06</v>
+      </c>
+      <c r="F230" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="E231" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="F231" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="E232" s="3">
+        <v>38349.96</v>
+      </c>
+      <c r="F232" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="E233" s="3">
+        <v>4426.68</v>
+      </c>
+      <c r="F233" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="E234" s="3">
+        <v>1704.35</v>
+      </c>
+      <c r="F234" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="E235" s="3">
+        <v>16968.04</v>
+      </c>
+      <c r="F235" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="E236" s="3">
+        <v>0.02</v>
+      </c>
+      <c r="F236" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="E237" s="3">
+        <v>153.41</v>
+      </c>
+      <c r="F237" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="0" t="s">
+        <v>676</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="E238" s="3">
+        <v>300.11</v>
+      </c>
+      <c r="F238" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="E239" s="3">
+        <v>12574.86</v>
+      </c>
+      <c r="F239" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="B240" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="C240" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="E240" s="3">
+        <v>4178.7</v>
+      </c>
+      <c r="F240" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B241" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="C241" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="E241" s="3">
+        <v>4553.69</v>
+      </c>
+      <c r="F241" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="B242" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="E242" s="3">
+        <v>6056.55</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="B243" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="E243" s="3">
+        <v>6471.26</v>
+      </c>
+      <c r="F243" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="B244" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="E244" s="3">
+        <v>725.61</v>
+      </c>
+      <c r="F244" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="E245" s="3">
+        <v>615.92</v>
+      </c>
+      <c r="F245" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="E246" s="3">
+        <v>997.18</v>
+      </c>
+      <c r="F246" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="E247" s="3">
+        <v>1755.79</v>
+      </c>
+      <c r="F247" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="E248" s="3">
+        <v>456.9</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="E249" s="3">
         <v>2171.49</v>
       </c>
-      <c r="F103" s="2" t="s">
+      <c r="F249" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="B250" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="E250" s="3">
+        <v>45.69</v>
+      </c>
+      <c r="F250" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3239,32 +7561,179 @@
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
     <hyperlink ref="F103" r:id="rId103"/>
+    <hyperlink ref="F104" r:id="rId104"/>
+    <hyperlink ref="F105" r:id="rId105"/>
+    <hyperlink ref="F106" r:id="rId106"/>
+    <hyperlink ref="F107" r:id="rId107"/>
+    <hyperlink ref="F108" r:id="rId108"/>
+    <hyperlink ref="F109" r:id="rId109"/>
+    <hyperlink ref="F110" r:id="rId110"/>
+    <hyperlink ref="F111" r:id="rId111"/>
+    <hyperlink ref="F112" r:id="rId112"/>
+    <hyperlink ref="F113" r:id="rId113"/>
+    <hyperlink ref="F114" r:id="rId114"/>
+    <hyperlink ref="F115" r:id="rId115"/>
+    <hyperlink ref="F116" r:id="rId116"/>
+    <hyperlink ref="F117" r:id="rId117"/>
+    <hyperlink ref="F118" r:id="rId118"/>
+    <hyperlink ref="F119" r:id="rId119"/>
+    <hyperlink ref="F120" r:id="rId120"/>
+    <hyperlink ref="F121" r:id="rId121"/>
+    <hyperlink ref="F122" r:id="rId122"/>
+    <hyperlink ref="F123" r:id="rId123"/>
+    <hyperlink ref="F124" r:id="rId124"/>
+    <hyperlink ref="F125" r:id="rId125"/>
+    <hyperlink ref="F126" r:id="rId126"/>
+    <hyperlink ref="F127" r:id="rId127"/>
+    <hyperlink ref="F128" r:id="rId128"/>
+    <hyperlink ref="F129" r:id="rId129"/>
+    <hyperlink ref="F130" r:id="rId130"/>
+    <hyperlink ref="F131" r:id="rId131"/>
+    <hyperlink ref="F132" r:id="rId132"/>
+    <hyperlink ref="F133" r:id="rId133"/>
+    <hyperlink ref="F134" r:id="rId134"/>
+    <hyperlink ref="F135" r:id="rId135"/>
+    <hyperlink ref="F136" r:id="rId136"/>
+    <hyperlink ref="F137" r:id="rId137"/>
+    <hyperlink ref="F138" r:id="rId138"/>
+    <hyperlink ref="F139" r:id="rId139"/>
+    <hyperlink ref="F140" r:id="rId140"/>
+    <hyperlink ref="F141" r:id="rId141"/>
+    <hyperlink ref="F142" r:id="rId142"/>
+    <hyperlink ref="F143" r:id="rId143"/>
+    <hyperlink ref="F144" r:id="rId144"/>
+    <hyperlink ref="F145" r:id="rId145"/>
+    <hyperlink ref="F146" r:id="rId146"/>
+    <hyperlink ref="F147" r:id="rId147"/>
+    <hyperlink ref="F148" r:id="rId148"/>
+    <hyperlink ref="F149" r:id="rId149"/>
+    <hyperlink ref="F150" r:id="rId150"/>
+    <hyperlink ref="F151" r:id="rId151"/>
+    <hyperlink ref="F152" r:id="rId152"/>
+    <hyperlink ref="F153" r:id="rId153"/>
+    <hyperlink ref="F154" r:id="rId154"/>
+    <hyperlink ref="F155" r:id="rId155"/>
+    <hyperlink ref="F156" r:id="rId156"/>
+    <hyperlink ref="F157" r:id="rId157"/>
+    <hyperlink ref="F158" r:id="rId158"/>
+    <hyperlink ref="F159" r:id="rId159"/>
+    <hyperlink ref="F160" r:id="rId160"/>
+    <hyperlink ref="F161" r:id="rId161"/>
+    <hyperlink ref="F162" r:id="rId162"/>
+    <hyperlink ref="F163" r:id="rId163"/>
+    <hyperlink ref="F164" r:id="rId164"/>
+    <hyperlink ref="F165" r:id="rId165"/>
+    <hyperlink ref="F166" r:id="rId166"/>
+    <hyperlink ref="F167" r:id="rId167"/>
+    <hyperlink ref="F168" r:id="rId168"/>
+    <hyperlink ref="F169" r:id="rId169"/>
+    <hyperlink ref="F170" r:id="rId170"/>
+    <hyperlink ref="F171" r:id="rId171"/>
+    <hyperlink ref="F172" r:id="rId172"/>
+    <hyperlink ref="F173" r:id="rId173"/>
+    <hyperlink ref="F174" r:id="rId174"/>
+    <hyperlink ref="F175" r:id="rId175"/>
+    <hyperlink ref="F176" r:id="rId176"/>
+    <hyperlink ref="F177" r:id="rId177"/>
+    <hyperlink ref="F178" r:id="rId178"/>
+    <hyperlink ref="F179" r:id="rId179"/>
+    <hyperlink ref="F180" r:id="rId180"/>
+    <hyperlink ref="F181" r:id="rId181"/>
+    <hyperlink ref="F182" r:id="rId182"/>
+    <hyperlink ref="F183" r:id="rId183"/>
+    <hyperlink ref="F184" r:id="rId184"/>
+    <hyperlink ref="F185" r:id="rId185"/>
+    <hyperlink ref="F186" r:id="rId186"/>
+    <hyperlink ref="F187" r:id="rId187"/>
+    <hyperlink ref="F188" r:id="rId188"/>
+    <hyperlink ref="F189" r:id="rId189"/>
+    <hyperlink ref="F190" r:id="rId190"/>
+    <hyperlink ref="F191" r:id="rId191"/>
+    <hyperlink ref="F192" r:id="rId192"/>
+    <hyperlink ref="F193" r:id="rId193"/>
+    <hyperlink ref="F194" r:id="rId194"/>
+    <hyperlink ref="F195" r:id="rId195"/>
+    <hyperlink ref="F196" r:id="rId196"/>
+    <hyperlink ref="F197" r:id="rId197"/>
+    <hyperlink ref="F198" r:id="rId198"/>
+    <hyperlink ref="F199" r:id="rId199"/>
+    <hyperlink ref="F200" r:id="rId200"/>
+    <hyperlink ref="F201" r:id="rId201"/>
+    <hyperlink ref="F202" r:id="rId202"/>
+    <hyperlink ref="F203" r:id="rId203"/>
+    <hyperlink ref="F204" r:id="rId204"/>
+    <hyperlink ref="F205" r:id="rId205"/>
+    <hyperlink ref="F206" r:id="rId206"/>
+    <hyperlink ref="F207" r:id="rId207"/>
+    <hyperlink ref="F208" r:id="rId208"/>
+    <hyperlink ref="F209" r:id="rId209"/>
+    <hyperlink ref="F210" r:id="rId210"/>
+    <hyperlink ref="F211" r:id="rId211"/>
+    <hyperlink ref="F212" r:id="rId212"/>
+    <hyperlink ref="F213" r:id="rId213"/>
+    <hyperlink ref="F214" r:id="rId214"/>
+    <hyperlink ref="F215" r:id="rId215"/>
+    <hyperlink ref="F216" r:id="rId216"/>
+    <hyperlink ref="F217" r:id="rId217"/>
+    <hyperlink ref="F218" r:id="rId218"/>
+    <hyperlink ref="F219" r:id="rId219"/>
+    <hyperlink ref="F220" r:id="rId220"/>
+    <hyperlink ref="F221" r:id="rId221"/>
+    <hyperlink ref="F222" r:id="rId222"/>
+    <hyperlink ref="F223" r:id="rId223"/>
+    <hyperlink ref="F224" r:id="rId224"/>
+    <hyperlink ref="F225" r:id="rId225"/>
+    <hyperlink ref="F226" r:id="rId226"/>
+    <hyperlink ref="F227" r:id="rId227"/>
+    <hyperlink ref="F228" r:id="rId228"/>
+    <hyperlink ref="F229" r:id="rId229"/>
+    <hyperlink ref="F230" r:id="rId230"/>
+    <hyperlink ref="F231" r:id="rId231"/>
+    <hyperlink ref="F232" r:id="rId232"/>
+    <hyperlink ref="F233" r:id="rId233"/>
+    <hyperlink ref="F234" r:id="rId234"/>
+    <hyperlink ref="F235" r:id="rId235"/>
+    <hyperlink ref="F236" r:id="rId236"/>
+    <hyperlink ref="F237" r:id="rId237"/>
+    <hyperlink ref="F238" r:id="rId238"/>
+    <hyperlink ref="F239" r:id="rId239"/>
+    <hyperlink ref="F240" r:id="rId240"/>
+    <hyperlink ref="F241" r:id="rId241"/>
+    <hyperlink ref="F242" r:id="rId242"/>
+    <hyperlink ref="F243" r:id="rId243"/>
+    <hyperlink ref="F244" r:id="rId244"/>
+    <hyperlink ref="F245" r:id="rId245"/>
+    <hyperlink ref="F246" r:id="rId246"/>
+    <hyperlink ref="F247" r:id="rId247"/>
+    <hyperlink ref="F248" r:id="rId248"/>
+    <hyperlink ref="F249" r:id="rId249"/>
+    <hyperlink ref="F250" r:id="rId250"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>