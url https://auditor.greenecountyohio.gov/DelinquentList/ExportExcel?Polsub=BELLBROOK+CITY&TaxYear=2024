--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -5,77 +5,77 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>L35-0001-0006-0-0004-00</t>
   </si>
   <si>
     <t>CONNER EVE MARIE</t>
   </si>
   <si>
-    <t>SUGARCREEK LSD</t>
+    <t>BELLBROOK SUGARCREEK LSD</t>
   </si>
   <si>
     <t xml:space="preserve">157 HESS RD  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>L35-0001-0007-0-0021-00</t>
   </si>
   <si>
     <t>FERNANDEZ THOMAS &amp; CHERYL D CLEMENS</t>
   </si>
   <si>
     <t xml:space="preserve">220 BELAIR CIR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0001-0007-0-0043-00</t>
   </si>
   <si>
     <t>BROUGHTON WILLIAM E &amp; TAMMARA S</t>
   </si>
   <si>
@@ -108,60 +108,50 @@
   <si>
     <t>HALL RONALD LEE &amp; KATHLEEN A</t>
   </si>
   <si>
     <t xml:space="preserve">4108 NEDRA DR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0002-0007-0-0165-00</t>
   </si>
   <si>
     <t>PHELAN KEITH A &amp; CHERYL A</t>
   </si>
   <si>
     <t xml:space="preserve">2202 HILLRISE CIR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0002-0008-0-0090-00</t>
   </si>
   <si>
     <t>HURST KATIE L</t>
   </si>
   <si>
     <t xml:space="preserve">2342 LAKEVIEW DR  
-BELLBROOK OH 45305</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">2426 PORTAGE PATH  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0002-0010-0-0046-00</t>
   </si>
   <si>
     <t>FREED JOSEPH TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">2460 TENNYSON DR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0002-0012-0-0020-00</t>
   </si>
   <si>
     <t>EADES JOSHUA LEE</t>
   </si>
   <si>
     <t xml:space="preserve">2176 S LAKEMAN AVE  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0002-0012-0-0057-00</t>
   </si>
@@ -215,360 +205,339 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F14" headerRowCount="1">
-  <autoFilter ref="A1:F14"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F13" headerRowCount="1">
+  <autoFilter ref="A1:F13"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=63295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65295&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=63295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65295&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.21682357788086" customWidth="1"/>
     <col min="2" max="2" width="40.28508377075195" customWidth="1"/>
-    <col min="3" max="3" width="16.8364315032959" customWidth="1"/>
+    <col min="3" max="3" width="27.691152572631836" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>3344.98</v>
+        <v>2978.34</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>6047.37</v>
+        <v>5613.17</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>1880.72</v>
+        <v>1930.87</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>197.37</v>
+        <v>202.63</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>12594.19</v>
+        <v>12930.03</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>3637.92</v>
+        <v>3118.93</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>4919.1</v>
+        <v>2996.94</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>15517.21</v>
+        <v>15931.01</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>144.76</v>
+        <v>75.44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>73.48</v>
+        <v>474.54</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>462.21</v>
+        <v>199.71</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>194.52</v>
+        <v>648.51</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>10</v>
-[...18 lines deleted...]
-      <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
-    <hyperlink ref="F14" r:id="rId14"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>