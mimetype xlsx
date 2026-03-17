--- v1 (2025-12-05)
+++ v2 (2026-03-17)
@@ -5,164 +5,351 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>L35-0001-0002-0-0080-00</t>
+  </si>
+  <si>
+    <t>ROBOT PROS LLC</t>
+  </si>
+  <si>
+    <t>BELLBROOK SUGARCREEK LSD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">103 W FRANKLIN ST  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
+    <t>L35-0001-0002-0-0107-00</t>
+  </si>
+  <si>
+    <t>THALER LINDSEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">79 W MAPLE ST  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
     <t>L35-0001-0006-0-0004-00</t>
   </si>
   <si>
     <t>CONNER EVE MARIE</t>
   </si>
   <si>
-    <t>BELLBROOK SUGARCREEK LSD</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">157 HESS RD  
 BELLBROOK OH 45305</t>
   </si>
   <si>
-    <t>View</t>
+    <t>L35-0001-0006-0-0097-00</t>
+  </si>
+  <si>
+    <t>HILL RICHARD A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25 27 N MAIN ST  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0001-0006-0-0108-00</t>
+  </si>
+  <si>
+    <t>SUGARCREEK REAL ESTATE HOLDING</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26 E FRANKLIN ST  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0001-0006-0-0130-00</t>
+  </si>
+  <si>
+    <t>CLEMENS DEVELOPMENT CO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 E FRANKLIN ST  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0001-0007-0-0011-00</t>
+  </si>
+  <si>
+    <t>COLLINS JANET SUSAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">160 BELAIR CIR  
+BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0001-0007-0-0021-00</t>
   </si>
   <si>
     <t>FERNANDEZ THOMAS &amp; CHERYL D CLEMENS</t>
   </si>
   <si>
     <t xml:space="preserve">220 BELAIR CIR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0001-0007-0-0043-00</t>
   </si>
   <si>
     <t>BROUGHTON WILLIAM E &amp; TAMMARA S</t>
   </si>
   <si>
     <t xml:space="preserve">175 BELAIR CIR  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0001-0007-0-0156-00</t>
+  </si>
+  <si>
+    <t>KEYS CAPITAL INC &amp; MARY WESTER TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">236 WASHINGTON MILL RD  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0001-0007-0-0169-00</t>
+  </si>
+  <si>
+    <t>ROOT DONALD D &amp; BRENDA S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3312 STREAMVIEW CT  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0001-0009-0-0054-00</t>
+  </si>
+  <si>
+    <t>HARRIS TERESA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4253 SUGARCREEK DR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0001-0009-0-0071-01</t>
   </si>
   <si>
     <t>BELLEVIEW BAPTIST CHURCH</t>
   </si>
   <si>
     <t xml:space="preserve">W FRANKLIN ST  
 </t>
   </si>
   <si>
+    <t>L35-0001-0010-0-0128-00</t>
+  </si>
+  <si>
+    <t>ANDERSON HEIDI A &amp; TODD M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4103 SHADOWLEAF DR  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0001-0010-0-0159-00</t>
+  </si>
+  <si>
+    <t>BAKER KENNETH M &amp; SHARON A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4122 AMY BROOKE CIR  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0001-0013-0-0030-00</t>
+  </si>
+  <si>
+    <t>ARNOLD KATHY J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4050 LOCUS BEND DR  
+DAYTON OH 45440</t>
+  </si>
+  <si>
     <t>L35-0002-0002-0-0135-00</t>
   </si>
   <si>
     <t>LEADER DEVELOPMENT</t>
   </si>
   <si>
     <t xml:space="preserve">SR 725  
 </t>
   </si>
   <si>
+    <t>L35-0002-0005-0-0030-00</t>
+  </si>
+  <si>
+    <t>WHEELER JOSEPH A &amp; LESLIE L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">83 BROOKWOOD DR  
+</t>
+  </si>
+  <si>
+    <t>L35-0002-0005-0-0058-00</t>
+  </si>
+  <si>
+    <t>JON-KEN INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">57 59 S MAIN ST  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
     <t>L35-0002-0006-0-0075-00</t>
   </si>
   <si>
     <t>HALL RONALD LEE &amp; KATHLEEN A</t>
   </si>
   <si>
     <t xml:space="preserve">4108 NEDRA DR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
+    <t>L35-0002-0006-0-0166-00</t>
+  </si>
+  <si>
+    <t>BADURINA ANTHONY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 BONNIE DALE DR  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0002-0006-0-0241-00</t>
+  </si>
+  <si>
+    <t>LEE ATHIE D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2071 WENTWORTH VILLAGE DR  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
     <t>L35-0002-0007-0-0165-00</t>
   </si>
   <si>
     <t>PHELAN KEITH A &amp; CHERYL A</t>
   </si>
   <si>
     <t xml:space="preserve">2202 HILLRISE CIR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0002-0008-0-0090-00</t>
   </si>
   <si>
     <t>HURST KATIE L</t>
   </si>
   <si>
     <t xml:space="preserve">2342 LAKEVIEW DR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0002-0010-0-0046-00</t>
   </si>
   <si>
     <t>FREED JOSEPH TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">2460 TENNYSON DR  
 BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0002-0011-0-0145-00</t>
+  </si>
+  <si>
+    <t>SNODGRASS ERIN M &amp; CHRISTOPHER N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2321 S LINDA DR  
+</t>
+  </si>
+  <si>
+    <t>L35-0002-0011-0-0146-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2321 S LINDA DR  
+BELLBROOK OH 45305</t>
+  </si>
+  <si>
+    <t>L35-0002-0012-0-0010-00</t>
+  </si>
+  <si>
+    <t>WHITAKER CHARLES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7400 WILMINGTON PIKE  
+DAYTON OH 45459</t>
   </si>
   <si>
     <t>L35-0002-0012-0-0020-00</t>
   </si>
   <si>
     <t>EADES JOSHUA LEE</t>
   </si>
   <si>
     <t xml:space="preserve">2176 S LAKEMAN AVE  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0002-0012-0-0057-00</t>
   </si>
   <si>
     <t>HART AMELIA R GOOD</t>
   </si>
   <si>
     <t xml:space="preserve">4405 MOSS OAK TRL  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L35-0002-0013-0-0092-00</t>
   </si>
   <si>
@@ -205,339 +392,738 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F13" headerRowCount="1">
-  <autoFilter ref="A1:F13"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F32" headerRowCount="1">
+  <autoFilter ref="A1:F32"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=63295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65295&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=63010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=63277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=63295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=63474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=63505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=63782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64351&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=64993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65003&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65295&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F13"/>
+  <dimension ref="A1:F32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.21682357788086" customWidth="1"/>
-    <col min="2" max="2" width="40.28508377075195" customWidth="1"/>
+    <col min="2" max="2" width="40.70351791381836" customWidth="1"/>
     <col min="3" max="3" width="27.691152572631836" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>2978.34</v>
+        <v>149.86</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>5613.17</v>
+        <v>5.93</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>1930.87</v>
+        <v>6465.79</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>202.63</v>
+        <v>155.86</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>12930.03</v>
+        <v>10386.16</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>3118.93</v>
+        <v>0.35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>2996.94</v>
+        <v>1790.65</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>15931.01</v>
+        <v>9943.46</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>75.44</v>
+        <v>5658.34</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>474.54</v>
+        <v>3075.52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>199.71</v>
+        <v>0.12</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>648.51</v>
+        <v>2453.65</v>
       </c>
       <c r="F13" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E14" s="3">
+        <v>389.05</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" s="3">
+        <v>326.42</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" s="3">
+        <v>0.03</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="E17" s="3">
+        <v>262.7</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E18" s="3">
+        <v>12966.23</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E19" s="3">
+        <v>5.61</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E20" s="3">
+        <v>3162.8</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" s="3">
+        <v>7310.21</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E22" s="3">
+        <v>304.6</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E23" s="3">
+        <v>254.35</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E24" s="3">
+        <v>10391.8</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E25" s="3">
+        <v>22758.34</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E26" s="3">
+        <v>5512.07</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E27" s="3">
+        <v>174.63</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E28" s="3">
+        <v>2730.72</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E29" s="3">
+        <v>4977.45</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E30" s="3">
+        <v>5246.47</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="E31" s="3">
+        <v>4067.21</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E32" s="3">
+        <v>4918.13</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
+    <hyperlink ref="F14" r:id="rId14"/>
+    <hyperlink ref="F15" r:id="rId15"/>
+    <hyperlink ref="F16" r:id="rId16"/>
+    <hyperlink ref="F17" r:id="rId17"/>
+    <hyperlink ref="F18" r:id="rId18"/>
+    <hyperlink ref="F19" r:id="rId19"/>
+    <hyperlink ref="F20" r:id="rId20"/>
+    <hyperlink ref="F21" r:id="rId21"/>
+    <hyperlink ref="F22" r:id="rId22"/>
+    <hyperlink ref="F23" r:id="rId23"/>
+    <hyperlink ref="F24" r:id="rId24"/>
+    <hyperlink ref="F25" r:id="rId25"/>
+    <hyperlink ref="F26" r:id="rId26"/>
+    <hyperlink ref="F27" r:id="rId27"/>
+    <hyperlink ref="F28" r:id="rId28"/>
+    <hyperlink ref="F29" r:id="rId29"/>
+    <hyperlink ref="F30" r:id="rId30"/>
+    <hyperlink ref="F31" r:id="rId31"/>
+    <hyperlink ref="F32" r:id="rId32"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>