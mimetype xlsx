--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -5,93 +5,83 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="167">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>J27-00009</t>
   </si>
   <si>
     <t>PRISER MILDRED E</t>
   </si>
   <si>
     <t>GREENEVIEW LSD</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>View</t>
-  </si>
-[...8 lines deleted...]
-JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0001-0-0046-00</t>
   </si>
   <si>
     <t>TIP TOP CARWASH OF JAMESTOWN LLC</t>
   </si>
   <si>
     <t xml:space="preserve">34 W WASHINGTON ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0001-0-0085-00</t>
   </si>
   <si>
     <t>J ZAP PROPERTY MANAGEMENT LLC</t>
   </si>
   <si>
     <t xml:space="preserve">5120 WAYNESVILLE JAMESTOWN RD  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0002-0-0003-00</t>
   </si>
   <si>
@@ -130,145 +120,115 @@
   <si>
     <t>J27-0001-0002-0-0113-00</t>
   </si>
   <si>
     <t xml:space="preserve">W BUCKLES AVE  
 </t>
   </si>
   <si>
     <t>J27-0001-0002-0-0114-00</t>
   </si>
   <si>
     <t xml:space="preserve">BUCKLES AVE  
 </t>
   </si>
   <si>
     <t>J27-0001-0002-0-0139-00</t>
   </si>
   <si>
     <t>BURKHEISER RICHARD M &amp; MARY E</t>
   </si>
   <si>
     <t xml:space="preserve">1 BROOKSIDE ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
-    <t>J27-0001-0002-0-0163-00</t>
-[...8 lines deleted...]
-  <si>
     <t>J27-0001-0003-0-0070-00</t>
   </si>
   <si>
     <t>LEONARD ANITA S</t>
   </si>
   <si>
     <t xml:space="preserve">7 N CHURCH ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0085-00</t>
   </si>
   <si>
     <t>TACKETT SARAH &amp; SCOTT</t>
   </si>
   <si>
     <t xml:space="preserve">54 E XENIA ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0106-00</t>
   </si>
   <si>
     <t>BENTON STEVE R &amp; SHANON M</t>
   </si>
   <si>
     <t xml:space="preserve">25 N LIMESTONE ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0110-00</t>
   </si>
   <si>
     <t>LEACH WILMA J</t>
   </si>
   <si>
     <t xml:space="preserve">15 E XENIA ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0113-00</t>
   </si>
   <si>
     <t xml:space="preserve">10 N CHURCH ST  
 </t>
   </si>
   <si>
-    <t>J27-0001-0003-0-0173-00</t>
-[...8 lines deleted...]
-  <si>
     <t>J27-0001-0003-0-0178-00</t>
   </si>
   <si>
     <t>WALLACE GEOFFREY A &amp; STEPHANIE ELLEN</t>
   </si>
   <si>
     <t xml:space="preserve">24 N LIMESTONE ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0183-00</t>
   </si>
   <si>
     <t>BAKER HEIDI J</t>
   </si>
   <si>
     <t xml:space="preserve">1 ADAMS ST  
 JAMESTOWN OH 45335</t>
-  </si>
-[...8 lines deleted...]
-</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0204-00</t>
   </si>
   <si>
     <t>EDWARDS LARRY DANIEL</t>
   </si>
   <si>
     <t xml:space="preserve">17 ADAMS ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0220-00</t>
   </si>
   <si>
     <t>ADAMS ROSE</t>
   </si>
   <si>
     <t xml:space="preserve">44 NELSON ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0248-00</t>
   </si>
   <si>
@@ -349,60 +309,50 @@
   </si>
   <si>
     <t>PEYTON DAROLD &amp; LEONA</t>
   </si>
   <si>
     <t xml:space="preserve">33 ADAMS ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0397-00</t>
   </si>
   <si>
     <t>NELSON MELANIE ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">40 ADAMS ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0407-00</t>
   </si>
   <si>
     <t>J27-0001-0003-0-0411-00</t>
   </si>
   <si>
-    <t>J27-0001-0003-0-0463-00</t>
-[...8 lines deleted...]
-  <si>
     <t>J27-0001-0003-1-0011-00</t>
   </si>
   <si>
     <t>FORD MARK &amp; CHANNIN</t>
   </si>
   <si>
     <t xml:space="preserve">7 W WASHINGTON ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-1-0016-00</t>
   </si>
   <si>
     <t>EICK STEPHEN</t>
   </si>
   <si>
     <t xml:space="preserve">N LIMESTONE ST  
 </t>
   </si>
   <si>
     <t>J27-0001-0003-1-0017-00</t>
   </si>
   <si>
     <t>J27-0001-0003-1-0018-00</t>
   </si>
@@ -446,60 +396,50 @@
     <t>MC FARLAND RAYMOND &amp; CHARIDDY</t>
   </si>
   <si>
     <t xml:space="preserve">LIMESTONE ST  
 </t>
   </si>
   <si>
     <t>J27-0001-0003-1-0462-00</t>
   </si>
   <si>
     <t>1 LIMESTONE LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1 N LIMESTONE ST  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0003-1-0466-00</t>
   </si>
   <si>
     <t>BURTON KEVIN A &amp; CHARLES R GREER II</t>
   </si>
   <si>
     <t xml:space="preserve">W WASHINGTON ST  
 </t>
-  </si>
-[...8 lines deleted...]
-JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>J27-0001-0004-0-0069-00</t>
   </si>
   <si>
     <t>REYNOLDS MICHELLE P &amp; GREGORY A FERGUSON</t>
   </si>
   <si>
     <t xml:space="preserve">S SYCAMORE ST  
 </t>
   </si>
   <si>
     <t>J27-0001-0004-0-0117-00</t>
   </si>
   <si>
     <t>ESAU RYAN E</t>
   </si>
   <si>
     <t xml:space="preserve">15 VERITY ST  
 </t>
   </si>
   <si>
     <t>J27-0001-0004-0-0150-00</t>
   </si>
   <si>
@@ -674,70 +614,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F74" headerRowCount="1">
-  <autoFilter ref="A1:F74"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F68" headerRowCount="1">
+  <autoFilter ref="A1:F68"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54262&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54350&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54405&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54406&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54478&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54493&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54586&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54774&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54775&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54797&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54811&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54863&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54885&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54891&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54917&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54969&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55192&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55227&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83526&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54262&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54350&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54362&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54405&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54406&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54478&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54493&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54586&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54658&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54765&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54766&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54774&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54775&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54797&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54802&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54811&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54885&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54891&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54893&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54917&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54938&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=54969&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55148&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55192&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55227&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83526&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F74"/>
+  <dimension ref="A1:F68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.997888565063477" customWidth="1"/>
     <col min="2" max="2" width="44.68733596801758" customWidth="1"/>
     <col min="3" max="3" width="16.957151412963867" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -761,1473 +701,1353 @@
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
         <v>1403.52</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>2053.79</v>
+        <v>808.22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>808.22</v>
+        <v>3880.67</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>4857.07</v>
+        <v>1380.83</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>1380.83</v>
+        <v>379.53</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>379.53</v>
+        <v>24.17</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E8" s="3">
-        <v>24.17</v>
+        <v>2067.68</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E9" s="3">
-        <v>2067.68</v>
+        <v>184.82</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B10" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E10" s="3">
-        <v>184.82</v>
+        <v>23.63</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="3">
-        <v>23.63</v>
+        <v>1289.3</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="3">
-        <v>1289.3</v>
+        <v>2080.14</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="3">
-        <v>721.73</v>
+        <v>381.11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="3">
-        <v>2280.14</v>
+        <v>3106.67</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="3">
-        <v>501.11</v>
+        <v>4826.26</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="3">
-        <v>3106.67</v>
+        <v>376.98</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="3">
-        <v>5826.26</v>
+        <v>1068.74</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="3">
-        <v>376.98</v>
+        <v>337.84</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="3">
-        <v>1601.79</v>
+        <v>584.25</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="3">
-        <v>1068.74</v>
+        <v>569.84</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="3">
-        <v>337.84</v>
+        <v>13.49</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="3">
-        <v>667.4</v>
+        <v>13.49</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="3">
-        <v>584.25</v>
+        <v>4299.81</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="E24" s="3">
-        <v>569.84</v>
+        <v>67.14</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="E25" s="3">
-        <v>13.49</v>
+        <v>18.95</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E26" s="3">
-        <v>13.49</v>
+        <v>86.69</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="E27" s="3">
-        <v>4299.81</v>
+        <v>10973.18</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="E28" s="3">
-        <v>67.14</v>
+        <v>10919.25</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="E29" s="3">
-        <v>18.95</v>
+        <v>163.77</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="E30" s="3">
-        <v>86.69</v>
+        <v>163.77</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="E31" s="3">
-        <v>10973.18</v>
+        <v>1547.41</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>87</v>
+        <v>7</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="E32" s="3">
-        <v>10919.25</v>
+        <v>4117.98</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="E33" s="3">
-        <v>163.77</v>
+        <v>8155.37</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="E34" s="3">
-        <v>163.77</v>
+        <v>2035.26</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>93</v>
+        <v>73</v>
       </c>
       <c r="E35" s="3">
-        <v>1547.41</v>
+        <v>133.86</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>7</v>
+        <v>45</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>95</v>
+        <v>73</v>
       </c>
       <c r="E36" s="3">
-        <v>4117.98</v>
+        <v>374.06</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="E37" s="3">
-        <v>8155.37</v>
+        <v>912.43</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="E38" s="3">
-        <v>2235.26</v>
+        <v>75.91</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>51</v>
+        <v>96</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="E39" s="3">
-        <v>133.86</v>
+        <v>97.2</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>51</v>
+        <v>96</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="E40" s="3">
-        <v>374.06</v>
+        <v>25.71</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="E41" s="3">
-        <v>4.99</v>
+        <v>135.29</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="E42" s="3">
-        <v>912.43</v>
+        <v>9412.6</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="E43" s="3">
-        <v>75.91</v>
+        <v>17533.69</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="E44" s="3">
-        <v>97.2</v>
+        <v>9659.71</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>112</v>
+        <v>97</v>
       </c>
       <c r="E45" s="3">
-        <v>25.71</v>
+        <v>3.31</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>112</v>
       </c>
       <c r="E46" s="3">
-        <v>135.29</v>
+        <v>14.19</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E47" s="3">
-        <v>9412.6</v>
+        <v>11716.3</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" s="3">
-        <v>17533.69</v>
+        <v>128.89</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" s="3">
-        <v>9659.71</v>
+        <v>1647.35</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="B50" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E50" s="3">
-        <v>3.31</v>
+        <v>485.08</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E51" s="3">
-        <v>14.19</v>
+        <v>1669.56</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E52" s="3">
-        <v>11716.3</v>
+        <v>3977.8</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>133</v>
       </c>
       <c r="E53" s="3">
-        <v>128.89</v>
+        <v>648.84</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B54" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="3">
-        <v>994.81</v>
+        <v>15.48</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="B55" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E55" s="3">
-        <v>1647.35</v>
+        <v>243.32</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>141</v>
+        <v>62</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="E56" s="3">
-        <v>485.08</v>
+        <v>1175.35</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>144</v>
+        <v>62</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="E57" s="3">
-        <v>1669.56</v>
+        <v>28.05</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="E58" s="3">
-        <v>5477.8</v>
+        <v>3142.58</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E59" s="3">
-        <v>648.84</v>
+        <v>671.82</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="E60" s="3">
-        <v>15.48</v>
+        <v>790.93</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>74</v>
+        <v>151</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E61" s="3">
-        <v>243.32</v>
+        <v>5775.06</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>74</v>
+        <v>154</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E62" s="3">
-        <v>1175.35</v>
+        <v>4089.51</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="E63" s="3">
-        <v>28.05</v>
+        <v>860.66</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>161</v>
+        <v>21</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="E64" s="3">
-        <v>3142.58</v>
+        <v>3021.38</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>164</v>
+        <v>21</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="E65" s="3">
-        <v>671.82</v>
+        <v>3301.32</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>164</v>
+        <v>21</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="E66" s="3">
-        <v>790.93</v>
+        <v>11846.92</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>169</v>
+        <v>143</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>170</v>
+        <v>118</v>
       </c>
       <c r="E67" s="3">
-        <v>5775.06</v>
+        <v>259.69</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D68" s="2" t="s">
-        <v>173</v>
+      <c r="D68" s="0" t="s">
+        <v>9</v>
       </c>
       <c r="E68" s="3">
-        <v>4289.51</v>
+        <v>1424.33</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>10</v>
-[...118 lines deleted...]
-      <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2256,38 +2076,32 @@
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
     <hyperlink ref="F63" r:id="rId63"/>
     <hyperlink ref="F64" r:id="rId64"/>
     <hyperlink ref="F65" r:id="rId65"/>
     <hyperlink ref="F66" r:id="rId66"/>
     <hyperlink ref="F67" r:id="rId67"/>
     <hyperlink ref="F68" r:id="rId68"/>
-    <hyperlink ref="F69" r:id="rId69"/>
-[...4 lines deleted...]
-    <hyperlink ref="F74" r:id="rId74"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>