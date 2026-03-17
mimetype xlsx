--- v0 (2025-10-15)
+++ v1 (2026-03-17)
@@ -5,298 +5,769 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="216">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>F17-0001-0022-0-0013-00</t>
+  </si>
+  <si>
+    <t>BLOKK RANCH LLC</t>
+  </si>
+  <si>
+    <t>CEDAR CLIFF LSD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2728 N RIVER RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
+    <t>F17-0001-0024-0-0028-00</t>
+  </si>
+  <si>
+    <t>MURIE JANET ALEXIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3609 LARKINS RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
     <t>F17-0001-0025-0-0050-00</t>
   </si>
   <si>
     <t>SHATTUCK JAMES E JR &amp; ROSALIE</t>
-  </si>
-[...1 lines deleted...]
-    <t>CEDAR CLIFF LSD</t>
   </si>
   <si>
     <t xml:space="preserve">2671 S RIVER RD  
 CEDARVILLE OH 45314</t>
   </si>
   <si>
-    <t>View</t>
+    <t>F17-0001-0028-0-0008-00</t>
+  </si>
+  <si>
+    <t>DUTENHAVER STEVEN PAUL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYLE RD  
+</t>
+  </si>
+  <si>
+    <t>F17-0001-0028-0-0034-00</t>
+  </si>
+  <si>
+    <t>KLIMEK MARK R &amp; CHERYL A CO TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3974 RIFE RD  
+CEDARVILLE OH 45314</t>
+  </si>
+  <si>
+    <t>F17-0001-0028-0-0047-00</t>
+  </si>
+  <si>
+    <t>DUTENHAVER JOHN MARK</t>
+  </si>
+  <si>
+    <t>F17-0001-0028-0-0048-00</t>
+  </si>
+  <si>
+    <t>DUTENHAVER STEVEN P &amp; ELIZABETH A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3860 KYLE RD  
+CEDARVILLE OH 45314</t>
+  </si>
+  <si>
+    <t>F17-0999-0999-0-0006-01</t>
+  </si>
+  <si>
+    <t>OHIO EDISON CO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
+  </si>
+  <si>
+    <t>F17-0999-0999-0-0010-01</t>
+  </si>
+  <si>
+    <t>AMERICAN TRANSMISSION SYSTEMS INC</t>
+  </si>
+  <si>
+    <t>F17-0999-0999-0-0013-01</t>
+  </si>
+  <si>
+    <t>DUKE ENERGY OHIO INC</t>
+  </si>
+  <si>
+    <t>F18-0001-0001-0-0028-00</t>
+  </si>
+  <si>
+    <t>GRIFFIN PETER &amp; ELIZABETH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">125 CLAY ST  
+</t>
   </si>
   <si>
     <t>F18-0001-0001-0-0068-00</t>
   </si>
   <si>
     <t>REED DAVID J</t>
   </si>
   <si>
     <t xml:space="preserve">73 NORTH ST  
 CLIFTON OH 45316</t>
   </si>
   <si>
     <t>F18-0001-0001-0-0083-00</t>
   </si>
   <si>
     <t>LAYBOURNE JULIE LAURALEE</t>
   </si>
   <si>
     <t xml:space="preserve">17 CLINTON ST  
 CLIFTON OH 45316</t>
   </si>
   <si>
     <t>F18-0001-0001-0-0084-00</t>
   </si>
   <si>
     <t xml:space="preserve">133 MAIN ST  
 CLIFTON OH 45316</t>
   </si>
   <si>
+    <t>F16-0001-0001-0-0033-00</t>
+  </si>
+  <si>
+    <t>RASMUSSEN ROY R JR</t>
+  </si>
+  <si>
+    <t>YELLOW SPRINGS EVSD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">390 YELLOW SPRINGS FAIRFIELD RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0003-0-0020-00</t>
+  </si>
+  <si>
+    <t>MFC II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W DAYTON YELLOW SPRINGS RD  
+</t>
+  </si>
+  <si>
     <t>F16-0001-0004-0-0030-00</t>
   </si>
   <si>
     <t>FRANKLIN JACK H</t>
   </si>
   <si>
-    <t>YELLOW SPRINGS EVSD</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">5 E HYDE RD  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
-    <t>F16-0001-0016-0-0012-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">5105 TANYARD RD  
+    <t>F16-0001-0006-0-0031-00</t>
+  </si>
+  <si>
+    <t>TAYLOR RICHARD A II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4340 E ENON RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0007-0-0026-00</t>
+  </si>
+  <si>
+    <t>VANARTSDALEN LEE ANN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4613 LAMONT DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0007-0-0030-00</t>
+  </si>
+  <si>
+    <t>NOFTLE DUNCAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAROL DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0015-0-0007-00</t>
+  </si>
+  <si>
+    <t>S M NEHEZ PARTNERSHIP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4832 US 68 N 
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0015-0-0008-00</t>
+  </si>
+  <si>
+    <t>NEHEZ PAUL S &amp; LORETTA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4826 US 68 N 
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0015-0-0010-00</t>
+  </si>
+  <si>
+    <t>NEHEZ PAUL S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US 68 N 
+</t>
+  </si>
+  <si>
+    <t>F16-0001-0015-0-0016-00</t>
+  </si>
+  <si>
+    <t>WOLKING ANTHONY G &amp; AMY OSBORNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4755 MEREDITH RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0015-0-0054-00</t>
+  </si>
+  <si>
+    <t>MAYSE RONNIE D &amp; JENNIFER L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YELLOW SPRINGS FAIRFIELD RD  
+</t>
+  </si>
+  <si>
+    <t>F16-0001-0016-0-0023-00</t>
+  </si>
+  <si>
+    <t>SNYDER MARK L &amp; JENNIFER L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4588 MEREDITH RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0999-0999-0-0004-01</t>
+  </si>
+  <si>
+    <t>F16-0999-0999-0-0012-01</t>
+  </si>
+  <si>
+    <t>F19-0001-0001-0-0018-00</t>
+  </si>
+  <si>
+    <t>JACOBS DELORIA L TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">526 RIDGECREST DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0001-0-0054-00</t>
+  </si>
+  <si>
+    <t>GEORGE MITCHEL &amp; ERIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N HIGH ST  
+</t>
+  </si>
+  <si>
+    <t>F19-0001-0001-0-0055-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">322 N HIGH ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0001-0-0056-00</t>
+  </si>
+  <si>
+    <t>F19-0001-0001-0-0068-00</t>
+  </si>
+  <si>
+    <t>NEHEZ S M PARTNERSHIP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">557 559 FAIRFIELD PIKE  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
     <t>F19-0001-0002-0-0003-00</t>
   </si>
   <si>
     <t>EDWARDS FLOYD J</t>
   </si>
   <si>
     <t xml:space="preserve">509 LINCOLN DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0002-0-0010-00</t>
+  </si>
+  <si>
+    <t>WALKER ROBERT A &amp; SHERRY H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">220 N HIGH ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0002-0-0094-00</t>
+  </si>
+  <si>
+    <t>BROWN ROBERTA JANE TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">215 PARK MEADOWS DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0003-0-0001-00</t>
+  </si>
+  <si>
+    <t>ANTHONY MARJORIE J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">750 DAYTON ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0003-0-0032-00</t>
+  </si>
+  <si>
+    <t>PERRY MARK A &amp; DENEEN Y PERRY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">735 739 DAYTON ST  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
     <t>F19-0001-0003-0-0080-00</t>
   </si>
   <si>
     <t>STANCLIFF NEIGHBORHOOD ASSOCIATION</t>
   </si>
   <si>
     <t xml:space="preserve">KENNETH HAMILTON WAY  
 </t>
   </si>
   <si>
     <t>F19-0001-0003-0-0081-00</t>
   </si>
   <si>
     <t>F19-0001-0003-0-0082-00</t>
   </si>
   <si>
+    <t>F19-0001-0004-0-0003-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">650 W LIMESTONE ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0004-0-0004-00</t>
+  </si>
+  <si>
+    <t>GIBSON BRIAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">640 W LIMESTONE ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0004-0-0008-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">480 SUNCREST DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0004-0-0020-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">457 SUNCREST DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0004-0-0069-00</t>
+  </si>
+  <si>
+    <t>KIMMET RYAN M &amp; TANYA C ELLENBURG KIMMET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">414 S HIGH ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
     <t>F19-0001-0005-0-0196-00</t>
   </si>
   <si>
     <t>BONDURANT TERESA M</t>
   </si>
   <si>
     <t xml:space="preserve">668 OMAR CIR  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
     <t>F19-0001-0007-0-0005-00</t>
   </si>
   <si>
     <t>PELZL CORINNE TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">9 HERMAN ST  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
     <t>F19-0001-0008-0-0243-00</t>
   </si>
   <si>
     <t xml:space="preserve">944 S HIGH ST  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
     <t>F19-0001-0008-0-0251-00</t>
   </si>
   <si>
     <t xml:space="preserve">W SOUTH COLLEGE ST  
 </t>
   </si>
   <si>
     <t>F19-0001-0008-0-0252-00</t>
   </si>
   <si>
     <t xml:space="preserve">240 W SOUTH COLLEGE ST  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
+    <t>F19-0001-0008-0-0382-00</t>
+  </si>
+  <si>
+    <t>RICE CASSANDRA A SUCCESSOR TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S HIGH ST  
+</t>
+  </si>
+  <si>
+    <t>F19-0001-0008-0-0383-00</t>
+  </si>
+  <si>
     <t>F19-0001-0008-0-0422-00</t>
   </si>
   <si>
     <t>DEWEY GREGORY L TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">150 MARSHALL ST  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
     <t>F19-0001-0008-0-0424-00</t>
   </si>
   <si>
     <t>COOPER DANIEL</t>
   </si>
   <si>
     <t xml:space="preserve">E CENTER COLLEGE ST  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
+    <t>F19-0001-0009-0-0189-00</t>
+  </si>
+  <si>
+    <t>JOHNSON DELONG WENDY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">135 E DAVIS ST  
+</t>
+  </si>
+  <si>
+    <t>F19-0001-0009-0-0190-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAVIS ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0009-0-0192-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAVIS ST  
+</t>
+  </si>
+  <si>
+    <t>F19-0001-0009-0-0196-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WHITEMAN ST  
+</t>
+  </si>
+  <si>
+    <t>F19-0001-0010-0-0090-00</t>
+  </si>
+  <si>
+    <t>MILLER BENJAMIN P TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">317 DAYTON ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0010-0-0093-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">321 DAYTON ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0010-0-0133-00</t>
+  </si>
+  <si>
+    <t>BOOTH WILLIAM J JR TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">409 DAYTON ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0010-0-0231-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ELM ST  
+</t>
+  </si>
+  <si>
+    <t>F19-0001-0010-0-0245-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">317 DAYTON ST  
+</t>
+  </si>
+  <si>
     <t>F19-0001-0011-0-0003-00</t>
   </si>
   <si>
     <t>JOHNSON JIM</t>
   </si>
   <si>
     <t xml:space="preserve">310 DAYTON ST  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
-    <t>F19-0001-0011-0-0045-00</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">201 HIGH ST  
+    <t>F19-0001-0011-0-0030-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">310 320 UNION ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0011-0-0031-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNION ST  
+</t>
+  </si>
+  <si>
+    <t>F19-0001-0011-0-0094-00</t>
+  </si>
+  <si>
+    <t>SKINNER LORENA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">402 PLEASANT ST  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
     <t>F19-0001-0011-0-0095-00</t>
-  </si>
-[...1 lines deleted...]
-    <t>SKINNER LORENA A</t>
   </si>
   <si>
     <t xml:space="preserve">402 N STAFFORD ST  
 </t>
   </si>
   <si>
-    <t>F19-0001-0011-0-0100-00</t>
-[...8 lines deleted...]
-  <si>
     <t>F19-0001-0011-0-0103-01</t>
   </si>
   <si>
     <t>FIVE RIVERS LAND COMPANY LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">YELLOW SPRINGS FAIRFIELD RD  
+    <t>F19-0001-0011-0-0123-00</t>
+  </si>
+  <si>
+    <t>HOLM TONI C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">321 FAIRFIELD PIKE  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0011-0-0210-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">305 PLEASANT - 305 1/2 ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0011-0-0256-00</t>
+  </si>
+  <si>
+    <t>MASSIES CREEK VENTURES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">108 CLIFF ST  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0011-0-0329-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">310 DAYTON ST  
 </t>
   </si>
   <si>
-    <t>F19-0001-0011-0-0210-00</t>
-[...13 lines deleted...]
-</t>
+    <t>F19-0001-0011-0-0330-00</t>
+  </si>
+  <si>
+    <t>F19-0001-0012-0-0021-00</t>
+  </si>
+  <si>
+    <t>ROLLAND ALEX D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">222 FAIRFIELD PIKE  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0012-0-0049-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">219 WHITEHALL DR  
+YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
     <t>F19-0001-0012-0-0073-00</t>
   </si>
   <si>
     <t>ROBERTS JONATHAN</t>
   </si>
   <si>
     <t xml:space="preserve">440 FAIRFIELD PIKE  
 </t>
+  </si>
+  <si>
+    <t>F19-0001-0012-0-0095-00</t>
+  </si>
+  <si>
+    <t>RAY WINIFRED C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">330 WHITEHALL DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0012-0-0098-00</t>
+  </si>
+  <si>
+    <t>SPARIOSU MARCIA SAUER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">321 WHITEHALL DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F19-0001-0013-0-0033-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YELLOW SPRINGS FAIRFIELD CSWY  
+</t>
+  </si>
+  <si>
+    <t>F19-0001-0017-0-0052-00</t>
+  </si>
+  <si>
+    <t>BALL KAREN S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 HELEN CT  
+YELLOW SPRINGS OH 45387</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -309,612 +780,1809 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F26" headerRowCount="1">
-  <autoFilter ref="A1:F26"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F83" headerRowCount="1">
+  <autoFilter ref="A1:F83"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46684&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48666&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49450&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49752&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46894&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47221&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47233&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47234&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47425&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47542&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47789&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48666&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=48992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49772&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=49816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=50091&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F26"/>
+  <dimension ref="A1:F83"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.300716400146484" customWidth="1"/>
-    <col min="2" max="2" width="38.681941986083984" customWidth="1"/>
+    <col min="2" max="2" width="45.487369537353516" customWidth="1"/>
     <col min="3" max="3" width="21.82387351989746" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>4732.39</v>
+        <v>1116.66</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>5989.54</v>
+        <v>217.47</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>4436.91</v>
+        <v>9641.83</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>2383.63</v>
+        <v>701.95</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>3674.67</v>
+        <v>35.83</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E7" s="3">
-        <v>7113</v>
+        <v>727.58</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="0" t="s">
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C8" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" s="3">
-        <v>13782.95</v>
+        <v>3815.65</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" s="3">
-        <v>395.13</v>
+        <v>2002.15</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="B10" s="0" t="s">
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="3">
-        <v>857.71</v>
+        <v>199.63</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E11" s="3">
-        <v>1040.26</v>
+        <v>33.65</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E12" s="3">
-        <v>196.39</v>
+        <v>0.68</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E13" s="3">
-        <v>3333.78</v>
+        <v>7707.73</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E14" s="3">
-        <v>963.04</v>
+        <v>5094.66</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="B15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="0" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E15" s="3">
-        <v>1132.31</v>
+        <v>4958.46</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E16" s="3">
-        <v>3290.6</v>
+        <v>3246.2</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E17" s="3">
-        <v>769.01</v>
+        <v>959.91</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E18" s="3">
-        <v>1804.53</v>
+        <v>8680.76</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E19" s="3">
-        <v>5486.54</v>
+        <v>38.36</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E20" s="3">
-        <v>3520.78</v>
+        <v>3680.02</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E21" s="3">
-        <v>1798.88</v>
+        <v>16.18</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E22" s="3">
-        <v>1707.25</v>
+        <v>2820.66</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="E23" s="3">
-        <v>281.05</v>
+        <v>3014.31</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="E24" s="3">
-        <v>1589.45</v>
+        <v>518.55</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="E25" s="3">
-        <v>335.02</v>
+        <v>0.23</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="E26" s="3">
-        <v>2813.56</v>
+        <v>89.57</v>
       </c>
       <c r="F26" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E27" s="3">
+        <v>7763.34</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E28" s="3">
+        <v>25.08</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E29" s="3">
+        <v>2.19</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E30" s="3">
+        <v>2074.06</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E31" s="3">
+        <v>562</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E32" s="3">
+        <v>3538.36</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E33" s="3">
+        <v>599.67</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="E34" s="3">
+        <v>3809.63</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="E35" s="3">
+        <v>19800.33</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E36" s="3">
+        <v>4327.23</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E37" s="3">
+        <v>187.53</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E38" s="3">
+        <v>3080</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="E39" s="3">
+        <v>3706.92</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E40" s="3">
+        <v>691.27</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E41" s="3">
+        <v>991.38</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E42" s="3">
+        <v>1202.39</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E43" s="3">
+        <v>7690.39</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E44" s="3">
+        <v>222</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E45" s="3">
+        <v>2801.29</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E46" s="3">
+        <v>4989.66</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E47" s="3">
+        <v>3680.55</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E48" s="3">
+        <v>3996.63</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E49" s="3">
+        <v>5707.95</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="E50" s="3">
+        <v>922.91</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E51" s="3">
+        <v>2189.82</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E52" s="3">
+        <v>7995.65</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E53" s="3">
+        <v>0.14</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E54" s="3">
+        <v>0.14</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="E55" s="3">
+        <v>1506.63</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="E56" s="3">
+        <v>3000.02</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="E57" s="3">
+        <v>128.59</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="E58" s="3">
+        <v>10.8</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E59" s="3">
+        <v>2.52</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="E60" s="3">
+        <v>3.42</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E61" s="3">
+        <v>10490.36</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E62" s="3">
+        <v>1684.72</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E63" s="3">
+        <v>5095.96</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E64" s="3">
+        <v>5.4</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E65" s="3">
+        <v>1214.69</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="E66" s="3">
+        <v>11448.94</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="E67" s="3">
+        <v>16004.76</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E68" s="3">
+        <v>1761.57</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E69" s="3">
+        <v>7971.37</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E70" s="3">
+        <v>3281.74</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E71" s="3">
+        <v>288.54</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E72" s="3">
+        <v>4411.1</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="E73" s="3">
+        <v>2817.52</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E74" s="3">
+        <v>7478.71</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="E75" s="3">
+        <v>186.8</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E76" s="3">
+        <v>99.77</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="E77" s="3">
+        <v>2415.88</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E78" s="3">
+        <v>2550.26</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="E79" s="3">
+        <v>3787.29</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E80" s="3">
+        <v>180.21</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="E81" s="3">
+        <v>2053.33</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E82" s="3">
+        <v>1409.82</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="E83" s="3">
+        <v>457.44</v>
+      </c>
+      <c r="F83" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
+    <hyperlink ref="F27" r:id="rId27"/>
+    <hyperlink ref="F28" r:id="rId28"/>
+    <hyperlink ref="F29" r:id="rId29"/>
+    <hyperlink ref="F30" r:id="rId30"/>
+    <hyperlink ref="F31" r:id="rId31"/>
+    <hyperlink ref="F32" r:id="rId32"/>
+    <hyperlink ref="F33" r:id="rId33"/>
+    <hyperlink ref="F34" r:id="rId34"/>
+    <hyperlink ref="F35" r:id="rId35"/>
+    <hyperlink ref="F36" r:id="rId36"/>
+    <hyperlink ref="F37" r:id="rId37"/>
+    <hyperlink ref="F38" r:id="rId38"/>
+    <hyperlink ref="F39" r:id="rId39"/>
+    <hyperlink ref="F40" r:id="rId40"/>
+    <hyperlink ref="F41" r:id="rId41"/>
+    <hyperlink ref="F42" r:id="rId42"/>
+    <hyperlink ref="F43" r:id="rId43"/>
+    <hyperlink ref="F44" r:id="rId44"/>
+    <hyperlink ref="F45" r:id="rId45"/>
+    <hyperlink ref="F46" r:id="rId46"/>
+    <hyperlink ref="F47" r:id="rId47"/>
+    <hyperlink ref="F48" r:id="rId48"/>
+    <hyperlink ref="F49" r:id="rId49"/>
+    <hyperlink ref="F50" r:id="rId50"/>
+    <hyperlink ref="F51" r:id="rId51"/>
+    <hyperlink ref="F52" r:id="rId52"/>
+    <hyperlink ref="F53" r:id="rId53"/>
+    <hyperlink ref="F54" r:id="rId54"/>
+    <hyperlink ref="F55" r:id="rId55"/>
+    <hyperlink ref="F56" r:id="rId56"/>
+    <hyperlink ref="F57" r:id="rId57"/>
+    <hyperlink ref="F58" r:id="rId58"/>
+    <hyperlink ref="F59" r:id="rId59"/>
+    <hyperlink ref="F60" r:id="rId60"/>
+    <hyperlink ref="F61" r:id="rId61"/>
+    <hyperlink ref="F62" r:id="rId62"/>
+    <hyperlink ref="F63" r:id="rId63"/>
+    <hyperlink ref="F64" r:id="rId64"/>
+    <hyperlink ref="F65" r:id="rId65"/>
+    <hyperlink ref="F66" r:id="rId66"/>
+    <hyperlink ref="F67" r:id="rId67"/>
+    <hyperlink ref="F68" r:id="rId68"/>
+    <hyperlink ref="F69" r:id="rId69"/>
+    <hyperlink ref="F70" r:id="rId70"/>
+    <hyperlink ref="F71" r:id="rId71"/>
+    <hyperlink ref="F72" r:id="rId72"/>
+    <hyperlink ref="F73" r:id="rId73"/>
+    <hyperlink ref="F74" r:id="rId74"/>
+    <hyperlink ref="F75" r:id="rId75"/>
+    <hyperlink ref="F76" r:id="rId76"/>
+    <hyperlink ref="F77" r:id="rId77"/>
+    <hyperlink ref="F78" r:id="rId78"/>
+    <hyperlink ref="F79" r:id="rId79"/>
+    <hyperlink ref="F80" r:id="rId80"/>
+    <hyperlink ref="F81" r:id="rId81"/>
+    <hyperlink ref="F82" r:id="rId82"/>
+    <hyperlink ref="F83" r:id="rId83"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>