--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -185,83 +185,83 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>4732.39</v>
+        <v>4858.59</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="3">
-        <v>3674.67</v>
+        <v>3772.66</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="3">
-        <v>7113</v>
+        <v>7302.68</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>