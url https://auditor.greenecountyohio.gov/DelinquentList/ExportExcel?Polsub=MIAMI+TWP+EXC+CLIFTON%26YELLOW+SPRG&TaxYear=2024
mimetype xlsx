--- v1 (2025-12-05)
+++ v2 (2026-03-17)
@@ -5,107 +5,291 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>F17-0001-0022-0-0013-00</t>
+  </si>
+  <si>
+    <t>BLOKK RANCH LLC</t>
+  </si>
+  <si>
+    <t>CEDAR CLIFF LSD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2728 N RIVER RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
+    <t>F17-0001-0024-0-0028-00</t>
+  </si>
+  <si>
+    <t>MURIE JANET ALEXIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3609 LARKINS RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
     <t>F17-0001-0025-0-0050-00</t>
   </si>
   <si>
     <t>SHATTUCK JAMES E JR &amp; ROSALIE</t>
-  </si>
-[...1 lines deleted...]
-    <t>CEDAR CLIFF LSD</t>
   </si>
   <si>
     <t xml:space="preserve">2671 S RIVER RD  
 CEDARVILLE OH 45314</t>
   </si>
   <si>
-    <t>View</t>
+    <t>F17-0001-0028-0-0008-00</t>
+  </si>
+  <si>
+    <t>DUTENHAVER STEVEN PAUL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYLE RD  
+</t>
+  </si>
+  <si>
+    <t>F17-0001-0028-0-0034-00</t>
+  </si>
+  <si>
+    <t>KLIMEK MARK R &amp; CHERYL A CO TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3974 RIFE RD  
+CEDARVILLE OH 45314</t>
+  </si>
+  <si>
+    <t>F17-0001-0028-0-0047-00</t>
+  </si>
+  <si>
+    <t>DUTENHAVER JOHN MARK</t>
+  </si>
+  <si>
+    <t>F17-0001-0028-0-0048-00</t>
+  </si>
+  <si>
+    <t>DUTENHAVER STEVEN P &amp; ELIZABETH A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3860 KYLE RD  
+CEDARVILLE OH 45314</t>
+  </si>
+  <si>
+    <t>F17-0999-0999-0-0006-01</t>
+  </si>
+  <si>
+    <t>OHIO EDISON CO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
+  </si>
+  <si>
+    <t>F17-0999-0999-0-0010-01</t>
+  </si>
+  <si>
+    <t>AMERICAN TRANSMISSION SYSTEMS INC</t>
+  </si>
+  <si>
+    <t>F17-0999-0999-0-0013-01</t>
+  </si>
+  <si>
+    <t>DUKE ENERGY OHIO INC</t>
+  </si>
+  <si>
+    <t>F16-0001-0001-0-0033-00</t>
+  </si>
+  <si>
+    <t>RASMUSSEN ROY R JR</t>
+  </si>
+  <si>
+    <t>YELLOW SPRINGS EVSD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">390 YELLOW SPRINGS FAIRFIELD RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0003-0-0020-00</t>
+  </si>
+  <si>
+    <t>MFC II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W DAYTON YELLOW SPRINGS RD  
+</t>
   </si>
   <si>
     <t>F16-0001-0004-0-0030-00</t>
   </si>
   <si>
     <t>FRANKLIN JACK H</t>
   </si>
   <si>
-    <t>YELLOW SPRINGS EVSD</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">5 E HYDE RD  
 YELLOW SPRINGS OH 45387</t>
   </si>
   <si>
-    <t>F16-0001-0016-0-0012-00</t>
-[...6 lines deleted...]
-YELLOW SPRINGS OH 45387</t>
+    <t>F16-0001-0006-0-0031-00</t>
+  </si>
+  <si>
+    <t>TAYLOR RICHARD A II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4340 E ENON RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0007-0-0026-00</t>
+  </si>
+  <si>
+    <t>VANARTSDALEN LEE ANN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4613 LAMONT DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0007-0-0030-00</t>
+  </si>
+  <si>
+    <t>NOFTLE DUNCAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAROL DR  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0015-0-0007-00</t>
+  </si>
+  <si>
+    <t>S M NEHEZ PARTNERSHIP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4832 US 68 N 
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0015-0-0008-00</t>
+  </si>
+  <si>
+    <t>NEHEZ PAUL S &amp; LORETTA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4826 US 68 N 
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0015-0-0010-00</t>
+  </si>
+  <si>
+    <t>NEHEZ PAUL S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US 68 N 
+</t>
+  </si>
+  <si>
+    <t>F16-0001-0015-0-0016-00</t>
+  </si>
+  <si>
+    <t>WOLKING ANTHONY G &amp; AMY OSBORNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4755 MEREDITH RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0001-0015-0-0054-00</t>
+  </si>
+  <si>
+    <t>MAYSE RONNIE D &amp; JENNIFER L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YELLOW SPRINGS FAIRFIELD RD  
+</t>
+  </si>
+  <si>
+    <t>F16-0001-0016-0-0023-00</t>
+  </si>
+  <si>
+    <t>SNYDER MARK L &amp; JENNIFER L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4588 MEREDITH RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
+    <t>F16-0999-0999-0-0004-01</t>
+  </si>
+  <si>
+    <t>F16-0999-0999-0-0012-01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -118,150 +302,591 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F4" headerRowCount="1">
-  <autoFilter ref="A1:F4"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F25" headerRowCount="1">
+  <autoFilter ref="A1:F25"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46684&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46894&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47221&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47233&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47234&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=47254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46266&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=46762&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F4"/>
+  <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.300716400146484" customWidth="1"/>
-    <col min="2" max="2" width="30.757280349731445" customWidth="1"/>
+    <col min="2" max="2" width="38.7105827331543" customWidth="1"/>
     <col min="3" max="3" width="21.82387351989746" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>4858.59</v>
+        <v>1116.66</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="D3" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" s="3">
-        <v>3772.66</v>
+        <v>217.47</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="0" t="s">
+      <c r="C4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="3">
+        <v>9641.83</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="E4" s="3">
-[...2 lines deleted...]
-      <c r="F4" s="2" t="s">
+      <c r="B5" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" s="3">
+        <v>701.95</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" s="3">
+        <v>35.83</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" s="3">
+        <v>727.58</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" s="3">
+        <v>3815.65</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" s="3">
+        <v>2002.15</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" s="3">
+        <v>199.63</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" s="3">
+        <v>33.65</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" s="3">
+        <v>3246.2</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" s="3">
+        <v>959.91</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" s="3">
+        <v>8680.76</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" s="3">
+        <v>38.36</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E16" s="3">
+        <v>3680.02</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" s="3">
+        <v>16.18</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E18" s="3">
+        <v>2820.66</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" s="3">
+        <v>3014.31</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E20" s="3">
+        <v>518.55</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E21" s="3">
+        <v>0.23</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E22" s="3">
+        <v>89.57</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E23" s="3">
+        <v>7763.34</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E24" s="3">
+        <v>25.08</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E25" s="3">
+        <v>2.19</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
+    <hyperlink ref="F5" r:id="rId5"/>
+    <hyperlink ref="F6" r:id="rId6"/>
+    <hyperlink ref="F7" r:id="rId7"/>
+    <hyperlink ref="F8" r:id="rId8"/>
+    <hyperlink ref="F9" r:id="rId9"/>
+    <hyperlink ref="F10" r:id="rId10"/>
+    <hyperlink ref="F11" r:id="rId11"/>
+    <hyperlink ref="F12" r:id="rId12"/>
+    <hyperlink ref="F13" r:id="rId13"/>
+    <hyperlink ref="F14" r:id="rId14"/>
+    <hyperlink ref="F15" r:id="rId15"/>
+    <hyperlink ref="F16" r:id="rId16"/>
+    <hyperlink ref="F17" r:id="rId17"/>
+    <hyperlink ref="F18" r:id="rId18"/>
+    <hyperlink ref="F19" r:id="rId19"/>
+    <hyperlink ref="F20" r:id="rId20"/>
+    <hyperlink ref="F21" r:id="rId21"/>
+    <hyperlink ref="F22" r:id="rId22"/>
+    <hyperlink ref="F23" r:id="rId23"/>
+    <hyperlink ref="F24" r:id="rId24"/>
+    <hyperlink ref="F25" r:id="rId25"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>