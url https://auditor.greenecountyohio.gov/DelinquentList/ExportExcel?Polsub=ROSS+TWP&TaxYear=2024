--- v0 (2025-10-15)
+++ v1 (2026-03-17)
@@ -5,130 +5,223 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>H23-0001-0015-0-0031-00</t>
   </si>
   <si>
     <t>STONEBURNER JESSICA RAMSEY</t>
   </si>
   <si>
     <t>CEDAR CLIFF LSD</t>
   </si>
   <si>
     <t xml:space="preserve">DEAN RD  
 </t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>H23-0001-0015-0-0032-00</t>
   </si>
   <si>
+    <t>H22-0001-0006-0-0035-00</t>
+  </si>
+  <si>
+    <t>MILLHOAN KIMBERLA RHEA</t>
+  </si>
+  <si>
+    <t>GREENEVIEW LSD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2720 SELMA JAMESTOWN RD  
+CEDARVILLE OH 45314</t>
+  </si>
+  <si>
     <t>H22-0001-0006-0-0087-00</t>
   </si>
   <si>
     <t>REED DAVID J</t>
-  </si>
-[...1 lines deleted...]
-    <t>GREENEVIEW LSD</t>
   </si>
   <si>
     <t xml:space="preserve">6549 SOLON RD  
 CEDARVILLE OH 45314</t>
   </si>
   <si>
     <t>H22-0001-0010-0-0003-00</t>
   </si>
   <si>
     <t>SOLON ROAD FARMS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">SOLON RD  
 </t>
   </si>
   <si>
+    <t>H22-0001-0012-0-0027-00</t>
+  </si>
+  <si>
+    <t>FORD MARK W &amp; CHANNIN D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GORDON RD  
+</t>
+  </si>
+  <si>
+    <t>H22-0001-0012-0-0045-00</t>
+  </si>
+  <si>
+    <t>CURRENT DARRIN PATRICK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6722 GRAPE GROVE RD  
+JAMESTOWN OH 45335</t>
+  </si>
+  <si>
+    <t>H22-0001-0012-0-0076-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1800 GORDON RD  
+JAMESTOWN OH 45335</t>
+  </si>
+  <si>
+    <t>H22-0001-0012-0-0085-00</t>
+  </si>
+  <si>
+    <t>CATDADDY ENTERPRISES LLC ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1730 GORDON RD  
+JAMESTOWN OH 45335</t>
+  </si>
+  <si>
+    <t>H22-0001-0012-0-0096-00</t>
+  </si>
+  <si>
+    <t>H22-0001-0012-0-0101-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOUTH CHARLESTON RD  
+</t>
+  </si>
+  <si>
     <t>H22-0001-0013-0-0014-00</t>
   </si>
   <si>
     <t>ROWLAND MYRANDA</t>
   </si>
   <si>
     <t xml:space="preserve">1771 SOUTH CHARLESTON RD  
 JAMESTOWN OH 45335</t>
   </si>
   <si>
     <t>H22-0001-0013-0-0015-00</t>
   </si>
   <si>
     <t>BROWN TODD MICHAEL</t>
   </si>
   <si>
     <t xml:space="preserve">1791 SOUTH CHARLESTON RD  
 JAMESTOWN OH 45335</t>
+  </si>
+  <si>
+    <t>H22-0001-0017-0-0013-00</t>
+  </si>
+  <si>
+    <t>WOLF CLAYTON &amp; ROBBIN RENEE WILDE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5636 SPAHR RD  
+JAMESTOWN OH 45335</t>
+  </si>
+  <si>
+    <t>H22-0999-0999-0-0008-01</t>
+  </si>
+  <si>
+    <t>DUKE ENERGY OHIO INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
+  </si>
+  <si>
+    <t>H24-0001-0001-0-0001-00</t>
+  </si>
+  <si>
+    <t>W &amp; K TURNER FARMS LTD</t>
+  </si>
+  <si>
+    <t>SOUTHEASTERN LSD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SELMA JAMESTOWN RD  
+</t>
+  </si>
+  <si>
+    <t>H24-0999-0999-0-0007-01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -141,213 +234,444 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F7" headerRowCount="1">
-  <autoFilter ref="A1:F7"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F18" headerRowCount="1">
+  <autoFilter ref="A1:F18"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52288&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52288&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52739&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52755&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=52793&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F7"/>
+  <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.65367317199707" customWidth="1"/>
-    <col min="2" max="2" width="29.687152862548828" customWidth="1"/>
-    <col min="3" max="3" width="16.957151412963867" customWidth="1"/>
+    <col min="2" max="2" width="37.16985321044922" customWidth="1"/>
+    <col min="3" max="3" width="19.292810440063477" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>712.01</v>
+        <v>977.28</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="3">
-        <v>2.74</v>
+        <v>4.25</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="3">
-        <v>6083.56</v>
+        <v>1152.17</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="3">
-        <v>48.06</v>
+        <v>9091.92</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="3">
-        <v>3157.47</v>
+        <v>49.34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="3">
-        <v>177.37</v>
+        <v>90.76</v>
       </c>
       <c r="F7" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" s="3">
+        <v>254.94</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" s="3">
+        <v>2870.32</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" s="3">
+        <v>1941.18</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" s="3">
+        <v>397.94</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" s="3">
+        <v>247.73</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" s="3">
+        <v>6090.12</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" s="3">
+        <v>2818.89</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" s="3">
+        <v>2439.53</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E16" s="3">
+        <v>75.49</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E17" s="3">
+        <v>1134.91</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E18" s="3">
+        <v>169.88</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
+    <hyperlink ref="F8" r:id="rId8"/>
+    <hyperlink ref="F9" r:id="rId9"/>
+    <hyperlink ref="F10" r:id="rId10"/>
+    <hyperlink ref="F11" r:id="rId11"/>
+    <hyperlink ref="F12" r:id="rId12"/>
+    <hyperlink ref="F13" r:id="rId13"/>
+    <hyperlink ref="F14" r:id="rId14"/>
+    <hyperlink ref="F15" r:id="rId15"/>
+    <hyperlink ref="F16" r:id="rId16"/>
+    <hyperlink ref="F17" r:id="rId17"/>
+    <hyperlink ref="F18" r:id="rId18"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>