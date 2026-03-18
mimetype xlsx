--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -5,383 +5,263 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>L32-0001-0001-0-0004-00</t>
   </si>
   <si>
     <t>BAKER BRETT &amp; EMILY OCONNELL BAKER</t>
   </si>
   <si>
     <t>BELLBROOK SUGARCREEK LSD</t>
   </si>
   <si>
     <t xml:space="preserve">4377 WAGNER RD  
 DAYTON OH 45440</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>L32-0001-0001-0-0011-00</t>
   </si>
   <si>
     <t>SHELTON KENNETH JR</t>
   </si>
   <si>
     <t xml:space="preserve">5141 OLEVA DR  
 DAYTON OH 45440</t>
   </si>
   <si>
-    <t>L32-0001-0001-0-0082-00</t>
-[...8 lines deleted...]
-  <si>
     <t>L32-0001-0001-0-0128-00</t>
   </si>
   <si>
     <t>BB HOUSE LLC</t>
   </si>
   <si>
     <t xml:space="preserve">4106 WAGNER RD  
 DAYTON OH 45440</t>
   </si>
   <si>
     <t>L32-0001-0001-0-0223-00</t>
   </si>
   <si>
     <t>LABELLO RITA &amp; JOSPEH</t>
   </si>
   <si>
     <t xml:space="preserve">567 ALEX CT  
 DAYTON OH 45440</t>
   </si>
   <si>
     <t>L32-0001-0002-0-0019-00</t>
   </si>
   <si>
     <t>TUCKER JEFFERY L &amp; JENNIFER A</t>
   </si>
   <si>
     <t xml:space="preserve">5029 TIMBERLY DR  
 DAYTON OH 45440</t>
   </si>
   <si>
     <t>L32-0001-0002-0-0082-00</t>
   </si>
   <si>
     <t>POSSUM LLC</t>
   </si>
   <si>
     <t xml:space="preserve">4245 CLYO RD  
 DAYTON OH 45440</t>
   </si>
   <si>
-    <t>L32-0001-0003-0-0148-00</t>
-[...8 lines deleted...]
-  <si>
     <t>L32-0001-0003-0-0235-00</t>
   </si>
   <si>
     <t>MCNULTY DANIEL E</t>
   </si>
   <si>
     <t xml:space="preserve">4337 NAPA VALLEY DR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L32-0001-0004-0-0044-00</t>
   </si>
   <si>
     <t>ISHAQ ZUBEIDA SHEHERAZADH</t>
   </si>
   <si>
     <t xml:space="preserve">4410 EDELWEISS DR  
 DAYTON OH 45458</t>
   </si>
   <si>
-    <t>L32-0001-0005-0-0110-00</t>
-[...18 lines deleted...]
-  <si>
     <t>L32-0001-0011-0-0018-00</t>
   </si>
   <si>
     <t>GO DOGS GO BELLBROOK OH LLC</t>
   </si>
   <si>
     <t xml:space="preserve">2145 FERRY RD  
 BELLBROOK OH 45305</t>
   </si>
   <si>
-    <t>L32-0001-0013-0-0034-00</t>
-[...18 lines deleted...]
-  <si>
     <t>L32-0001-0013-0-0384-00</t>
   </si>
   <si>
     <t>DRISKELL DANIEL P &amp; SHANNON O S</t>
   </si>
   <si>
     <t xml:space="preserve">1371 TIMSHEL ST  
 DAYTON OH 45440</t>
   </si>
   <si>
     <t>L32-0002-0015-0-0051-00</t>
   </si>
   <si>
     <t>PRESTIGE RENOVATIONS WORLDWIDE LLC</t>
   </si>
   <si>
     <t xml:space="preserve">971 MCBEE RD  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L32-0002-0015-0-0086-00</t>
   </si>
   <si>
     <t>KILEY SUZANNE M</t>
   </si>
   <si>
     <t xml:space="preserve">833 MCBEE RD  
 BELLBROOK OH 45305</t>
   </si>
   <si>
-    <t>L32-0002-0016-0-0190-00</t>
-[...8 lines deleted...]
-  <si>
     <t>L32-0002-0016-0-0200-00</t>
   </si>
   <si>
     <t>WITHROW JOHN J &amp; GIGI E</t>
   </si>
   <si>
     <t xml:space="preserve">3086 SETON HILL DR  
 BELLBROOK OH 45305</t>
   </si>
   <si>
-    <t>L32-0002-0018-0-0018-00</t>
-[...8 lines deleted...]
-  <si>
     <t>L32-0002-0018-0-0025-00</t>
   </si>
   <si>
     <t>BARNETT ZACHARY</t>
   </si>
   <si>
     <t xml:space="preserve">2140 WAYNESVILLE RD  
 BELLBROOK OH 45305</t>
   </si>
   <si>
     <t>L32-0002-0018-0-0039-00</t>
   </si>
   <si>
     <t xml:space="preserve">WAYNESVILLE RD  
 </t>
   </si>
   <si>
-    <t>L32-0002-0025-0-0067-00</t>
-[...18 lines deleted...]
-  <si>
     <t>L32-0002-0032-0-0027-00</t>
   </si>
   <si>
     <t>BARRAZA CESAR E</t>
   </si>
   <si>
     <t xml:space="preserve">582 VAN EATON RD  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>L32-0002-0032-0-0035-00</t>
-[...8 lines deleted...]
-  <si>
     <t>L32-01384</t>
   </si>
   <si>
     <t>DEBRUYN ERIN E</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>L32-0999-0999-0-0033-01</t>
   </si>
   <si>
     <t>DUKE ENERGY OHIO INC</t>
   </si>
   <si>
     <t xml:space="preserve">
 </t>
   </si>
   <si>
     <t>L49-0001-0001-0-0017-00</t>
   </si>
   <si>
     <t>CITY OF CENTERVILLE</t>
   </si>
   <si>
     <t xml:space="preserve">FEEDWIRE RD  
 </t>
   </si>
   <si>
     <t>L49-0001-0001-0-0018-00</t>
-  </si>
-[...8 lines deleted...]
-DAYTON OH 45440</t>
   </si>
   <si>
     <t>L34-0001-0007-1-0018-00</t>
   </si>
   <si>
     <t>SIMEN CAREY</t>
   </si>
   <si>
     <t>WAYNE LSD</t>
   </si>
   <si>
     <t xml:space="preserve">LYTLE FERRY RD  
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
@@ -407,780 +287,528 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F34" headerRowCount="1">
-  <autoFilter ref="A1:F34"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F22" headerRowCount="1">
+  <autoFilter ref="A1:F22"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57653&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=58007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=58071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=58341&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=58427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=58637&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=58778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=59047&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=59151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=59618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=59623&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=59960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=60464&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=60498&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=60743&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=60753&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=61114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=61121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=61135&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=61572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=61845&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65602&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65603&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62183&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=58007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=58071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=58427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=58637&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=59151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=59960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=60464&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=60498&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=60753&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=61121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=61135&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65602&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65603&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=62183&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F34"/>
+  <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.21682357788086" customWidth="1"/>
     <col min="2" max="2" width="38.71672439575195" customWidth="1"/>
     <col min="3" max="3" width="27.691152572631836" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>5965.14</v>
+        <v>2055.64</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
         <v>5353.16</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>3088.63</v>
+        <v>9275.92</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>9275.92</v>
+        <v>1924.76</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>2924.76</v>
+        <v>586.09</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>586.09</v>
+        <v>362.1</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>362.1</v>
+        <v>5374.95</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>0.12</v>
+        <v>36248.91</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>5374.95</v>
+        <v>2341.38</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>36248.91</v>
+        <v>7564.07</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>3.39</v>
+        <v>4598.97</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>24521.47</v>
+        <v>0.12</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="3">
-        <v>2341.38</v>
+        <v>4215.05</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="3">
-        <v>907.94</v>
+        <v>1176.76</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="3">
-        <v>73.57</v>
+        <v>544.93</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="3">
-        <v>9464.07</v>
+        <v>3371.08</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="B18" s="0" t="s">
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18" s="3">
-        <v>4598.97</v>
+        <v>3353.82</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="3">
-        <v>0.12</v>
+        <v>310.59</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="3">
-        <v>214.75</v>
+        <v>22756.3</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="E21" s="3">
-        <v>4801.05</v>
+        <v>13063.23</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E22" s="3">
-        <v>91.09</v>
+        <v>800.93</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>10</v>
-[...238 lines deleted...]
-      <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
-    <hyperlink ref="F23" r:id="rId23"/>
-[...10 lines deleted...]
-    <hyperlink ref="F34" r:id="rId34"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>