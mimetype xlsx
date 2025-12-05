--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>K31-0001-0002-0-0004-00</t>
   </si>
   <si>
     <t>BRAKEALL TARA J</t>
   </si>
   <si>
@@ -163,60 +163,50 @@
   <si>
     <t>K31-0001-0003-0-0091-00</t>
   </si>
   <si>
     <t>CSO PROPERTY MANAGEMENT LLC</t>
   </si>
   <si>
     <t xml:space="preserve">204 MOUND ST  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
     <t>K31-0001-0003-0-0093-00</t>
   </si>
   <si>
     <t>LANE GEORGETTA &amp; TIMOTHY</t>
   </si>
   <si>
     <t xml:space="preserve">MOUND ST  
 </t>
   </si>
   <si>
     <t>K31-0001-0003-0-0096-00</t>
   </si>
   <si>
     <t xml:space="preserve">203 MOUND ST  
-SPRING VALLEY OH 45370</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">205 MOUND ST  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
     <t>K31-0001-0003-0-0120-00</t>
   </si>
   <si>
     <t>ENGLER ANDREW C</t>
   </si>
   <si>
     <t xml:space="preserve">10 BELLBROOK ST  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
     <t>K31-0001-0004-0-0006-00</t>
   </si>
   <si>
     <t>SHAW CHARLIE DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">403 E MAIN ST  
 SPRING VALLEY OH 45370</t>
   </si>
 </sst>
 </file>
 
@@ -250,465 +240,444 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F19" headerRowCount="1">
-  <autoFilter ref="A1:F19"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F18" headerRowCount="1">
+  <autoFilter ref="A1:F18"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57520&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57520&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F19"/>
+  <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.430644989013672" customWidth="1"/>
     <col min="2" max="2" width="32.40645980834961" customWidth="1"/>
     <col min="3" max="3" width="22.914461135864258" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>2281.71</v>
+        <v>1564.34</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>968.23</v>
+        <v>872.45</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>1373.63</v>
+        <v>1410.25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>1888.5</v>
+        <v>1938.86</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>4862.07</v>
+        <v>4991.74</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="3">
-        <v>1408.07</v>
+        <v>1445.61</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>462.03</v>
+        <v>474.35</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="3">
-        <v>3774.33</v>
+        <v>3874.98</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="3">
-        <v>61.16</v>
+        <v>62.79</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="3">
-        <v>2444.41</v>
+        <v>2509.6</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="3">
-        <v>2137.59</v>
+        <v>2194.59</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="3">
-        <v>5096.18</v>
+        <v>5232.08</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="3">
-        <v>4018.77</v>
+        <v>4125.94</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="3">
-        <v>736.31</v>
+        <v>755.94</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="3">
-        <v>3126.68</v>
+        <v>3210.06</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="3">
-        <v>696.84</v>
+        <v>1301.38</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="3">
-        <v>1267.58</v>
+        <v>7562.36</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>10</v>
-[...18 lines deleted...]
-      <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
-    <hyperlink ref="F19" r:id="rId19"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>