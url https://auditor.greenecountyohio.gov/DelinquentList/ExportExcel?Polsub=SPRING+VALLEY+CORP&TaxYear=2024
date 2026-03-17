--- v1 (2025-12-05)
+++ v2 (2026-03-17)
@@ -5,84 +5,124 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>K31-0001-0001-0-0019-00</t>
+  </si>
+  <si>
+    <t>HARRISON ADAM K</t>
+  </si>
+  <si>
+    <t>XENIA COMMUNITY CSD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 W MAIN ST  
+SPRING VALLEY OH 45370</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
+    <t>K31-0001-0001-0-0020-00</t>
+  </si>
+  <si>
+    <t>MARKET RIGHT SOLUTIONS LLC ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13 W MAIN ST  
+SPRING VALLEY OH 45370</t>
+  </si>
+  <si>
+    <t>K31-0001-0001-0-0035-00</t>
+  </si>
+  <si>
+    <t>ROBINETTE JASON D &amp; AUGUST J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 W WALNUT ST  
+SPRING VALLEY OH 45370</t>
+  </si>
+  <si>
+    <t>K31-0001-0001-0-0041-00</t>
+  </si>
+  <si>
+    <t>HENDERSON MICHAEL ALLEN SR ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 E MAIN ST  
+SPRING VALLEY OH 45370</t>
+  </si>
+  <si>
     <t>K31-0001-0002-0-0004-00</t>
   </si>
   <si>
     <t>BRAKEALL TARA J</t>
   </si>
   <si>
-    <t>XENIA COMMUNITY CSD</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">110 W MAIN ST  
 SPRING VALLEY OH 45370</t>
-  </si>
-[...1 lines deleted...]
-    <t>View</t>
   </si>
   <si>
     <t>K31-0001-0002-0-0027-00</t>
   </si>
   <si>
     <t>CONSTANT WILLIAM</t>
   </si>
   <si>
     <t xml:space="preserve">1 HILL ST  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
     <t>K31-0001-0002-0-0028-00</t>
   </si>
   <si>
     <t>BAKER MYRA L</t>
   </si>
   <si>
     <t xml:space="preserve">10 HILL ST  
 </t>
   </si>
   <si>
     <t>K31-0001-0002-0-0030-00</t>
   </si>
   <si>
@@ -139,74 +179,94 @@
   <si>
     <t>K31-0001-0003-0-0055-00</t>
   </si>
   <si>
     <t>FULLER JAMES STEVEN</t>
   </si>
   <si>
     <t xml:space="preserve">BELLBROOK ST  
 </t>
   </si>
   <si>
     <t>K31-0001-0003-0-0056-00</t>
   </si>
   <si>
     <t xml:space="preserve">202 BELLBROOK ST  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
     <t>K31-0001-0003-0-0057-00</t>
   </si>
   <si>
     <t xml:space="preserve">200 BELLBROOK ST  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
+    <t>K31-0001-0003-0-0089-00</t>
+  </si>
+  <si>
+    <t>CRAWFORD SYRAE N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 MOUND ST  
+SPRING VALLEY OH 45370</t>
+  </si>
+  <si>
     <t>K31-0001-0003-0-0091-00</t>
   </si>
   <si>
     <t>CSO PROPERTY MANAGEMENT LLC</t>
   </si>
   <si>
     <t xml:space="preserve">204 MOUND ST  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
     <t>K31-0001-0003-0-0093-00</t>
   </si>
   <si>
     <t>LANE GEORGETTA &amp; TIMOTHY</t>
   </si>
   <si>
     <t xml:space="preserve">MOUND ST  
 </t>
   </si>
   <si>
     <t>K31-0001-0003-0-0096-00</t>
   </si>
   <si>
     <t xml:space="preserve">203 MOUND ST  
+SPRING VALLEY OH 45370</t>
+  </si>
+  <si>
+    <t>K31-0001-0003-0-0097-00</t>
+  </si>
+  <si>
+    <t>HERSHNER MARION JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">205 MOUND ST  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
     <t>K31-0001-0003-0-0120-00</t>
   </si>
   <si>
     <t>ENGLER ANDREW C</t>
   </si>
   <si>
     <t xml:space="preserve">10 BELLBROOK ST  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
     <t>K31-0001-0004-0-0006-00</t>
   </si>
   <si>
     <t>SHAW CHARLIE DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">403 E MAIN ST  
 SPRING VALLEY OH 45370</t>
   </si>
 </sst>
 </file>
 
@@ -240,444 +300,570 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F18" headerRowCount="1">
-  <autoFilter ref="A1:F18"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F24" headerRowCount="1">
+  <autoFilter ref="A1:F24"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57520&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57520&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.430644989013672" customWidth="1"/>
-    <col min="2" max="2" width="32.40645980834961" customWidth="1"/>
+    <col min="2" max="2" width="34.55387496948242" customWidth="1"/>
     <col min="3" max="3" width="22.914461135864258" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>1564.34</v>
+        <v>54.6</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>872.45</v>
+        <v>3102.47</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>1410.25</v>
+        <v>1332.47</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>1938.86</v>
+        <v>665.45</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>4991.74</v>
+        <v>3380.77</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>1445.61</v>
+        <v>828.18</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>474.35</v>
+        <v>1772.48</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>3874.98</v>
+        <v>2463.43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>62.79</v>
+        <v>5283.72</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E11" s="3">
-        <v>2509.6</v>
+        <v>1807.84</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E12" s="3">
-        <v>2194.59</v>
+        <v>3251.89</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E13" s="3">
-        <v>5232.08</v>
+        <v>7120.67</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E14" s="3">
-        <v>4125.94</v>
+        <v>122.46</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E15" s="3">
-        <v>755.94</v>
+        <v>4841.16</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E16" s="3">
-        <v>3210.06</v>
+        <v>3782.55</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E17" s="3">
-        <v>1301.38</v>
+        <v>9732.5</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E18" s="3">
-        <v>7562.36</v>
+        <v>59.38</v>
       </c>
       <c r="F18" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" s="3">
+        <v>6834.78</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" s="3">
+        <v>1230.63</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E21" s="3">
+        <v>5472.49</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E22" s="3">
+        <v>1339.33</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E23" s="3">
+        <v>2841.69</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E24" s="3">
+        <v>13882.4</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
+    <hyperlink ref="F19" r:id="rId19"/>
+    <hyperlink ref="F20" r:id="rId20"/>
+    <hyperlink ref="F21" r:id="rId21"/>
+    <hyperlink ref="F22" r:id="rId22"/>
+    <hyperlink ref="F23" r:id="rId23"/>
+    <hyperlink ref="F24" r:id="rId24"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>