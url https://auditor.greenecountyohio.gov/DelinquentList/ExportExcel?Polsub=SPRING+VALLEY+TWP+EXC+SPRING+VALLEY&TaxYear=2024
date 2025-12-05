--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="141">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>K28-00007</t>
   </si>
   <si>
     <t>JACKSON TATE &amp; KELLY</t>
   </si>
   <si>
@@ -133,59 +133,50 @@
   <si>
     <t>FULLEN MONA LISA</t>
   </si>
   <si>
     <t>23 VALLEY ST</t>
   </si>
   <si>
     <t>K28-00049</t>
   </si>
   <si>
     <t>LEHART DAVID</t>
   </si>
   <si>
     <t>134 LAKESHORE DR</t>
   </si>
   <si>
     <t>K28-00101</t>
   </si>
   <si>
     <t>BREWER BRADLEY &amp; NATALIE</t>
   </si>
   <si>
     <t>8 SPRING ST</t>
   </si>
   <si>
-    <t>K28-00120</t>
-[...7 lines deleted...]
-  <si>
     <t>K28-00149</t>
   </si>
   <si>
     <t>VALENTINE STACY L</t>
   </si>
   <si>
     <t>K28-00163</t>
   </si>
   <si>
     <t>HARP DENNIS E JR</t>
   </si>
   <si>
     <t>111 RANCH DR</t>
   </si>
   <si>
     <t>K28-00199</t>
   </si>
   <si>
     <t>FURAY DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  LOT 28</t>
   </si>
   <si>
     <t>K28-00200</t>
@@ -443,59 +434,50 @@
     <t>K28-01448</t>
   </si>
   <si>
     <t>CORRANZA FERNANDO</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  LOT 60</t>
   </si>
   <si>
     <t>K28-01461</t>
   </si>
   <si>
     <t>INEMER LAURA</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  41</t>
   </si>
   <si>
     <t>K28-01474</t>
   </si>
   <si>
     <t>LOCKHART PHILLIP R</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  118</t>
-  </si>
-[...7 lines deleted...]
-    <t>2300 STATE ROUTE 725</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -508,1074 +490,1032 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F48" headerRowCount="1">
-  <autoFilter ref="A1:F48"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F46" headerRowCount="1">
+  <autoFilter ref="A1:F46"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83931&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84265&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=85293&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83931&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84265&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84353&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F48"/>
+  <dimension ref="A1:F46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.430644989013672" customWidth="1"/>
     <col min="2" max="2" width="34.868980407714844" customWidth="1"/>
     <col min="3" max="3" width="22.914461135864258" customWidth="1"/>
     <col min="4" max="4" width="26.13609504699707" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>1064.46</v>
+        <v>1092.83</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>449.28</v>
+        <v>461.26</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>10121.94</v>
+        <v>8365.19</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>2016.37</v>
+        <v>2070.14</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="3">
-        <v>52.71</v>
+        <v>54.12</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="3">
-        <v>3385.23</v>
+        <v>3475.5</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>2519.54</v>
+        <v>2586.73</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="3">
-        <v>102.74</v>
+        <v>105.48</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="3">
-        <v>247.27</v>
+        <v>253.86</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="3">
-        <v>2086.59</v>
+        <v>2142.24</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="3">
-        <v>110.09</v>
+        <v>113.03</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E13" s="3">
-        <v>132.08</v>
+        <v>1111.27</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="3">
-        <v>1082.42</v>
+        <v>10.34</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="3">
-        <v>10.07</v>
+        <v>587.05</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="3">
-        <v>571.8</v>
+        <v>402.44</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="3">
-        <v>391.99</v>
+        <v>19.33</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="3">
-        <v>18.83</v>
+        <v>149.62</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="3">
-        <v>145.74</v>
+        <v>283.87</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="3">
-        <v>276.5</v>
+        <v>490.78</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="3">
-        <v>478.04</v>
+        <v>165.72</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="3">
-        <v>161.42</v>
+        <v>655.8</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="3">
-        <v>638.76</v>
+        <v>1256.23</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="E24" s="3">
-        <v>1223.58</v>
+        <v>146.75</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="E25" s="3">
-        <v>142.94</v>
+        <v>4743.15</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E26" s="3">
-        <v>4619.93</v>
+        <v>1597.31</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="3">
-        <v>1555.83</v>
+        <v>485.81</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E28" s="3">
-        <v>473.19</v>
+        <v>1095.79</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E29" s="3">
-        <v>1067.33</v>
+        <v>327.06</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="3">
-        <v>318.57</v>
+        <v>123.92</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="3">
-        <v>120.7</v>
+        <v>1680.05</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="E32" s="3">
-        <v>1636.41</v>
+        <v>477.28</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="3">
-        <v>464.89</v>
+        <v>486.18</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="E34" s="3">
-        <v>473.56</v>
+        <v>325.9</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E35" s="3">
-        <v>317.42</v>
+        <v>1510.04</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="E36" s="3">
-        <v>1470.83</v>
+        <v>1302.6</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="E37" s="3">
-        <v>1268.77</v>
+        <v>2130.53</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E38" s="3">
-        <v>2075.2</v>
+        <v>724.96</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>119</v>
       </c>
       <c r="E39" s="3">
-        <v>706.12</v>
+        <v>16.61</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E40" s="3">
-        <v>16.18</v>
+        <v>214.74</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>125</v>
       </c>
       <c r="E41" s="3">
-        <v>209.16</v>
+        <v>24.31</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E42" s="3">
-        <v>23.68</v>
+        <v>203.5</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>131</v>
       </c>
       <c r="E43" s="3">
-        <v>198.21</v>
+        <v>851.62</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>134</v>
       </c>
       <c r="E44" s="3">
-        <v>829.5</v>
+        <v>1044.32</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="E45" s="3">
-        <v>1017.2</v>
+        <v>2950.64</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="E46" s="3">
-        <v>2874</v>
+        <v>1396.54</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>10</v>
-[...38 lines deleted...]
-      <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
-    <hyperlink ref="F47" r:id="rId47"/>
-    <hyperlink ref="F48" r:id="rId48"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>