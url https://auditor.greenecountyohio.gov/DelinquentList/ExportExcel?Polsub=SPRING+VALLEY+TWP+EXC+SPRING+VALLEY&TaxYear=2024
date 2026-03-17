--- v1 (2025-12-05)
+++ v2 (2026-03-17)
@@ -5,178 +5,375 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>K28-00007</t>
   </si>
   <si>
     <t>JACKSON TATE &amp; KELLY</t>
   </si>
   <si>
     <t>XENIA COMMUNITY CSD</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>View</t>
+  </si>
+  <si>
+    <t>K28-0001-0005-0-0043-00</t>
+  </si>
+  <si>
+    <t>SMALLWOOD CONNIE S &amp; PATRICIA L SMALLWOOD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3261 CLEAR SPRINGS RD  
+SPRING VALLEY OH 45370</t>
+  </si>
+  <si>
+    <t>K28-0001-0005-0-0045-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLEAR SPRINGS RD  
+</t>
+  </si>
+  <si>
+    <t>K28-0001-0007-0-0008-00</t>
+  </si>
+  <si>
+    <t>ISAACS TRUSTEE DORIS J &amp; BARRY K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">710 VAN EATON RD  
+</t>
+  </si>
+  <si>
+    <t>K28-0001-0007-0-0020-00</t>
+  </si>
+  <si>
+    <t>K28-0001-0007-0-0033-00</t>
+  </si>
+  <si>
+    <t>K28-0001-0008-0-0002-00</t>
+  </si>
+  <si>
+    <t>POWERS STEPHEN W</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1691 MCCLELLAN RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>K28-0001-0008-1-0009-00</t>
+  </si>
+  <si>
+    <t>ZITO VENTURES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1839 SIMISON RD  
+SPRING VALLEY OH 45370</t>
   </si>
   <si>
     <t>K28-0001-0009-0-0009-00</t>
   </si>
   <si>
     <t>LEE BEVERLY A ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">1281 LOWER BELLBROOK RD  
 XENIA OH 45385</t>
   </si>
   <si>
+    <t>K28-0001-0009-0-0096-00</t>
+  </si>
+  <si>
+    <t>HIGGINS APRIL L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1611 SCHNEBLY RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>K28-0001-0011-0-0047-00</t>
+  </si>
+  <si>
+    <t>GITZINGER TEENA R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2105 SIMISON RD  
+SPRING VALLEY OH 45370</t>
+  </si>
+  <si>
+    <t>K28-0001-0011-0-0087-00</t>
+  </si>
+  <si>
+    <t>HOWSMART LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2157 SCHNEBLY RD  
+SPRING VALLEY OH 45370</t>
+  </si>
+  <si>
     <t>K28-0001-0011-0-0097-00</t>
   </si>
   <si>
     <t>NIESLEY TROY E</t>
   </si>
   <si>
     <t xml:space="preserve">1605 RICHLAND RD  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
+    <t>K28-0001-0012-0-0027-00</t>
+  </si>
+  <si>
+    <t>BAUER RICHARD S &amp; ELAINE K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1110 RICHLAND RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>K28-0001-0012-0-0028-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1100 RICHLAND RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>K28-0001-0012-0-0038-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICHLAND RD  
+</t>
+  </si>
+  <si>
+    <t>K28-0001-0013-0-0050-00</t>
+  </si>
+  <si>
+    <t>BENNETT SUE MARIE &amp; JAMES ANDERSON TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">421 SUTTON RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>K28-0001-0013-0-0071-00</t>
+  </si>
+  <si>
+    <t>UPDIKE RYAN M &amp; JENNIFER S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SR 380 RD  
+</t>
+  </si>
+  <si>
     <t>K28-0001-0019-0-0007-00</t>
   </si>
   <si>
     <t>MAHAFFEY PATRICK</t>
   </si>
   <si>
     <t xml:space="preserve">E SPRING VALLEY PAINTERSVILLE RD  
 XENIA OH 45385</t>
   </si>
   <si>
+    <t>K28-0001-0019-0-0009-00</t>
+  </si>
+  <si>
+    <t>LONG VICTOR R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CEMETERY RD  
+</t>
+  </si>
+  <si>
     <t>K28-0001-0019-0-0013-00</t>
   </si>
   <si>
     <t xml:space="preserve">SPRING VALLEY PAINTERSVILLE RD  
 </t>
   </si>
   <si>
+    <t>K28-0001-0020-0-0039-00</t>
+  </si>
+  <si>
+    <t>FECHER DIANNA D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3372 SR 380  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>K28-0001-0021-0-0007-00</t>
+  </si>
+  <si>
+    <t>HARRIS JACKSON ROBIN R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3030 CORNSTALK RD  
+</t>
+  </si>
+  <si>
     <t>K28-0001-0021-0-0040-00</t>
   </si>
   <si>
     <t>REAL ESTATE EVALUATIONS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">765 W SPRING VALLEY PAINTERSVILLE RD  
 SPRING VALLEY OH 45370</t>
   </si>
   <si>
+    <t>K28-0001-0021-0-0044-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W SPRING VALLEY PAINTERSVILLE RD  
+</t>
+  </si>
+  <si>
+    <t>K28-0001-0021-0-0047-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3030 CORNSTALK RD  
+WAYNESVILLE OH 45068</t>
+  </si>
+  <si>
     <t>K28-0001-0022-0-0010-00</t>
   </si>
   <si>
     <t>CARTER RAYMOND A ET AL</t>
   </si>
   <si>
     <t xml:space="preserve">3430 HOUSTON RD  
 WAYNESVILLE OH 45068</t>
   </si>
   <si>
+    <t>K28-0001-0024-0-0027-00</t>
+  </si>
+  <si>
+    <t>BARRETT ROBERT T &amp; KATHRYN MARY EVANS BARRETT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3639 CORNSTALK RD  
+WAYNESVILLE OH 45068</t>
+  </si>
+  <si>
+    <t>K28-0001-0024-0-0029-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORNSTALK RD  
+</t>
+  </si>
+  <si>
     <t>K28-00018</t>
   </si>
   <si>
     <t>FLAUGHER BRADLEE</t>
   </si>
   <si>
     <t>33 VALLEY ST</t>
   </si>
   <si>
     <t>K28-00019</t>
   </si>
   <si>
     <t>FULLEN MONA LISA</t>
   </si>
   <si>
     <t>23 VALLEY ST</t>
   </si>
   <si>
     <t>K28-00049</t>
   </si>
   <si>
     <t>LEHART DAVID</t>
   </si>
   <si>
     <t>134 LAKESHORE DR</t>
   </si>
   <si>
     <t>K28-00101</t>
   </si>
   <si>
     <t>BREWER BRADLEY &amp; NATALIE</t>
   </si>
   <si>
     <t>8 SPRING ST</t>
   </si>
   <si>
+    <t>K28-00132</t>
+  </si>
+  <si>
+    <t>BENSON CHRISTOPHER L</t>
+  </si>
+  <si>
+    <t>119 PARK AVE</t>
+  </si>
+  <si>
     <t>K28-00149</t>
   </si>
   <si>
     <t>VALENTINE STACY L</t>
   </si>
   <si>
     <t>K28-00163</t>
   </si>
   <si>
     <t>HARP DENNIS E JR</t>
   </si>
   <si>
     <t>111 RANCH DR</t>
   </si>
   <si>
     <t>K28-00199</t>
   </si>
   <si>
     <t>FURAY DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  LOT 28</t>
   </si>
   <si>
     <t>K28-00200</t>
@@ -193,291 +390,400 @@
   <si>
     <t>LUTZ LISA</t>
   </si>
   <si>
     <t>101 RANCH RD</t>
   </si>
   <si>
     <t>K28-00249</t>
   </si>
   <si>
     <t>DAVIS KELLI</t>
   </si>
   <si>
     <t>84 MORNING GLORY DR</t>
   </si>
   <si>
     <t>K28-00250</t>
   </si>
   <si>
     <t>ROHRBACK GARY L &amp; DENISE P</t>
   </si>
   <si>
     <t>159 LAKESHORE DR</t>
   </si>
   <si>
+    <t>K28-00286</t>
+  </si>
+  <si>
+    <t>VANDERLINDEN KATHLEEN</t>
+  </si>
+  <si>
+    <t>116 RANCH RD</t>
+  </si>
+  <si>
     <t>K28-00333</t>
   </si>
   <si>
     <t>COLEMAN SHEILA</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  144</t>
   </si>
   <si>
     <t>K28-00353</t>
   </si>
   <si>
     <t>LUTZ JAMES</t>
   </si>
   <si>
     <t>153 LAKESHORE DR</t>
   </si>
   <si>
     <t>K28-00369</t>
   </si>
   <si>
     <t>GILLILAND BRETT</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  97</t>
   </si>
   <si>
+    <t>K28-00410</t>
+  </si>
+  <si>
+    <t>LOWERY ERICA L</t>
+  </si>
+  <si>
+    <t>127 TAHOE DR</t>
+  </si>
+  <si>
     <t>K28-00419</t>
   </si>
   <si>
     <t>JOHNSON CORY</t>
   </si>
   <si>
     <t>121 TAHOE DR LOT 121</t>
   </si>
   <si>
     <t>K28-00630</t>
   </si>
   <si>
     <t>HARRIS SHAWN</t>
   </si>
   <si>
     <t>79 MORNING GLORY DR</t>
   </si>
   <si>
     <t>K28-00686</t>
   </si>
   <si>
     <t>HARNER DOUGLAS</t>
   </si>
   <si>
     <t>164 LAKESHORE DR LOT 164</t>
   </si>
   <si>
+    <t>K28-00722</t>
+  </si>
+  <si>
+    <t>HAYES LESTER FLOYD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">109 RANCH DR  109</t>
+  </si>
+  <si>
     <t>K28-00735</t>
   </si>
   <si>
     <t>WALTERS MATTHEW A</t>
   </si>
   <si>
     <t xml:space="preserve">156 LAKESHORE DR  156</t>
   </si>
   <si>
     <t>K28-00751</t>
   </si>
   <si>
     <t>BROWN JOHNNY &amp; DORIS FOSTER</t>
   </si>
   <si>
     <t>1 PARK AVE UNIT A</t>
   </si>
   <si>
     <t>K28-00769</t>
   </si>
   <si>
     <t>CAMBELL MICHAEL T</t>
   </si>
   <si>
     <t>155 LAKESHORE DR</t>
   </si>
   <si>
+    <t>K28-00818</t>
+  </si>
+  <si>
+    <t>STUCKEY GAGE P</t>
+  </si>
+  <si>
+    <t>52 LAKESHORE DR</t>
+  </si>
+  <si>
     <t>K28-00824</t>
   </si>
   <si>
     <t>WILLIAMS TIMOTHY &amp; LAURA DARSEY</t>
   </si>
   <si>
     <t xml:space="preserve">39 PARK AVE  39</t>
   </si>
   <si>
+    <t>K28-00861</t>
+  </si>
+  <si>
+    <t>COCHRAN TRACY L</t>
+  </si>
+  <si>
+    <t>141 LAKESHORE DR</t>
+  </si>
+  <si>
     <t>K28-00883</t>
   </si>
   <si>
     <t>HOWLAND WILLIAM S</t>
   </si>
   <si>
     <t xml:space="preserve">18 SPRING ST  18</t>
   </si>
   <si>
     <t>K28-00900</t>
   </si>
   <si>
     <t>HARROLD STEVEN P</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  11</t>
   </si>
   <si>
+    <t>K28-00937</t>
+  </si>
+  <si>
+    <t>PALMER SUSAN</t>
+  </si>
+  <si>
+    <t>5 SPRING ST LOT 5</t>
+  </si>
+  <si>
     <t>K28-00948</t>
   </si>
   <si>
     <t>WALTERS MARK A</t>
   </si>
   <si>
     <t>126 TAHOE DR</t>
   </si>
   <si>
+    <t>K28-01009</t>
+  </si>
+  <si>
+    <t>VANFOSSEN DAKOTA &amp; EMILY N</t>
+  </si>
+  <si>
+    <t>163 LAKESHORE DR</t>
+  </si>
+  <si>
     <t>K28-01065</t>
   </si>
   <si>
     <t>MERZ BRYCE</t>
   </si>
   <si>
     <t>130 LAKESHORE DR</t>
   </si>
   <si>
     <t>K28-01066</t>
   </si>
   <si>
     <t>MERRITT ALEX JAMES</t>
   </si>
   <si>
     <t>69 LAKESHORE DR</t>
   </si>
   <si>
     <t>K28-01068</t>
   </si>
   <si>
     <t>HART ASHLEY</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  LOT 44</t>
   </si>
   <si>
+    <t>K28-01112</t>
+  </si>
+  <si>
+    <t>DENLINGER DAWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48 LAKESHORE DR  48</t>
+  </si>
+  <si>
     <t>K28-01181</t>
   </si>
   <si>
     <t>POULSEN BERNICE</t>
   </si>
   <si>
     <t>50 LAKESHORE DR</t>
   </si>
   <si>
     <t>K28-01232</t>
   </si>
   <si>
     <t>WEBB HAROLD D</t>
   </si>
   <si>
     <t xml:space="preserve">131 LAKESHORE DR  131</t>
   </si>
   <si>
     <t>K28-01239</t>
   </si>
   <si>
     <t>BURNETT BRIAN</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  LOT 64</t>
   </si>
   <si>
     <t>K28-01283</t>
   </si>
   <si>
     <t>PLACE BRANDON M</t>
   </si>
   <si>
     <t>105 RANCH RD</t>
   </si>
   <si>
+    <t>K28-01336</t>
+  </si>
+  <si>
+    <t>HARTLEY DAVID J</t>
+  </si>
+  <si>
+    <t>66 LAKESHORE DR</t>
+  </si>
+  <si>
     <t>K28-01337</t>
   </si>
   <si>
     <t>PLACE ERIC</t>
   </si>
   <si>
     <t xml:space="preserve">102 RANCH RD  102</t>
   </si>
   <si>
     <t>K28-01353</t>
   </si>
   <si>
     <t>YOUNG ROBERT &amp; KRISTI</t>
   </si>
   <si>
     <t xml:space="preserve">85 MORNING GLORY ST  85</t>
   </si>
   <si>
     <t>K28-01396</t>
   </si>
   <si>
     <t>MUNGUIA JESSICA</t>
   </si>
   <si>
     <t>67 LAKESHORE DR</t>
   </si>
   <si>
+    <t>K28-01398</t>
+  </si>
+  <si>
+    <t>BARCUS MICHAEL P</t>
+  </si>
+  <si>
+    <t>114 RANCH DR</t>
+  </si>
+  <si>
     <t>K28-01414</t>
   </si>
   <si>
     <t>FRANTZ BRANDON &amp; ALYSON COYLE</t>
   </si>
   <si>
     <t>113 RANCH DR</t>
   </si>
   <si>
     <t>K28-01448</t>
   </si>
   <si>
     <t>CORRANZA FERNANDO</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  LOT 60</t>
   </si>
   <si>
     <t>K28-01461</t>
   </si>
   <si>
     <t>INEMER LAURA</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  41</t>
   </si>
   <si>
     <t>K28-01474</t>
   </si>
   <si>
     <t>LOCKHART PHILLIP R</t>
   </si>
   <si>
     <t xml:space="preserve">1830 SR 725  118</t>
+  </si>
+  <si>
+    <t>K28-01530</t>
+  </si>
+  <si>
+    <t>DELPHENICH DAVID HENRY TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1830 SR 725  LOT 78</t>
+  </si>
+  <si>
+    <t>K28-0999-0999-0-0018-01</t>
+  </si>
+  <si>
+    <t>DUKE ENERGY OHIO INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -490,1032 +796,1767 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F46" headerRowCount="1">
-  <autoFilter ref="A1:F46"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F81" headerRowCount="1">
+  <autoFilter ref="A1:F81"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83931&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84265&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84353&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84153&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=55889&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56818&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56951&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=56992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83931&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83372&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83422&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83351&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83702&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84265&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=57192&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F46"/>
+  <dimension ref="A1:F81"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.430644989013672" customWidth="1"/>
-    <col min="2" max="2" width="34.868980407714844" customWidth="1"/>
+    <col min="2" max="2" width="49.86199951171875" customWidth="1"/>
     <col min="3" max="3" width="22.914461135864258" customWidth="1"/>
     <col min="4" max="4" width="26.13609504699707" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>1092.83</v>
+        <v>1135.52</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>461.26</v>
+        <v>2076.22</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E4" s="3">
-        <v>8365.19</v>
+        <v>28.29</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="0" t="s">
+      <c r="C5" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C5" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" s="3">
-        <v>2070.14</v>
+        <v>270.81</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="3">
-        <v>54.12</v>
+        <v>9.08</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E7" s="3">
-        <v>3475.5</v>
+        <v>15.87</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E8" s="3">
-        <v>2586.73</v>
+        <v>3468.37</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D9" s="0" t="s">
-        <v>30</v>
+      <c r="D9" s="2" t="s">
+        <v>26</v>
       </c>
       <c r="E9" s="3">
-        <v>105.48</v>
+        <v>2646.66</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D10" s="0" t="s">
-        <v>33</v>
+      <c r="D10" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="E10" s="3">
-        <v>253.86</v>
+        <v>3682.92</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D11" s="0" t="s">
-        <v>36</v>
+      <c r="D11" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="E11" s="3">
-        <v>2142.24</v>
+        <v>2551.06</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D12" s="0" t="s">
-        <v>39</v>
+      <c r="D12" s="2" t="s">
+        <v>35</v>
       </c>
       <c r="E12" s="3">
-        <v>113.03</v>
+        <v>4677.19</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D13" s="0" t="s">
-        <v>9</v>
+      <c r="D13" s="2" t="s">
+        <v>38</v>
       </c>
       <c r="E13" s="3">
-        <v>1111.27</v>
+        <v>3483.81</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D14" s="0" t="s">
-        <v>44</v>
+      <c r="D14" s="2" t="s">
+        <v>41</v>
       </c>
       <c r="E14" s="3">
-        <v>10.34</v>
+        <v>17092.98</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D15" s="0" t="s">
-        <v>47</v>
+      <c r="D15" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="E15" s="3">
-        <v>587.05</v>
+        <v>386.54</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D16" s="0" t="s">
-        <v>50</v>
+      <c r="D16" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="E16" s="3">
-        <v>402.44</v>
+        <v>3531.59</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D17" s="0" t="s">
-        <v>53</v>
+      <c r="D17" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="E17" s="3">
-        <v>19.33</v>
+        <v>383.74</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D18" s="0" t="s">
-        <v>56</v>
+      <c r="D18" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="E18" s="3">
-        <v>149.62</v>
+        <v>1529.11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D19" s="0" t="s">
-        <v>59</v>
+      <c r="D19" s="2" t="s">
+        <v>54</v>
       </c>
       <c r="E19" s="3">
-        <v>283.87</v>
+        <v>0.16</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D20" s="0" t="s">
-        <v>62</v>
+      <c r="D20" s="2" t="s">
+        <v>57</v>
       </c>
       <c r="E20" s="3">
-        <v>490.78</v>
+        <v>4881.17</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D21" s="0" t="s">
-        <v>65</v>
+      <c r="D21" s="2" t="s">
+        <v>60</v>
       </c>
       <c r="E21" s="3">
-        <v>165.72</v>
+        <v>149.55</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D22" s="0" t="s">
-        <v>68</v>
+      <c r="D22" s="2" t="s">
+        <v>62</v>
       </c>
       <c r="E22" s="3">
-        <v>655.8</v>
+        <v>107.24</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D23" s="0" t="s">
-        <v>71</v>
+      <c r="D23" s="2" t="s">
+        <v>65</v>
       </c>
       <c r="E23" s="3">
-        <v>1256.23</v>
+        <v>2109.35</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D24" s="0" t="s">
-        <v>74</v>
+      <c r="D24" s="2" t="s">
+        <v>68</v>
       </c>
       <c r="E24" s="3">
-        <v>146.75</v>
+        <v>1361.57</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D25" s="0" t="s">
-        <v>77</v>
+      <c r="D25" s="2" t="s">
+        <v>71</v>
       </c>
       <c r="E25" s="3">
-        <v>4743.15</v>
+        <v>11047.74</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D26" s="0" t="s">
-        <v>80</v>
+      <c r="D26" s="2" t="s">
+        <v>73</v>
       </c>
       <c r="E26" s="3">
-        <v>1597.31</v>
+        <v>777.14</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D27" s="0" t="s">
-        <v>83</v>
+      <c r="D27" s="2" t="s">
+        <v>75</v>
       </c>
       <c r="E27" s="3">
-        <v>485.81</v>
+        <v>8091.31</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D28" s="0" t="s">
-        <v>86</v>
+      <c r="D28" s="2" t="s">
+        <v>78</v>
       </c>
       <c r="E28" s="3">
-        <v>1095.79</v>
+        <v>5804.69</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D29" s="0" t="s">
-        <v>89</v>
+      <c r="D29" s="2" t="s">
+        <v>81</v>
       </c>
       <c r="E29" s="3">
-        <v>327.06</v>
+        <v>5591.95</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D30" s="0" t="s">
-        <v>92</v>
+      <c r="D30" s="2" t="s">
+        <v>83</v>
       </c>
       <c r="E30" s="3">
-        <v>123.92</v>
+        <v>14.69</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="E31" s="3">
-        <v>1680.05</v>
+        <v>204.68</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="E32" s="3">
-        <v>477.28</v>
+        <v>389.81</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="E33" s="3">
-        <v>486.18</v>
+        <v>2314.1</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="E34" s="3">
-        <v>325.9</v>
+        <v>219.31</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="E35" s="3">
-        <v>1510.04</v>
+        <v>62.2</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>110</v>
+        <v>9</v>
       </c>
       <c r="E36" s="3">
-        <v>1302.6</v>
+        <v>1163.81</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="E37" s="3">
-        <v>2130.53</v>
+        <v>20.01</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="E38" s="3">
-        <v>724.96</v>
+        <v>725.96</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="E39" s="3">
-        <v>16.61</v>
+        <v>485.64</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="E40" s="3">
-        <v>214.74</v>
+        <v>154.6</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="E41" s="3">
-        <v>24.31</v>
+        <v>211.82</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="E42" s="3">
-        <v>203.5</v>
+        <v>405.65</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="E43" s="3">
-        <v>851.62</v>
+        <v>172.36</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="E44" s="3">
-        <v>1044.32</v>
+        <v>585.77</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="E45" s="3">
-        <v>2950.64</v>
+        <v>306.66</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="E46" s="3">
+        <v>761.69</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="E47" s="3">
+        <v>95.07</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="E48" s="3">
+        <v>1364.36</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B46" s="0" t="s">
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C46" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D46" s="0" t="s">
+      <c r="E49" s="3">
+        <v>209.4</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="E46" s="3">
-[...2 lines deleted...]
-      <c r="F46" s="1" t="s">
+      <c r="B50" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="E50" s="3">
+        <v>4915.01</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="E51" s="3">
+        <v>110.43</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="E52" s="3">
+        <v>1720.88</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="E53" s="3">
+        <v>696.71</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="E54" s="3">
+        <v>1226.87</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="E55" s="3">
+        <v>56.23</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="E56" s="3">
+        <v>467.14</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="E57" s="3">
+        <v>104.6</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="E58" s="3">
+        <v>240.67</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="E59" s="3">
+        <v>1762.68</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="E60" s="3">
+        <v>62.2</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E61" s="3">
+        <v>575.8</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="E62" s="3">
+        <v>123.57</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="E63" s="3">
+        <v>650.43</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="E64" s="3">
+        <v>414.79</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="E65" s="3">
+        <v>1593.24</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="E66" s="3">
+        <v>100.02</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="E67" s="3">
+        <v>1445.84</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="E68" s="3">
+        <v>2288.25</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="E69" s="3">
+        <v>856.8</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="E70" s="3">
+        <v>188.47</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="E71" s="3">
+        <v>131.8</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="E72" s="3">
+        <v>416.75</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="E73" s="3">
+        <v>232.85</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="E74" s="3">
+        <v>392.53</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="E75" s="3">
+        <v>46.5</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="E76" s="3">
+        <v>1027.43</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="E77" s="3">
+        <v>1285.22</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="E78" s="3">
+        <v>3645</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="E79" s="3">
+        <v>1491.61</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="E80" s="3">
+        <v>36.36</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E81" s="3">
+        <v>1256.42</v>
+      </c>
+      <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
+    <hyperlink ref="F47" r:id="rId47"/>
+    <hyperlink ref="F48" r:id="rId48"/>
+    <hyperlink ref="F49" r:id="rId49"/>
+    <hyperlink ref="F50" r:id="rId50"/>
+    <hyperlink ref="F51" r:id="rId51"/>
+    <hyperlink ref="F52" r:id="rId52"/>
+    <hyperlink ref="F53" r:id="rId53"/>
+    <hyperlink ref="F54" r:id="rId54"/>
+    <hyperlink ref="F55" r:id="rId55"/>
+    <hyperlink ref="F56" r:id="rId56"/>
+    <hyperlink ref="F57" r:id="rId57"/>
+    <hyperlink ref="F58" r:id="rId58"/>
+    <hyperlink ref="F59" r:id="rId59"/>
+    <hyperlink ref="F60" r:id="rId60"/>
+    <hyperlink ref="F61" r:id="rId61"/>
+    <hyperlink ref="F62" r:id="rId62"/>
+    <hyperlink ref="F63" r:id="rId63"/>
+    <hyperlink ref="F64" r:id="rId64"/>
+    <hyperlink ref="F65" r:id="rId65"/>
+    <hyperlink ref="F66" r:id="rId66"/>
+    <hyperlink ref="F67" r:id="rId67"/>
+    <hyperlink ref="F68" r:id="rId68"/>
+    <hyperlink ref="F69" r:id="rId69"/>
+    <hyperlink ref="F70" r:id="rId70"/>
+    <hyperlink ref="F71" r:id="rId71"/>
+    <hyperlink ref="F72" r:id="rId72"/>
+    <hyperlink ref="F73" r:id="rId73"/>
+    <hyperlink ref="F74" r:id="rId74"/>
+    <hyperlink ref="F75" r:id="rId75"/>
+    <hyperlink ref="F76" r:id="rId76"/>
+    <hyperlink ref="F77" r:id="rId77"/>
+    <hyperlink ref="F78" r:id="rId78"/>
+    <hyperlink ref="F79" r:id="rId79"/>
+    <hyperlink ref="F80" r:id="rId80"/>
+    <hyperlink ref="F81" r:id="rId81"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>