--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -5,94 +5,84 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1367" uniqueCount="1367">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1185" uniqueCount="1185">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>M40-0001-0001-0-0092-00</t>
-[...2 lines deleted...]
-    <t>BRADFORD TRACY L</t>
+    <t>M40-0001-0002-0-0128-00</t>
+  </si>
+  <si>
+    <t>COMFORD PAULINE TOD</t>
   </si>
   <si>
     <t>XENIA COMMUNITY CSD</t>
   </si>
   <si>
-    <t xml:space="preserve">2248 CAPESTRANO DR  
+    <t xml:space="preserve">1839 WILSHIRE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>View</t>
-  </si>
-[...8 lines deleted...]
-XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0003-0-0013-00</t>
   </si>
   <si>
     <t>HOOK JACOB &amp; LATOYA</t>
   </si>
   <si>
     <t xml:space="preserve">1213 N DETROIT ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0003-0-0063-00</t>
   </si>
   <si>
     <t>LEDBETTER BARBARA</t>
   </si>
   <si>
     <t xml:space="preserve">65 OMALEE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0003-0-0081-00</t>
   </si>
   <si>
@@ -209,60 +199,50 @@
   <si>
     <t xml:space="preserve">591 N WEST ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0006-0-0007-00</t>
   </si>
   <si>
     <t>HOWARD COMPANIES INC</t>
   </si>
   <si>
     <t xml:space="preserve">W CHURCH ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0006-0-0008-00</t>
   </si>
   <si>
     <t>SHOPE MARTHA J</t>
   </si>
   <si>
     <t xml:space="preserve">W CHURCH ST  
 </t>
   </si>
   <si>
-    <t>M40-0001-0006-0-0148-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0006-0-0267-00</t>
   </si>
   <si>
     <t>UPHAM DONNA J</t>
   </si>
   <si>
     <t xml:space="preserve">412 N KING ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0008-0-0015-00</t>
   </si>
   <si>
     <t>APOLLO PROPERTIES A PENN-</t>
   </si>
   <si>
     <t xml:space="preserve">354 W MAIN ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0008-0-0016-00</t>
   </si>
   <si>
     <t xml:space="preserve">W MAIN ST  
 </t>
@@ -309,107 +289,94 @@
   </si>
   <si>
     <t>M40-0001-0009-0-0244-00</t>
   </si>
   <si>
     <t>FOSKUHL SAM</t>
   </si>
   <si>
     <t xml:space="preserve">227 S KING ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0009-0-0252-00</t>
   </si>
   <si>
     <t>KAYES ALEXANDER S</t>
   </si>
   <si>
     <t xml:space="preserve">155 W THIRD ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0009-0-0261-00</t>
   </si>
   <si>
-    <t>BOWERMASTER ALBERT &amp; G B</t>
+    <t>CITY OF XENIA OHIO</t>
   </si>
   <si>
     <t xml:space="preserve">249 S GALLOWAY ST  
 </t>
   </si>
   <si>
     <t>M40-0001-0009-0-0262-00</t>
   </si>
   <si>
-    <t>BOWERMASTER ALBERT &amp; GLADYS</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">249 S GALLOWAY ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0009-0-0263-00</t>
   </si>
   <si>
     <t>GIESSEMAN BERDENA L</t>
   </si>
   <si>
     <t xml:space="preserve">S GALLOWAY ST  
 </t>
   </si>
   <si>
     <t>M40-0001-0009-0-0308-00</t>
   </si>
   <si>
     <t>CLARK KELLIE J</t>
   </si>
   <si>
     <t xml:space="preserve">268 S WEST ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0010-0-0001-00</t>
   </si>
   <si>
     <t>LEMARR MIKE &amp; JANET G</t>
   </si>
   <si>
     <t xml:space="preserve">400 S DETROIT ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0010-0-0051-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0010-0-0055-00</t>
   </si>
   <si>
     <t>BREWER DAVID O &amp; DOROTHY L</t>
   </si>
   <si>
     <t xml:space="preserve">398 CHESTNUT ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0010-0-0074-00</t>
   </si>
   <si>
     <t>DAYE GLORIA</t>
   </si>
   <si>
     <t xml:space="preserve">614 CHESTNUT ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0010-0-0082-00</t>
   </si>
   <si>
     <t>CLINE JOANNE</t>
   </si>
@@ -446,100 +413,80 @@
   <si>
     <t xml:space="preserve">117 HIGH ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0010-0-0104-00</t>
   </si>
   <si>
     <t>PACK KENNETH C</t>
   </si>
   <si>
     <t xml:space="preserve">167 HIGH ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0010-0-0106-00</t>
   </si>
   <si>
     <t>ADKINS WALTER L</t>
   </si>
   <si>
     <t xml:space="preserve">136 HIGH ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0010-0-0114-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0010-0-0184-00</t>
   </si>
   <si>
     <t>LEDBETTER JOSEPH E &amp; DONNA L</t>
   </si>
   <si>
     <t xml:space="preserve">303 S MIAMI AVE  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0010-0-0191-00</t>
   </si>
   <si>
     <t>SHAW TERESA KAY</t>
   </si>
   <si>
     <t xml:space="preserve">214 HIGH ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0011-0-0046-00</t>
   </si>
   <si>
     <t>ZEHNER MICHAEL ELI</t>
   </si>
   <si>
     <t xml:space="preserve">CINCINNATI AVE  
 </t>
   </si>
   <si>
-    <t>M40-0001-0011-0-0047-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0011-0-0055-00</t>
   </si>
   <si>
     <t>HEGYI KALEB W</t>
   </si>
   <si>
     <t xml:space="preserve">321 CENTER ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0011-0-0063-00</t>
   </si>
   <si>
     <t xml:space="preserve">245 CENTER ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0011-0-0074-00</t>
   </si>
   <si>
     <t xml:space="preserve">242 CENTER ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0011-0-0122-00</t>
@@ -581,60 +528,50 @@
   <si>
     <t xml:space="preserve">454 CENTER ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0011-0-0175-00</t>
   </si>
   <si>
     <t>WINTERS BRIAN C</t>
   </si>
   <si>
     <t xml:space="preserve">370 QUEEN ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0011-0-0202-00</t>
   </si>
   <si>
     <t>GROOMS MARK</t>
   </si>
   <si>
     <t xml:space="preserve">489 CENTER ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0011-0-0214-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0012-0-0066-00</t>
   </si>
   <si>
     <t>CORNETT CURTIS A &amp; CHARI L</t>
   </si>
   <si>
     <t xml:space="preserve">289 STELTON RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0012-0-0070-00</t>
   </si>
   <si>
     <t>BRAKEALL RICHARD L JR &amp; GLENDA</t>
   </si>
   <si>
     <t xml:space="preserve">323 STELTON RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0012-0-0075-00</t>
   </si>
   <si>
     <t>SINGLETON VICTORIA</t>
   </si>
@@ -725,70 +662,50 @@
   <si>
     <t xml:space="preserve">690 XENIA AVE  
 </t>
   </si>
   <si>
     <t>M40-0001-0012-0-0246-00</t>
   </si>
   <si>
     <t>RNB HOLDINGS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">916 CHESTNUT ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0013-0-0007-00</t>
   </si>
   <si>
     <t>KINGS COURT HOLDING LLC</t>
   </si>
   <si>
     <t xml:space="preserve">530 580 NEWPORT RD  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0013-0-0030-00</t>
-[...18 lines deleted...]
-  <si>
     <t>M40-0001-0013-0-0097-00</t>
   </si>
   <si>
     <t>FRITZSCHE CHARLOTTE</t>
   </si>
   <si>
     <t xml:space="preserve">512 NEWPORT AVE  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0013-0-0140-00</t>
   </si>
   <si>
     <t>GRUBE CURTIS EDWARD</t>
   </si>
   <si>
     <t xml:space="preserve">351 AMSTERDAM DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0013-0-0184-00</t>
   </si>
   <si>
     <t>DENNEHY DEREK D</t>
   </si>
@@ -835,104 +752,74 @@
   <si>
     <t xml:space="preserve">232 BEDFORD AVE  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0013-0-0276-00</t>
   </si>
   <si>
     <t>GRAVES LARRY J</t>
   </si>
   <si>
     <t xml:space="preserve">1152 ARLINGTON DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0013-0-0307-00</t>
   </si>
   <si>
     <t>NELSON BEVERLY O</t>
   </si>
   <si>
     <t xml:space="preserve">501 BRANDYWINE LN  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0013-0-0317-00</t>
-[...18 lines deleted...]
-  <si>
     <t>M40-0001-0016-0-0034-00</t>
   </si>
   <si>
     <t>ZTK PROPERTIES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">479 BELLBROOK AVE  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0016-0-0036-00</t>
   </si>
   <si>
     <t xml:space="preserve">338 WALNUT ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0016-0-0037-00</t>
   </si>
   <si>
     <t>CSO PROPERTY MANAGEMENT LLC</t>
   </si>
   <si>
     <t xml:space="preserve">421 BELLBROOK AVE  
-XENIA OH 45385</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">387 ELM ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0016-0-0055-00</t>
   </si>
   <si>
     <t>SEALS RICK</t>
   </si>
   <si>
     <t xml:space="preserve">369 ELM ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0016-0-0071-00</t>
   </si>
   <si>
     <t xml:space="preserve">BELLBROOK AVE  
 </t>
   </si>
   <si>
     <t>M40-0001-0018-0-0185-00</t>
   </si>
   <si>
     <t>MORRIS DENNIS D</t>
   </si>
@@ -943,60 +830,50 @@
   <si>
     <t>M40-0001-0019-0-0024-00</t>
   </si>
   <si>
     <t>XENIA CAR WASH LLC</t>
   </si>
   <si>
     <t xml:space="preserve">913 W SECOND ST  
 </t>
   </si>
   <si>
     <t>M40-0001-0019-0-0025-00</t>
   </si>
   <si>
     <t xml:space="preserve">W SECOND ST  
 </t>
   </si>
   <si>
     <t>M40-0001-0019-0-0026-00</t>
   </si>
   <si>
     <t xml:space="preserve">W SECOND ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0019-0-0077-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0020-0-0047-00</t>
   </si>
   <si>
     <t>LUXE HAVEN PROPERTIES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">107 HILLCREST ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0020-0-0065-00</t>
   </si>
   <si>
     <t>GREENE CO FOP LODGE 37</t>
   </si>
   <si>
     <t xml:space="preserve">258 DAYTON AVE  
 </t>
   </si>
   <si>
     <t>M40-0001-0020-0-0066-00</t>
   </si>
   <si>
     <t xml:space="preserve">258 DAYTON AVE  
 XENIA OH 45385</t>
@@ -1027,60 +904,50 @@
   <si>
     <t>GEORGE CHARLES R &amp; CARIN B</t>
   </si>
   <si>
     <t xml:space="preserve">1084 JUNE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0021-0-0103-00</t>
   </si>
   <si>
     <t xml:space="preserve">1341 JUNE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0021-0-0120-00</t>
   </si>
   <si>
     <t>DE WALT STEPHEN D</t>
   </si>
   <si>
     <t xml:space="preserve">1468 KYLEMORE DR  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0021-0-0158-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0021-0-0187-00</t>
   </si>
   <si>
     <t>POTTS DANIEL K &amp; DEBRA K</t>
   </si>
   <si>
     <t xml:space="preserve">1492 W SECOND ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0021-0-0192-00</t>
   </si>
   <si>
     <t xml:space="preserve">1432 W SECOND ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0021-0-0193-00</t>
   </si>
   <si>
     <t>FRETZ PHILIP</t>
   </si>
   <si>
     <t xml:space="preserve">1420 W SECOND ST  
 XENIA OH 45385</t>
@@ -1294,70 +1161,50 @@
   <si>
     <t xml:space="preserve">1055 REID AVE  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0024-0-0134-00</t>
   </si>
   <si>
     <t>RICHARDS KYLE M</t>
   </si>
   <si>
     <t xml:space="preserve">274 LOWELL RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0024-0-0230-00</t>
   </si>
   <si>
     <t>MCCOWAN JULIE</t>
   </si>
   <si>
     <t xml:space="preserve">80 SHEELIN RD  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0024-0-0249-00</t>
-[...18 lines deleted...]
-  <si>
     <t>M40-0001-0024-0-0296-00</t>
   </si>
   <si>
     <t>MOODY SANDRA K</t>
   </si>
   <si>
     <t xml:space="preserve">1104 FROST CIR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0024-0-0307-00</t>
   </si>
   <si>
     <t>OHIO CONFERENCE ASSOC OF 7TH DAY ADVENTISTS CHURCH</t>
   </si>
   <si>
     <t xml:space="preserve">REID AVE  
 </t>
   </si>
   <si>
     <t>M40-0001-0025-0-0024-00</t>
   </si>
   <si>
     <t>GIBSON WILLIAM</t>
   </si>
@@ -1448,127 +1295,87 @@
   <si>
     <t>M40-0001-0025-0-0271-00</t>
   </si>
   <si>
     <t>WALKER RAMONA D &amp; DAVID L</t>
   </si>
   <si>
     <t xml:space="preserve">1011 EMMET DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0025-0-0273-00</t>
   </si>
   <si>
     <t xml:space="preserve">1041 EMMET DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0025-0-0280-00</t>
   </si>
   <si>
     <t xml:space="preserve">501 SHEELIN RD  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0025-0-0295-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0026-0-0011-00</t>
   </si>
   <si>
     <t>JMCC PREMIER HOLDINGS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">512 RICHARD DR  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0026-0-0024-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0026-0-0038-00</t>
   </si>
   <si>
     <t>NICHOLS MARTIN</t>
   </si>
   <si>
     <t xml:space="preserve">848 RICHARD DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0026-0-0048-00</t>
   </si>
   <si>
     <t xml:space="preserve">966 RICHARD DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0026-0-0071-00</t>
   </si>
   <si>
     <t>BEASLEY ANGEL R</t>
   </si>
   <si>
     <t xml:space="preserve">939 DAYTON AVE  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0026-0-0097-00</t>
-[...18 lines deleted...]
-  <si>
     <t>M40-0001-0028-0-0014-00</t>
   </si>
   <si>
     <t>MILBURN SHELLY B ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">846 BUCKSKIN TRL  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0028-0-0033-00</t>
   </si>
   <si>
     <t>LOPEZ DORIS E</t>
   </si>
   <si>
     <t xml:space="preserve">1338 ARROWHEAD TRL  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0029-0-0111-00</t>
   </si>
   <si>
     <t>JACKSON JULIE</t>
   </si>
@@ -1582,74 +1389,64 @@
   <si>
     <t>HOWELL MICHAEL</t>
   </si>
   <si>
     <t xml:space="preserve">1561 PUEBLO DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0029-0-0214-00</t>
   </si>
   <si>
     <t>DAVIS LESLEY M</t>
   </si>
   <si>
     <t xml:space="preserve">1910 PUEBLO DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0029-0-0262-00</t>
   </si>
   <si>
     <t>HOUTZ KIMBERLY</t>
   </si>
   <si>
     <t xml:space="preserve">1547 NAVAJO DR  
-XENIA OH 45385</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">1639 NAVAJO DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0029-0-0294-00</t>
   </si>
   <si>
     <t xml:space="preserve">1725 WIGWAM TRL  
 </t>
   </si>
   <si>
     <t>M40-0001-0029-0-0303-00</t>
   </si>
   <si>
-    <t>CUNNINGHAM WANDA B</t>
+    <t>FISCHER BERGEN RAE</t>
   </si>
   <si>
     <t xml:space="preserve">1778 ARAPAHO DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0030-0-0048-00</t>
   </si>
   <si>
     <t>HANCOCK JENNIE M</t>
   </si>
   <si>
     <t xml:space="preserve">1473 SIOUX DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0030-0-0078-00</t>
   </si>
   <si>
     <t>MCCOY TARA &amp; SHIRLEY THOMAS</t>
   </si>
   <si>
     <t xml:space="preserve">1440 OSHAUGHNESY DR  
 XENIA OH 45385</t>
   </si>
@@ -1702,70 +1499,50 @@
   <si>
     <t xml:space="preserve">2053 PUEBLO DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0035-0-0033-00</t>
   </si>
   <si>
     <t>NELSON VANESSA R</t>
   </si>
   <si>
     <t xml:space="preserve">2040 PUEBLO DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0035-0-0095-00</t>
   </si>
   <si>
     <t>GILLUM ERMA I &amp; DIANA MCDONALD</t>
   </si>
   <si>
     <t xml:space="preserve">1614 OTTAWA DR  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0036-0-0051-00</t>
-[...18 lines deleted...]
-  <si>
     <t>M40-0001-0036-0-0097-00</t>
   </si>
   <si>
     <t>CASSIDY NANCY D</t>
   </si>
   <si>
     <t xml:space="preserve">2038 GAYHART ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0036-0-0135-00</t>
   </si>
   <si>
     <t>WHITACRE CLARA M</t>
   </si>
   <si>
     <t xml:space="preserve">1788 ATKINSON DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0036-0-0137-00</t>
   </si>
   <si>
     <t>COX CORY</t>
   </si>
@@ -1802,90 +1579,70 @@
   <si>
     <t xml:space="preserve">2034 WESTBURY CT  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0036-0-0187-00</t>
   </si>
   <si>
     <t>ARMENTROUT BETHANY T</t>
   </si>
   <si>
     <t xml:space="preserve">2049 WESTBURY CT  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0036-0-0209-00</t>
   </si>
   <si>
     <t>RHULE ROSEMARY</t>
   </si>
   <si>
     <t xml:space="preserve">2104 DRUMMOND DR  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0036-0-0240-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0036-0-0262-00</t>
   </si>
   <si>
     <t>SUMMERLOT ROBERT L JR</t>
   </si>
   <si>
     <t xml:space="preserve">2280 PEMBURY DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0038-0-0016-00</t>
   </si>
   <si>
     <t>LONG JEREMY</t>
   </si>
   <si>
     <t xml:space="preserve">3107 WYOMING DR  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0038-0-0038-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0038-0-0049-00</t>
   </si>
   <si>
     <t>BRANE CHARLES R &amp; DEBORAH L</t>
   </si>
   <si>
     <t xml:space="preserve">2972 WYOMING DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0038-0-0062-00</t>
   </si>
   <si>
     <t>PILKENTON ELIZABETH R</t>
   </si>
   <si>
     <t xml:space="preserve">597 MONTANA DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0038-0-0075-00</t>
   </si>
   <si>
     <t>GILLESPIE MELISSA &amp; ROGER</t>
   </si>
@@ -1912,60 +1669,50 @@
   <si>
     <t xml:space="preserve">1929 CONNECTICUT DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0038-0-0145-00</t>
   </si>
   <si>
     <t>MC ADAMS MICHAEL WILLIAM &amp; BARBARA VICTORIA</t>
   </si>
   <si>
     <t xml:space="preserve">1957 CONNECTICUT DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0038-0-0236-00</t>
   </si>
   <si>
     <t>SIX VICKI L</t>
   </si>
   <si>
     <t xml:space="preserve">415 COLORADO DR  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0038-0-0260-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0038-0-0261-00</t>
   </si>
   <si>
     <t>GREENE KENNETH F JR &amp; MARY A</t>
   </si>
   <si>
     <t xml:space="preserve">527 COLORADO DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0038-0-0275-00</t>
   </si>
   <si>
     <t xml:space="preserve">596 IDAHO DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0038-0-0308-00</t>
   </si>
   <si>
     <t>LOTT WILFORD H JR &amp; REBECCA</t>
   </si>
   <si>
     <t xml:space="preserve">598 COLORADO DR  
 XENIA OH 45385</t>
@@ -2019,222 +1766,182 @@
   <si>
     <t xml:space="preserve">263 MONTANA DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0039-0-0156-00</t>
   </si>
   <si>
     <t>KIRK LISA B</t>
   </si>
   <si>
     <t xml:space="preserve">345 KANSAS DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0039-0-0160-00</t>
   </si>
   <si>
     <t>BEAM KEVIN M</t>
   </si>
   <si>
     <t xml:space="preserve">289 KANSAS DR  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0039-0-0167-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0039-0-0190-00</t>
   </si>
   <si>
     <t>DECKARD MARILYN L</t>
   </si>
   <si>
     <t xml:space="preserve">309 COLORADO DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0040-0-0042-00</t>
   </si>
   <si>
     <t>KINDER DAVID A</t>
   </si>
   <si>
     <t xml:space="preserve">2442 CORNWALL DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0040-0-0107-00</t>
   </si>
   <si>
     <t>HARDY JON MICHAEL</t>
   </si>
   <si>
     <t xml:space="preserve">2333 COMMONWEALTH DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0042-0-0052-00</t>
   </si>
   <si>
     <t>HOFFACKER TERESA A</t>
   </si>
   <si>
     <t xml:space="preserve">1868 HARRIS LN  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0042-0-0115-00</t>
   </si>
   <si>
     <t>XENIA NORTHGATE HOMEOWNERS ASSOCIATION</t>
   </si>
   <si>
     <t xml:space="preserve">HARRIS LN  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0042-0-0120-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0043-0-0190-00</t>
   </si>
   <si>
     <t>STIDHAM RYAN &amp; KAREN</t>
   </si>
   <si>
     <t xml:space="preserve">2831 GREYSTOKE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0044-0-0064-00</t>
   </si>
   <si>
     <t>PEARCE ANDREW W</t>
   </si>
   <si>
     <t xml:space="preserve">2698 TENNESSEE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0044-0-0065-00</t>
   </si>
   <si>
     <t xml:space="preserve">2690 TENNESSEE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0044-0-0066-00</t>
   </si>
   <si>
     <t xml:space="preserve">2682 TENNESSEE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0044-0-0083-00</t>
   </si>
   <si>
     <t>FISHER DOUGLAS T</t>
   </si>
   <si>
     <t xml:space="preserve">1350 PREM PL  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0001-0044-0-0301-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0001-0047-0-0028-00</t>
   </si>
   <si>
     <t>MCADAMS MICHAEL W</t>
   </si>
   <si>
     <t xml:space="preserve">2250 MARYLAND DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0047-0-0059-00</t>
   </si>
   <si>
     <t>CURFMAN STEVEN C &amp; ANGELA T</t>
   </si>
   <si>
     <t xml:space="preserve">2131 VIRGINIA DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0049-0-0185-00</t>
   </si>
   <si>
     <t>SAMANAS JOSEPH G IV</t>
   </si>
   <si>
     <t xml:space="preserve">2404 MISSISSIPPI DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0001-0049-0-0216-00</t>
   </si>
   <si>
     <t>PROFFITT W SCOTT &amp; DONNA LYNN</t>
   </si>
   <si>
     <t xml:space="preserve">2375 TENNESSEE DR  
 XENIA OH 45385</t>
-  </si>
-[...8 lines deleted...]
-</t>
   </si>
   <si>
     <t>M40-0001-0055-0-0006-00</t>
   </si>
   <si>
     <t>W &amp; M PROPERTIES</t>
   </si>
   <si>
     <t xml:space="preserve">DAYTON XENIA RD  
 </t>
   </si>
   <si>
     <t>M40-0001-0060-0-0020-00</t>
   </si>
   <si>
     <t>WRIGHT CYCLE ESTATES HOLDINGS I LLC</t>
   </si>
   <si>
     <t xml:space="preserve">WRIGHT CYCLE BLVD  
 </t>
   </si>
   <si>
     <t>M40-0001-0060-0-0021-00</t>
   </si>
   <si>
@@ -2267,60 +1974,50 @@
   <si>
     <t>BEASLEY GREGORY A &amp; ANGEL R</t>
   </si>
   <si>
     <t xml:space="preserve">558 MARTIN DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0002-0-0008-00</t>
   </si>
   <si>
     <t>GIVEN AARON MICHAEL</t>
   </si>
   <si>
     <t xml:space="preserve">958 SUTTON DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0002-0-0105-00</t>
   </si>
   <si>
     <t xml:space="preserve">958 SUTTON DR  
 </t>
   </si>
   <si>
-    <t>M40-0002-0003-0-0037-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0002-0003-0-0109-00</t>
   </si>
   <si>
     <t>REED JULIA S</t>
   </si>
   <si>
     <t xml:space="preserve">700 N MONROE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0003-0-0235-00</t>
   </si>
   <si>
     <t>THOMPSON HARRY D &amp; TALULAH L</t>
   </si>
   <si>
     <t xml:space="preserve">516 REDBUD LN  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0003-0-0292-00</t>
   </si>
   <si>
     <t>LIN JEFFREY</t>
   </si>
@@ -2340,60 +2037,50 @@
   <si>
     <t xml:space="preserve">917 LOUISE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0004-0-0034-00</t>
   </si>
   <si>
     <t>MINTER VICKI KAY ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">493 N STADIUM DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0004-0-0091-00</t>
   </si>
   <si>
     <t>SPROWLS KELLI</t>
   </si>
   <si>
     <t xml:space="preserve">489 S STADIUM CIR  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0002-0004-0-0100-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0002-0005-0-0008-00</t>
   </si>
   <si>
     <t>HUNT LILLIE M</t>
   </si>
   <si>
     <t xml:space="preserve">322 E CHURCH ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0005-0-0009-00</t>
   </si>
   <si>
     <t>HUDSON CAROL A</t>
   </si>
   <si>
     <t xml:space="preserve">E CHURCH ST  
 </t>
   </si>
   <si>
     <t>M40-0002-0005-0-0010-00</t>
   </si>
   <si>
     <t>HUDSON CAROL ANN</t>
   </si>
@@ -2440,56 +2127,50 @@
   <si>
     <t>HARPER LORA</t>
   </si>
   <si>
     <t xml:space="preserve">279 N COLUMBUS ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0005-0-0132-00</t>
   </si>
   <si>
     <t>WALKER MALA</t>
   </si>
   <si>
     <t xml:space="preserve">259 N MONROE ST  
 </t>
   </si>
   <si>
     <t>M40-0002-0005-0-0133-00</t>
   </si>
   <si>
     <t xml:space="preserve">259 N MONROE ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0002-0005-0-0174-00</t>
-[...4 lines deleted...]
-  <si>
     <t>M40-0002-0005-0-0203-00</t>
   </si>
   <si>
     <t>SCAFFIDI ROBERTA L</t>
   </si>
   <si>
     <t xml:space="preserve">137 N COLUMBUS ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0005-0-0204-00</t>
   </si>
   <si>
     <t>TRANSUE LOUIS</t>
   </si>
   <si>
     <t>M40-0002-0005-0-0222-00</t>
   </si>
   <si>
     <t>WALLACE BELINDA</t>
   </si>
   <si>
     <t xml:space="preserve">391 E MARKET ST  
 XENIA OH 45385</t>
   </si>
@@ -2508,708 +2189,611 @@
   </si>
   <si>
     <t>ABDUSSHAKUR MUSA &amp; NAEEMA</t>
   </si>
   <si>
     <t xml:space="preserve">414 E MARKET ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0005-0-0248-00</t>
   </si>
   <si>
     <t>HEIDER ANNE M</t>
   </si>
   <si>
     <t>M40-0002-0005-0-0252-00</t>
   </si>
   <si>
     <t>LIMING AMY JO TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">N COLLIER ST  
 </t>
   </si>
   <si>
-    <t>M40-0002-0005-0-0258-00</t>
-[...2 lines deleted...]
-    <t>TARASIUK EDWARD NATHAN</t>
+    <t>M40-0002-0005-0-0264-00</t>
+  </si>
+  <si>
+    <t>ELOY CESAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">445 E MARKET ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0005-0-0270-00</t>
+  </si>
+  <si>
+    <t>HUBBARD DERRICK M &amp; TARIJA K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">475 E MARKET ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0005-0-0282-00</t>
+  </si>
+  <si>
+    <t>ALEXANDER FLETCHER &amp; GERTRUDE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">116 N FAIR ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0005-0-0283-00</t>
+  </si>
+  <si>
+    <t>BOYD IDELLA KAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">498 E MARKET ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0005-0-0292-00</t>
+  </si>
+  <si>
+    <t>NEW HOPE CHURCH OF GOD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">418 E MAIN ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0005-2-0038-00</t>
+  </si>
+  <si>
+    <t>FORMER Y XENIA LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">135 E CHURCH ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0006-0-0023-00</t>
+  </si>
+  <si>
+    <t>SPILLMAN MADELINE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">626 SAXONY DR  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0007-0-0002-00</t>
+  </si>
+  <si>
+    <t>C DEVELOPMENT LLC</t>
+  </si>
+  <si>
+    <t>M40-0002-0007-0-0022-00</t>
+  </si>
+  <si>
+    <t>CORBETT WAYNE L &amp; TERESA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">883 TREMONT RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0007-0-0060-00</t>
+  </si>
+  <si>
+    <t>HUBBARD VON P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">866 LEXINGTON AVE  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0007-0-0061-00</t>
+  </si>
+  <si>
+    <t>JOHNSON ROBERT E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">876 LEXINGTON AVE  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0007-0-0063-00</t>
+  </si>
+  <si>
+    <t>BUFORD CHARLES &amp; PAULMETTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEXINGTON AVE  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0007-0-0076-00</t>
+  </si>
+  <si>
+    <t>BUCHANAN NELSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">942 LEXINGTON AVE  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0007-0-0078-00</t>
+  </si>
+  <si>
+    <t>BAKER CARRIE</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0002-00</t>
+  </si>
+  <si>
+    <t>CHANNELS JESSE JAMES &amp; ANGELA D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">501 N COLUMBUS ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0005-00</t>
+  </si>
+  <si>
+    <t>NEWSOM MORRIS F JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">550 E CHURCH ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0006-00</t>
+  </si>
+  <si>
+    <t>DIXON MICHELLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">564 E CHURCH ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0017-00</t>
+  </si>
+  <si>
+    <t>LUCAS RUTH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">684 E CHURCH ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0018-00</t>
+  </si>
+  <si>
+    <t>WOODS ERNEST</t>
+  </si>
+  <si>
+    <t xml:space="preserve">694 E CHURCH ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0020-00</t>
+  </si>
+  <si>
+    <t>HOSTETLER JEFFREY A &amp; NORMA J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">217 PARK ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0024-00</t>
+  </si>
+  <si>
+    <t>OSAGHAE JOY M &amp; EPHRAIM GREGORY JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">634 RADAR ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0028-00</t>
+  </si>
+  <si>
+    <t>WEEMS KARON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">686 RADAR ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0050-00</t>
+  </si>
+  <si>
+    <t>MALLORY KIMBERLY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HALL ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0057-00</t>
+  </si>
+  <si>
+    <t>HUNTER CAROLYN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">407 N COLUMBUS ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0059-00</t>
+  </si>
+  <si>
+    <t>ROSS ERNEST D</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0060-00</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0061-00</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0067-00</t>
+  </si>
+  <si>
+    <t>CARTER WILLIAM L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">211 HALL ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0076-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORCHARD ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0078-00</t>
+  </si>
+  <si>
+    <t>SCRIVENS-WALKER FAMILY TRUST</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0080-00</t>
+  </si>
+  <si>
+    <t>BERRYMAN DEON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">275 ORCHARD ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0081-00</t>
+  </si>
+  <si>
+    <t>BERRYMAN JR EDDIE G &amp; DION L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">263 ORCHARD ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0082-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORCHARD ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0084-00</t>
+  </si>
+  <si>
+    <t>ROGERS TERRANCE ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">231 ORCHARD ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0087-00</t>
+  </si>
+  <si>
+    <t>BUTLER HENRY &amp; ELOISE</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0104-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">694 E CHURCH ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0107-00</t>
+  </si>
+  <si>
+    <t>JOHNSON CONRAD C &amp; MATTHEW R JOHNSON ETAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">192 TAYLOR ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0109-00</t>
+  </si>
+  <si>
+    <t>JOHNSON WANDA R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAYLOR ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0110-00</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0113-00</t>
+  </si>
+  <si>
+    <t>MILLER JAMES LIFE ESTATE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">238 TAYLOR ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0117-00</t>
+  </si>
+  <si>
+    <t>C &amp; C REALTY INVESTMENT GROUP LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">280 TAYLOR ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0119-00</t>
+  </si>
+  <si>
+    <t>HOSTETLER JEFFREY &amp; NORMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">302 TAYLOR ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0125-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">303 TAYLOR ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0131-00</t>
+  </si>
+  <si>
+    <t>HUMPHREY ROBIN ANN</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0133-00</t>
+  </si>
+  <si>
+    <t>KOONCE LEE E &amp; IDA L</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0145-00</t>
+  </si>
+  <si>
+    <t>JACKSON ANTHONY M</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0158-00</t>
+  </si>
+  <si>
+    <t>LOGAN RITA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">924 E CHURCH ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0159-00</t>
+  </si>
+  <si>
+    <t>JUNIUS CAROLYN D &amp; JESSE J JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">940 E CHURCH ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0162-00</t>
+  </si>
+  <si>
+    <t>SARGEANT JAMES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">978 E CHURCH ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0168-00</t>
+  </si>
+  <si>
+    <t>MAHONEY ROBERT J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">858 CLARK ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0169-00</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0170-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLARK ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0176-00</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0222-00</t>
+  </si>
+  <si>
+    <t>PERRY ALLEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MULBERRY ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0223-00</t>
+  </si>
+  <si>
+    <t>TUFTS SHERYL E PORTER</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0232-00</t>
+  </si>
+  <si>
+    <t>BENT SYLVANUS G &amp; HAZEL M</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0233-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">895 LEXINGTON AVE  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0242-00</t>
+  </si>
+  <si>
+    <t>PROFFITT SCOTT &amp; DONNA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">604 E MARKET ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0245-00</t>
+  </si>
+  <si>
+    <t>ODEH KAMAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">624 E MARKET ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0247-00</t>
+  </si>
+  <si>
+    <t>CORBETT NORMAN &amp; J N N INTERNATIONAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EVANS ST  
+</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0249-00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">153 EVANS ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0250-00</t>
+  </si>
+  <si>
+    <t>SMITH PHYLLIS M</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0262-00</t>
+  </si>
+  <si>
+    <t>LEVERETT ROOSEVELT</t>
+  </si>
+  <si>
+    <t>M40-0002-0008-0-0269-00</t>
   </si>
   <si>
     <t xml:space="preserve">E MARKET ST  
 </t>
   </si>
   <si>
-    <t>M40-0002-0005-0-0259-00</t>
-[...588 lines deleted...]
-  <si>
     <t>M40-0002-0008-0-0277-00</t>
   </si>
   <si>
     <t>JUNIUS JESSIE J III ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">762 E MARKET ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0002-0008-0-0286-00</t>
-[...5 lines deleted...]
-  <si>
     <t>M40-0002-0008-0-0292-00</t>
   </si>
   <si>
     <t>HOME COMMUNITY &amp; SCHOOLS</t>
   </si>
   <si>
     <t xml:space="preserve">755 759 E CHURCH ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0294-00</t>
   </si>
   <si>
     <t>WILSON CAROL ANN FKA HUDSON</t>
   </si>
   <si>
     <t xml:space="preserve">863 E CHURCH ST  
 XENIA OH 45385</t>
-  </si>
-[...21 lines deleted...]
-    <t>M40-0002-0008-0-0302-00</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0306-00</t>
   </si>
   <si>
     <t>TOGUN ABAYOMI</t>
   </si>
   <si>
     <t xml:space="preserve">928 E MARKET ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0323-00</t>
   </si>
   <si>
     <t xml:space="preserve">528 E MAIN ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0324-00</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0325-00</t>
   </si>
   <si>
@@ -3228,107 +2812,70 @@
   </si>
   <si>
     <t>M40-0002-0008-0-0327-00</t>
   </si>
   <si>
     <t xml:space="preserve">558 E MAIN ST  
 </t>
   </si>
   <si>
     <t>M40-0002-0008-0-0328-00</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0330-00</t>
   </si>
   <si>
     <t>MID OHIO FUNERAL SERVICES LLC</t>
   </si>
   <si>
     <t xml:space="preserve">574 E MAIN ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0331-00</t>
   </si>
   <si>
-    <t>M40-0002-0008-0-0338-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0002-0008-0-0358-00</t>
   </si>
   <si>
     <t>MCB PROPERTIES</t>
   </si>
   <si>
     <t xml:space="preserve">696 E MAIN ST  
 </t>
   </si>
   <si>
     <t>M40-0002-0008-0-0359-00</t>
   </si>
   <si>
     <t>NOOKS ADDISON LYNETTE ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">706 E MAIN ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0002-0008-0-0372-00</t>
-[...25 lines deleted...]
-  <si>
     <t>M40-0002-0008-0-0387-00</t>
   </si>
   <si>
     <t>CORBETT DEREK A ETAL</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0393-00</t>
   </si>
   <si>
     <t>BUFORD ANNA &amp; PAUL</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0394-00</t>
   </si>
   <si>
     <t>XENIA PEACOCK LLC</t>
   </si>
   <si>
     <t xml:space="preserve">871 E MARKET ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0399-00</t>
   </si>
   <si>
@@ -3383,101 +2930,54 @@
   <si>
     <t xml:space="preserve">578 E MARKET ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0008-0-0458-00</t>
   </si>
   <si>
     <t>DAVIS SYBRINA</t>
   </si>
   <si>
     <t xml:space="preserve">272 MULBERRY ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0009-0-0006-00</t>
   </si>
   <si>
     <t>BLANKENSHIP AYDEN A &amp; MADISON M</t>
   </si>
   <si>
     <t xml:space="preserve">19 N PATTON ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0002-0009-0-0016-00</t>
-[...25 lines deleted...]
-  <si>
     <t>M40-0002-0010-0-0004-00</t>
   </si>
   <si>
     <t>JOHNSON MAY JANE E TRUSTEE</t>
-  </si>
-[...18 lines deleted...]
-XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0011-0-0018-00</t>
   </si>
   <si>
     <t>STEWARDSHIP FUND LP</t>
   </si>
   <si>
     <t xml:space="preserve">607 E SECOND ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0011-0-0022-00</t>
   </si>
   <si>
     <t>ABDULLAH AHMED N</t>
   </si>
   <si>
     <t xml:space="preserve">E SECOND ST  
 </t>
   </si>
   <si>
     <t>M40-0002-0011-0-0023-00</t>
   </si>
   <si>
@@ -3523,111 +3023,104 @@
   <si>
     <t xml:space="preserve">761 E MAIN ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0011-0-0070-00</t>
   </si>
   <si>
     <t>GRAVES SHERWYN N ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">796 E SECOND ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0011-0-0084-00</t>
   </si>
   <si>
     <t>WRAY PHILLIP B</t>
   </si>
   <si>
     <t xml:space="preserve">833 E MAIN ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0002-0011-0-0086-00</t>
+    <t>M40-0002-0011-0-0087-00</t>
+  </si>
+  <si>
+    <t>DAHMER WILBUR R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">832 E SECOND ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0011-0-0089-00</t>
+  </si>
+  <si>
+    <t>GRAY RHONDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">815 E SECOND ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0011-0-0103-00</t>
+  </si>
+  <si>
+    <t>WARREN HENRY M III &amp; HENTY M WARREN JR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">919 E MAIN ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0011-0-0106-00</t>
+  </si>
+  <si>
+    <t>JAMES RANDELL A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">924 E SECOND ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0011-0-0109-00</t>
+  </si>
+  <si>
+    <t>BROWDER CHARITY &amp; RAMON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">904 E SECOND ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M40-0002-0011-0-0114-00</t>
   </si>
   <si>
     <t>DAHMER WILBUR R &amp; NORVIA V</t>
-  </si>
-[...55 lines deleted...]
-    <t>M40-0002-0011-0-0114-00</t>
   </si>
   <si>
     <t xml:space="preserve">860 E SECOND ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0011-0-0115-00</t>
   </si>
   <si>
     <t>DAHMER WILBUR R &amp; NORVIA NOOKS</t>
   </si>
   <si>
     <t>M40-0002-0011-0-0129-00</t>
   </si>
   <si>
     <t>STEVENS EMMA C ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">868 874 E THIRD ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0011-0-0130-00</t>
   </si>
   <si>
@@ -3713,57 +3206,50 @@
   </si>
   <si>
     <t>M40-0002-0011-0-0204-00</t>
   </si>
   <si>
     <t>M40-0002-0011-0-0205-00</t>
   </si>
   <si>
     <t>M40-0002-0011-0-0208-00</t>
   </si>
   <si>
     <t xml:space="preserve">JASPER AVE  
 </t>
   </si>
   <si>
     <t>M40-0002-0011-0-0209-00</t>
   </si>
   <si>
     <t>GRACE MICHAEL S</t>
   </si>
   <si>
     <t xml:space="preserve">1119 JASPER AVE  
 </t>
   </si>
   <si>
-    <t>M40-0002-0011-0-0213-00</t>
-[...5 lines deleted...]
-  <si>
     <t>M40-0002-0011-0-0226-00</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0082-00</t>
   </si>
   <si>
     <t>HOTIES LLC</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0083-00</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0084-00</t>
   </si>
   <si>
     <t xml:space="preserve">333 E MAIN ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0085-00</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0086-00</t>
   </si>
   <si>
@@ -3824,133 +3310,103 @@
   <si>
     <t xml:space="preserve">447 E MAIN ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0128-00</t>
   </si>
   <si>
     <t>STEWART CHARLES E SR</t>
   </si>
   <si>
     <t xml:space="preserve">467 E MAIN ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0129-00</t>
   </si>
   <si>
     <t>PORTER FANNIE M</t>
   </si>
   <si>
     <t xml:space="preserve">473 E MAIN ST  
 </t>
   </si>
   <si>
-    <t>M40-0002-0012-0-0134-00</t>
-[...5 lines deleted...]
-  <si>
     <t>M40-0002-0012-0-0145-00</t>
   </si>
   <si>
     <t>VANCE ANGELA T</t>
   </si>
   <si>
     <t xml:space="preserve">519 E MAIN ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0146-00</t>
   </si>
   <si>
     <t>LANE LEUVENIA E</t>
   </si>
   <si>
     <t xml:space="preserve">533 E MAIN ST  
 </t>
   </si>
   <si>
     <t>M40-0002-0012-0-0198-00</t>
   </si>
   <si>
     <t>SERGENT GEORGE P</t>
   </si>
   <si>
     <t xml:space="preserve">56 E THIRD ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0002-0012-0-0239-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0002-0012-0-0245-00</t>
   </si>
   <si>
     <t xml:space="preserve">282 E THIRD ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0247-00</t>
   </si>
   <si>
     <t>THOMAS MARGARET</t>
-  </si>
-[...5 lines deleted...]
-XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0264-00</t>
   </si>
   <si>
     <t>BIAS STEVEN E &amp; JERLENE S</t>
   </si>
   <si>
     <t xml:space="preserve">433 E SECOND ST  
 </t>
   </si>
   <si>
-    <t>M40-0002-0012-0-0287-00</t>
-[...4 lines deleted...]
-  <si>
     <t>M40-0002-0012-0-0292-00</t>
   </si>
   <si>
     <t>ANDERSON JUANITA</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0331-00</t>
   </si>
   <si>
     <t>FINKLEA JERRY M</t>
   </si>
   <si>
     <t xml:space="preserve">107 E THIRD ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0335-00</t>
   </si>
   <si>
     <t>BUS MIN LLC</t>
   </si>
   <si>
     <t xml:space="preserve">149 E THIRD ST  
 XENIA OH 45385</t>
   </si>
@@ -3993,207 +3449,143 @@
   </si>
   <si>
     <t>M40-0002-0012-0-0432-00</t>
   </si>
   <si>
     <t xml:space="preserve">423 E THIRD ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0435-00</t>
   </si>
   <si>
     <t>DARLING MARY E</t>
   </si>
   <si>
     <t>M40-0002-0012-0-0462-00</t>
   </si>
   <si>
     <t>HELTON DAVID R &amp; REED C</t>
   </si>
   <si>
     <t xml:space="preserve">217 S DETROIT ST  
 </t>
   </si>
   <si>
-    <t>M40-0002-0012-0-0470-00</t>
-[...18 lines deleted...]
-  <si>
     <t>M40-0002-0012-0-0515-00</t>
   </si>
   <si>
     <t>RHUPERT PAULINE</t>
   </si>
   <si>
-    <t>M40-0002-0013-0-0054-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0002-0013-0-0062-00</t>
   </si>
   <si>
     <t>CAMPBELL YVETTE &amp; MELVIN</t>
   </si>
   <si>
     <t xml:space="preserve">213 HILL ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0013-0-0077-00</t>
   </si>
   <si>
     <t>DAKIN ROBERT W &amp; SARAH J</t>
   </si>
   <si>
     <t xml:space="preserve">458 S MONROE ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0013-0-0203-00</t>
   </si>
   <si>
     <t>BLACKABY MARK A</t>
   </si>
   <si>
     <t xml:space="preserve">615 S MONROE ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0013-0-0252-00</t>
   </si>
   <si>
     <t>THOMAS SANDRA JEAN &amp; SANDRA J</t>
   </si>
   <si>
     <t xml:space="preserve">279 WASHINGTON ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0002-0013-0-0259-00</t>
-[...12 lines deleted...]
-  <si>
     <t>M40-0002-0013-0-0297-00</t>
   </si>
   <si>
     <t>GIESSEMAN L LYNN</t>
   </si>
   <si>
     <t xml:space="preserve">33 HILL ST  
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>M40-0002-0014-0-0023-00</t>
-[...8 lines deleted...]
-  <si>
     <t>M40-0002-0014-0-0051-00</t>
   </si>
   <si>
     <t>TUDOR LISA C</t>
   </si>
   <si>
     <t xml:space="preserve">459 HOME AVE  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0014-0-0066-00</t>
   </si>
   <si>
     <t>HENDERSON RODNEY &amp; CHRISTY</t>
   </si>
   <si>
     <t xml:space="preserve">675 S MONROE ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0014-0-0089-00</t>
   </si>
   <si>
     <t>CARDWELL RANDY L &amp; DAWN B</t>
   </si>
   <si>
     <t xml:space="preserve">729 KENNEDY ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0014-0-0108-00</t>
   </si>
   <si>
     <t>WOODBRIDGE WENDY</t>
   </si>
   <si>
     <t xml:space="preserve">539 COTTAGE GROVE AVE  
-XENIA OH 45385</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">942 S MONROE ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0014-0-0237-00</t>
   </si>
   <si>
     <t>BERRY ROGER LYNN &amp; HELEN ANITA</t>
   </si>
   <si>
     <t xml:space="preserve">789 S DETROIT ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0014-0-0274-00</t>
   </si>
   <si>
     <t>HILL ROBERT &amp; HEATHER</t>
   </si>
   <si>
     <t xml:space="preserve">306 HOME AVE  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M40-0002-0014-0-0330-00</t>
   </si>
@@ -4601,10240 +3993,8860 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F508" headerRowCount="1">
-  <autoFilter ref="A1:F508"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F439" headerRowCount="1">
+  <autoFilter ref="A1:F439"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69732&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70025&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70049&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70283&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70371&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70391&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70674&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70744&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71033&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71047&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71068&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71269&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71274&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71304&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71354&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71466&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71467&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71483&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71560&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71624&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71684&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71693&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71749&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71818&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71848&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71860&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71979&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72068&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72157&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72198&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72340&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72627&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73357&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73501&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73525&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73632&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73651&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73889&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73908&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74092&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74138&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74234&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74246&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74299&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74312&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74385&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74558&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74940&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74981&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75388&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75568&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75579&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75652&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75654&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75662&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75694&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75726&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75757&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75857&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76068&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76082&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76347&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76351&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76647&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76652&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76889&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77974&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77996&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78195&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78796&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79269&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79328&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79519&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79526&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79662&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79709&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79747&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79780&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80004&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80042&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80123&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80132&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80142&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80163&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80167&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80192&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80200&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80202&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80227&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80232&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80253&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80299&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80316&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80340&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80350&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80360&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80366&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80373&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80375&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80376&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80405&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80456&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80467&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80468&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80483&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80530&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80552&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80553&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80554&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80634&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80647&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80663&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80675&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80693&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80732&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80757&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80777&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80797&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80838&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80843&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80854&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80979&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80989&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80991&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80993&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80996&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81109&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81149&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81236&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81246&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81352&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81356&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81425&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81638&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81668&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81840&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82036&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82050&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82095&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82123&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82142&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84090&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83586&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83664&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84092&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82741&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69732&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69833&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69884&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70025&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70049&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70283&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70371&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70391&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70674&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70744&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=70965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71033&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71047&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71068&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71269&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71274&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71354&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71466&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71483&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71542&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71560&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71684&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71688&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71693&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71749&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71818&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71826&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71848&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71860&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=71979&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72066&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72068&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72157&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72188&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72627&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72763&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72913&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=72985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73052&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73057&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73357&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73501&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73525&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73572&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73609&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73625&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73632&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73651&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73889&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=73990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74092&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74096&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74138&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74234&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74246&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74299&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74336&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74558&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74940&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=74981&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75388&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75652&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75654&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75662&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75694&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75726&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75824&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75857&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75883&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75907&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75950&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=75952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76068&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76082&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76104&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76221&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76226&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76347&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76351&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76381&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76540&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76584&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76647&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=76889&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77118&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=77996&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78195&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78577&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78796&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=78880&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79269&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79326&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79328&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79339&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79519&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79526&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79709&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79759&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79771&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79780&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79925&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=79985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80004&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80042&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80058&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80101&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80107&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80142&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80159&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80163&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80167&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80192&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80200&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80202&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80208&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80227&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80253&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80299&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80300&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80316&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80319&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80350&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80366&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80368&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80399&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80400&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80402&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80405&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80467&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80468&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80483&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80495&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80516&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80530&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80647&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80663&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80675&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80693&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80729&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80732&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80735&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80757&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80761&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80777&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80797&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80835&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80838&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80854&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80954&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80958&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80979&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80989&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80991&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80993&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80996&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80997&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=80998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81063&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81109&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81193&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81235&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81236&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81246&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81282&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81306&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81356&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81425&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81755&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=81984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82036&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82050&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82095&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82117&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82123&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82124&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82126&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82142&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82150&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82165&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84268&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84090&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83439&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83586&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83664&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84092&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=83587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=82741&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F508"/>
+  <dimension ref="A1:F439"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.15497398376465" customWidth="1"/>
     <col min="2" max="2" width="58.61943817138672" customWidth="1"/>
     <col min="3" max="3" width="22.914461135864258" customWidth="1"/>
     <col min="4" max="4" width="24.86851692199707" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>90.44</v>
+        <v>8933.86</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>8933.86</v>
+        <v>6158.97</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>6158.97</v>
+        <v>2190.81</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>2594.81</v>
+        <v>3059.97</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>3059.97</v>
+        <v>86.45</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" s="3">
-        <v>86.45</v>
+        <v>206.44</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="3">
-        <v>206.44</v>
+        <v>51.29</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="3">
-        <v>51.29</v>
+        <v>363.41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" s="3">
-        <v>363.41</v>
+        <v>247.16</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="3">
-        <v>247.16</v>
+        <v>54684.02</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="3">
-        <v>54684.02</v>
+        <v>728.38</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" s="3">
-        <v>728.38</v>
+        <v>2407.66</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E14" s="3">
-        <v>2407.66</v>
+        <v>2079.91</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="3">
-        <v>2079.91</v>
+        <v>583.03</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="3">
-        <v>983.03</v>
+        <v>164.47</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="3">
-        <v>164.47</v>
+        <v>2408.17</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="3">
-        <v>2408.17</v>
+        <v>192.56</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="3">
-        <v>192.56</v>
+        <v>51.66</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="3">
-        <v>51.66</v>
+        <v>6780.76</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="3">
-        <v>2473.14</v>
+        <v>18112.63</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="3">
-        <v>6780.76</v>
+        <v>2790.51</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="3">
-        <v>18112.63</v>
+        <v>1775.38</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E24" s="3">
-        <v>2790.51</v>
+        <v>5244.73</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="3">
-        <v>1775.38</v>
+        <v>2744.74</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="3">
-        <v>5632.73</v>
+        <v>4110.28</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="3">
-        <v>2744.74</v>
+        <v>1105.62</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="3">
-        <v>4110.28</v>
+        <v>6093.38</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E29" s="3">
-        <v>1105.62</v>
+        <v>7240.03</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B30" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="3">
-        <v>6093.38</v>
+        <v>10691.16</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="3">
-        <v>7240.03</v>
+        <v>1574.12</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" s="3">
-        <v>10691.16</v>
+        <v>1026.67</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="3">
-        <v>1574.12</v>
+        <v>2940.94</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="3">
-        <v>1026.67</v>
+        <v>154.44</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="B35" s="0" t="s">
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="3">
-        <v>3640.94</v>
+        <v>919.4</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="C36" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E36" s="3">
-        <v>889.17</v>
+        <v>15502.22</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" s="3">
-        <v>354.44</v>
+        <v>25.57</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="3">
-        <v>919.4</v>
+        <v>221.51</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="3">
-        <v>15502.22</v>
+        <v>654.27</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="3">
-        <v>25.57</v>
+        <v>2020.98</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="3">
-        <v>221.51</v>
+        <v>30105.52</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E42" s="3">
-        <v>654.27</v>
+        <v>317.06</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="3">
-        <v>2020.98</v>
+        <v>1022.57</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="3">
-        <v>30105.52</v>
+        <v>3088.2</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" s="3">
-        <v>1150.26</v>
+        <v>2307.38</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B46" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E46" s="3">
-        <v>797.06</v>
+        <v>1378.71</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>139</v>
+        <v>76</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="E47" s="3">
-        <v>1022.57</v>
+        <v>3197.81</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="E48" s="3">
-        <v>3088.2</v>
+        <v>13.63</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="E49" s="3">
-        <v>12182.83</v>
+        <v>3.24</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>148</v>
+        <v>76</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="E50" s="3">
-        <v>2307.38</v>
+        <v>3267.37</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="E51" s="3">
-        <v>1378.71</v>
+        <v>2543.27</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>82</v>
+        <v>148</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="E52" s="3">
-        <v>3197.81</v>
+        <v>44679.24</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="E53" s="3">
-        <v>13.63</v>
+        <v>1548.43</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B54" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="3">
-        <v>3.24</v>
+        <v>746.57</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>82</v>
+        <v>157</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E55" s="3">
-        <v>3267.37</v>
+        <v>66.02</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B56" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E56" s="3">
-        <v>2543.27</v>
+        <v>5151.35</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="C57" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E57" s="3">
-        <v>44679.24</v>
+        <v>35331.14</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C58" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E58" s="3">
-        <v>1548.43</v>
+        <v>1819.03</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B59" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E59" s="3">
-        <v>846.57</v>
+        <v>3545.7</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B60" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E60" s="3">
-        <v>28.21</v>
+        <v>682.58</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="B61" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E61" s="3">
-        <v>730.93</v>
+        <v>5585.35</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="B62" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E62" s="3">
-        <v>5151.35</v>
+        <v>5083.37</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="E63" s="3">
-        <v>35331.14</v>
+        <v>409.41</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E64" s="3">
-        <v>1819.03</v>
+        <v>2227.35</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>82</v>
+        <v>185</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E65" s="3">
-        <v>3545.7</v>
+        <v>120.67</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="E66" s="3">
-        <v>932.58</v>
+        <v>409.41</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="E67" s="3">
-        <v>5585.35</v>
+        <v>111</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="E68" s="3">
-        <v>5083.37</v>
+        <v>256.85</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="E69" s="3">
-        <v>409.41</v>
+        <v>88019.38</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="E70" s="3">
-        <v>2227.35</v>
+        <v>5277.49</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="E71" s="3">
-        <v>390.67</v>
+        <v>1317.25</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="E72" s="3">
-        <v>409.41</v>
+        <v>3048.17</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" s="3">
-        <v>111</v>
+        <v>2073.96</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="B74" s="0" t="s">
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="C74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="3">
-        <v>1371.51</v>
+        <v>2341.63</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="B75" s="0" t="s">
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E75" s="3">
-        <v>89875.13</v>
+        <v>7073.09</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="B76" s="0" t="s">
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="C76" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="3">
-        <v>6852.01</v>
+        <v>2813.54</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C77" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" s="3">
-        <v>6664.95</v>
+        <v>4439.31</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B78" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="B78" s="0" t="s">
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="C78" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E78" s="3">
-        <v>5277.49</v>
+        <v>616.4</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="B79" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="B79" s="0" t="s">
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="C79" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E79" s="3">
-        <v>1317.25</v>
+        <v>1150.65</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B80" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E80" s="3">
-        <v>3306.17</v>
+        <v>250.32</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B81" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E81" s="3">
-        <v>2134.96</v>
+        <v>9549.16</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D82" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="B82" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E82" s="3">
-        <v>2341.63</v>
+        <v>1098.96</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E83" s="3">
-        <v>7073.09</v>
+        <v>117.88</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="E84" s="3">
-        <v>2813.54</v>
+        <v>2314.75</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="E85" s="3">
-        <v>4439.31</v>
+        <v>3692.2</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="E86" s="3">
-        <v>616.4</v>
+        <v>83.71</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="E87" s="3">
-        <v>1956.11</v>
+        <v>1741.56</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="E88" s="3">
-        <v>922.3</v>
+        <v>524.03</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="E89" s="3">
-        <v>1150.65</v>
+        <v>4707.15</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E90" s="3">
-        <v>250.32</v>
+        <v>270.96</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="E91" s="3">
-        <v>9549.16</v>
+        <v>3896.92</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="E92" s="3">
-        <v>220.71</v>
+        <v>1798.84</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="E93" s="3">
-        <v>1098.96</v>
+        <v>3233.78</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>255</v>
+        <v>67</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="E94" s="3">
-        <v>117.88</v>
+        <v>2884.29</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="E95" s="3">
-        <v>2314.75</v>
+        <v>15899.19</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="E96" s="3">
-        <v>3692.2</v>
+        <v>143.24</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>274</v>
+        <v>247</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="E97" s="3">
-        <v>83.71</v>
+        <v>1924.96</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>274</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="E98" s="3">
-        <v>1741.56</v>
+        <v>865.5</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="E99" s="3">
-        <v>1427.83</v>
+        <v>95.17</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="E100" s="3">
-        <v>524.03</v>
+        <v>1922.06</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="E101" s="3">
-        <v>4707.15</v>
+        <v>1148.06</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="B102" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C102" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E102" s="3">
-        <v>270.96</v>
+        <v>3071.66</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="E103" s="3">
-        <v>3896.92</v>
+        <v>663.74</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="E104" s="3">
-        <v>2398.84</v>
+        <v>916.35</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="E105" s="3">
-        <v>3233.78</v>
+        <v>635.3</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>73</v>
+        <v>298</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="E106" s="3">
-        <v>2884.29</v>
+        <v>7.68</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="B107" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E107" s="3">
-        <v>15899.19</v>
+        <v>597.94</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D108" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="B108" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E108" s="3">
-        <v>402.92</v>
+        <v>9227.63</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="B109" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E109" s="3">
-        <v>432.93</v>
+        <v>1112.82</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="B110" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E110" s="3">
-        <v>1924.96</v>
+        <v>0.06</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="B111" s="0" t="s">
         <v>313</v>
       </c>
-      <c r="B111" s="0" t="s">
+      <c r="C111" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="C111" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E111" s="3">
-        <v>865.5</v>
+        <v>3633.51</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B112" s="0" t="s">
         <v>316</v>
       </c>
-      <c r="B112" s="0" t="s">
+      <c r="C112" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="C112" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E112" s="3">
-        <v>963.12</v>
+        <v>2986.45</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="B113" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="B113" s="0" t="s">
+      <c r="C113" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D113" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="C113" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E113" s="3">
-        <v>1922.06</v>
+        <v>2535.44</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="B114" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="B114" s="0" t="s">
+      <c r="C114" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D114" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="C114" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E114" s="3">
-        <v>1579.41</v>
+        <v>2387.27</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="B115" s="0" t="s">
         <v>325</v>
       </c>
-      <c r="B115" s="0" t="s">
+      <c r="C115" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D115" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="C115" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E115" s="3">
-        <v>3071.66</v>
+        <v>2924.36</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B116" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="B116" s="0" t="s">
+      <c r="C116" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D116" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="C116" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E116" s="3">
-        <v>1053.74</v>
+        <v>1642.65</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="B117" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="B117" s="0" t="s">
+      <c r="C117" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D117" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="C117" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E117" s="3">
-        <v>916.35</v>
+        <v>7729.9</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="B118" s="0" t="s">
         <v>334</v>
       </c>
-      <c r="B118" s="0" t="s">
+      <c r="C118" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D118" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="C118" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E118" s="3">
-        <v>635.3</v>
+        <v>8837.98</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="B119" s="0" t="s">
         <v>337</v>
       </c>
-      <c r="B119" s="0" t="s">
+      <c r="C119" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D119" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="C119" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E119" s="3">
-        <v>7.68</v>
+        <v>6999.7</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="B120" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="B120" s="0" t="s">
+      <c r="C120" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D120" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="C120" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E120" s="3">
-        <v>597.94</v>
+        <v>1702.36</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B121" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="B121" s="0" t="s">
+      <c r="C121" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D121" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="C121" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E121" s="3">
-        <v>9427.63</v>
+        <v>2.33</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="B122" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="B122" s="0" t="s">
+      <c r="C122" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D122" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="C122" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E122" s="3">
-        <v>1112.82</v>
+        <v>4182.99</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="B123" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="B123" s="0" t="s">
+      <c r="C123" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D123" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="C123" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E123" s="3">
-        <v>0.06</v>
+        <v>15.61</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="B124" s="0" t="s">
         <v>352</v>
       </c>
-      <c r="B124" s="0" t="s">
+      <c r="C124" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D124" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="C124" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E124" s="3">
-        <v>3633.51</v>
+        <v>1806.35</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="B125" s="0" t="s">
         <v>355</v>
       </c>
-      <c r="B125" s="0" t="s">
+      <c r="C125" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D125" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="C125" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E125" s="3">
-        <v>2986.45</v>
+        <v>2281.41</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="B126" s="0" t="s">
         <v>358</v>
       </c>
-      <c r="B126" s="0" t="s">
+      <c r="C126" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D126" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="C126" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E126" s="3">
-        <v>2535.44</v>
+        <v>7203.23</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="B127" s="0" t="s">
         <v>361</v>
       </c>
-      <c r="B127" s="0" t="s">
+      <c r="C127" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D127" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="C127" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E127" s="3">
-        <v>2387.27</v>
+        <v>1174.4</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B128" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="B128" s="0" t="s">
+      <c r="C128" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="C128" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E128" s="3">
-        <v>3224.36</v>
+        <v>972.91</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B129" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="B129" s="0" t="s">
+      <c r="C129" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="C129" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E129" s="3">
-        <v>1642.65</v>
+        <v>4369.03</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="B130" s="0" t="s">
         <v>370</v>
       </c>
-      <c r="B130" s="0" t="s">
+      <c r="C130" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D130" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="C130" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E130" s="3">
-        <v>7729.9</v>
+        <v>4919.93</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="B131" s="0" t="s">
         <v>373</v>
       </c>
-      <c r="B131" s="0" t="s">
+      <c r="C131" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D131" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="C131" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E131" s="3">
-        <v>10337.98</v>
+        <v>945.44</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B132" s="0" t="s">
         <v>376</v>
       </c>
-      <c r="B132" s="0" t="s">
+      <c r="C132" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D132" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="C132" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E132" s="3">
-        <v>6999.7</v>
+        <v>575.76</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B133" s="0" t="s">
         <v>379</v>
       </c>
-      <c r="B133" s="0" t="s">
+      <c r="C133" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D133" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="C133" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E133" s="3">
-        <v>1702.36</v>
+        <v>3687.27</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D134" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B134" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E134" s="3">
-        <v>2.33</v>
+        <v>1959.34</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>386</v>
+        <v>361</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="E135" s="3">
-        <v>504.07</v>
+        <v>1903.19</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="E136" s="3">
-        <v>1785.74</v>
+        <v>0.03</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="E137" s="3">
-        <v>4182.99</v>
+        <v>676.77</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>395</v>
+        <v>247</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="E138" s="3">
-        <v>15.61</v>
+        <v>1888.04</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="E139" s="3">
-        <v>1856.35</v>
+        <v>1704.85</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="E140" s="3">
-        <v>2531.41</v>
+        <v>1354.83</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="E141" s="3">
-        <v>7203.23</v>
+        <v>1595.3</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="E142" s="3">
-        <v>1474.4</v>
+        <v>9302.9</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="E143" s="3">
-        <v>1713.91</v>
+        <v>1499.66</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="E144" s="3">
-        <v>4369.03</v>
+        <v>1276.05</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="E145" s="3">
-        <v>5089.93</v>
+        <v>4771.34</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>419</v>
+        <v>403</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="E146" s="3">
-        <v>1678.93</v>
+        <v>48.02</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="E147" s="3">
-        <v>1235.76</v>
+        <v>1032.17</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="E148" s="3">
-        <v>4047.27</v>
+        <v>780.54</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>407</v>
+        <v>423</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="E149" s="3">
-        <v>2682.69</v>
+        <v>10127.15</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>407</v>
+        <v>426</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="E150" s="3">
-        <v>2612.19</v>
+        <v>1935.88</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="E151" s="3">
-        <v>225.01</v>
+        <v>2971.21</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="E152" s="3">
-        <v>0.03</v>
+        <v>224.73</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="E153" s="3">
-        <v>1846.81</v>
+        <v>256.07</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="E154" s="3">
-        <v>676.77</v>
+        <v>2026.91</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>284</v>
+        <v>441</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="E155" s="3">
-        <v>1888.04</v>
+        <v>3211.53</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="B156" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E156" s="3">
-        <v>1704.85</v>
+        <v>529.34</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D157" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="B157" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E157" s="3">
-        <v>45.13</v>
+        <v>1159.42</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D158" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="B158" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E158" s="3">
-        <v>1341.97</v>
+        <v>4565.2</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B159" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E159" s="3">
-        <v>1714.83</v>
+        <v>1217.42</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B160" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E160" s="3">
-        <v>1845.3</v>
+        <v>1988.51</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="B161" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E161" s="3">
-        <v>9302.9</v>
+        <v>504.54</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="B162" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E162" s="3">
-        <v>1499.66</v>
+        <v>7729.36</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="B163" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E163" s="3">
-        <v>1276.05</v>
+        <v>5042.17</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D164" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="B164" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E164" s="3">
-        <v>6800.63</v>
+        <v>3383.75</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B165" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E165" s="3">
-        <v>0.28</v>
+        <v>1925.43</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D166" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="B166" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E166" s="3">
-        <v>48.02</v>
+        <v>2892.12</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="B167" s="0" t="s">
         <v>477</v>
       </c>
-      <c r="B167" s="0" t="s">
+      <c r="C167" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="C167" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E167" s="3">
-        <v>1032.17</v>
+        <v>1907.8</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="B168" s="0" t="s">
         <v>480</v>
       </c>
-      <c r="B168" s="0" t="s">
+      <c r="C168" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="C168" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E168" s="3">
-        <v>1680.54</v>
+        <v>1566.89</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>483</v>
       </c>
-      <c r="B169" s="0" t="s">
+      <c r="C169" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="C169" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E169" s="3">
-        <v>10127.15</v>
+        <v>4690.13</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>486</v>
       </c>
-      <c r="B170" s="0" t="s">
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="C170" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E170" s="3">
-        <v>1935.88</v>
+        <v>5343.95</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="B171" s="0" t="s">
         <v>489</v>
       </c>
-      <c r="B171" s="0" t="s">
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="C171" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E171" s="3">
-        <v>3631.21</v>
+        <v>1296.02</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="B172" s="0" t="s">
         <v>492</v>
       </c>
-      <c r="B172" s="0" t="s">
+      <c r="C172" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="C172" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E172" s="3">
-        <v>824.73</v>
+        <v>2440.42</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="B173" s="0" t="s">
         <v>495</v>
       </c>
-      <c r="B173" s="0" t="s">
+      <c r="C173" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="C173" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E173" s="3">
-        <v>256.07</v>
+        <v>1690.68</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>498</v>
       </c>
-      <c r="B174" s="0" t="s">
+      <c r="C174" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="C174" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E174" s="3">
-        <v>2596.91</v>
+        <v>56.45</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D175" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="B175" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E175" s="3">
-        <v>3211.53</v>
+        <v>5129.55</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D176" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B176" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E176" s="3">
-        <v>529.34</v>
+        <v>1375.12</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D177" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="B177" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E177" s="3">
-        <v>199.35</v>
+        <v>1017.29</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D178" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="B178" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E178" s="3">
-        <v>404.71</v>
+        <v>377.34</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D179" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="B179" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E179" s="3">
-        <v>1159.42</v>
+        <v>1137.31</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="B180" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E180" s="3">
-        <v>4565.2</v>
+        <v>1859.96</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="B181" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E181" s="3">
-        <v>1217.42</v>
+        <v>1542.05</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D182" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="B182" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E182" s="3">
-        <v>1988.51</v>
+        <v>1018.53</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D183" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="B183" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E183" s="3">
-        <v>704.54</v>
+        <v>314.64</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="B184" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E184" s="3">
-        <v>7729.36</v>
+        <v>3854.03</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D185" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="B185" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E185" s="3">
-        <v>5042.17</v>
+        <v>1188.92</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D186" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="B186" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E186" s="3">
-        <v>3483.75</v>
+        <v>1407.54</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D187" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="B187" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E187" s="3">
-        <v>388.67</v>
+        <v>8232.59</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D188" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="B188" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E188" s="3">
-        <v>2225.43</v>
+        <v>191.96</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="B189" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E189" s="3">
-        <v>7892.12</v>
+        <v>8326.02</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D190" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="B190" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E190" s="3">
-        <v>1029.05</v>
+        <v>9776.5</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="E191" s="3">
-        <v>1907.8</v>
+        <v>8726.99</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="E192" s="3">
-        <v>2797</v>
+        <v>9089.67</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="E193" s="3">
-        <v>4690.13</v>
+        <v>94.55</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="E194" s="3">
-        <v>5343.95</v>
+        <v>5060.16</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="E195" s="3">
-        <v>1496.02</v>
+        <v>9927.13</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="E196" s="3">
-        <v>2440.42</v>
+        <v>0.97</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="E197" s="3">
-        <v>1690.68</v>
+        <v>4186.22</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="E198" s="3">
-        <v>3509.23</v>
+        <v>1765.6</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="E199" s="3">
-        <v>56.45</v>
+        <v>316.31</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>392</v>
+        <v>570</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="E200" s="3">
-        <v>5129.55</v>
+        <v>229.67</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="E201" s="3">
-        <v>2005.12</v>
+        <v>8149.4</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="E202" s="3">
-        <v>1017.29</v>
+        <v>11376.25</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="E203" s="3">
-        <v>977.34</v>
+        <v>3287.31</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="E204" s="3">
-        <v>1137.31</v>
+        <v>997.52</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="E205" s="3">
-        <v>1859.96</v>
+        <v>5.74</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="E206" s="3">
-        <v>1542.05</v>
+        <v>7131.39</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="E207" s="3">
-        <v>1518.53</v>
+        <v>69.15</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="E208" s="3">
-        <v>1114.64</v>
+        <v>15.38</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="E209" s="3">
-        <v>1079.85</v>
+        <v>3694.5</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>605</v>
+        <v>598</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>606</v>
+        <v>599</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
       <c r="E210" s="3">
-        <v>3854.03</v>
+        <v>3430.3</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="E211" s="3">
-        <v>1188.92</v>
+        <v>307.87</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="E212" s="3">
-        <v>1407.54</v>
+        <v>3950</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="E213" s="3">
-        <v>8532.59</v>
+        <v>194.57</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="E214" s="3">
-        <v>191.96</v>
+        <v>2556.59</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>622</v>
+        <v>615</v>
       </c>
       <c r="E215" s="3">
-        <v>210.57</v>
+        <v>479.5</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
       <c r="E216" s="3">
-        <v>8326.02</v>
+        <v>12.15</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>628</v>
+        <v>615</v>
       </c>
       <c r="E217" s="3">
-        <v>9776.5</v>
+        <v>2.23</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
       <c r="E218" s="3">
-        <v>8726.99</v>
+        <v>1174.87</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="E219" s="3">
-        <v>9089.67</v>
+        <v>17.33</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>635</v>
+        <v>628</v>
       </c>
       <c r="E220" s="3">
-        <v>94.55</v>
+        <v>3232.62</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>637</v>
+        <v>630</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>638</v>
+        <v>631</v>
       </c>
       <c r="E221" s="3">
-        <v>183.51</v>
+        <v>3265.52</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>640</v>
+        <v>630</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
       <c r="E222" s="3">
-        <v>5060.16</v>
+        <v>431.49</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
       <c r="E223" s="3">
-        <v>10427.13</v>
+        <v>2719.47</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>647</v>
+        <v>615</v>
       </c>
       <c r="E224" s="3">
-        <v>0.97</v>
+        <v>1101.53</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="E225" s="3">
-        <v>4732.22</v>
+        <v>1621.62</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>651</v>
+        <v>642</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>652</v>
+        <v>643</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>653</v>
+        <v>644</v>
       </c>
       <c r="E226" s="3">
-        <v>558.14</v>
+        <v>19161.46</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>654</v>
+        <v>645</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>655</v>
+        <v>646</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>656</v>
+        <v>647</v>
       </c>
       <c r="E227" s="3">
-        <v>1765.6</v>
+        <v>1364.18</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>657</v>
+        <v>648</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>658</v>
+        <v>649</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>659</v>
+        <v>644</v>
       </c>
       <c r="E228" s="3">
-        <v>316.31</v>
+        <v>4269.7</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>660</v>
+        <v>650</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>661</v>
+        <v>652</v>
       </c>
       <c r="E229" s="3">
-        <v>229.67</v>
+        <v>8.57</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>662</v>
+        <v>653</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>663</v>
+        <v>654</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="E230" s="3">
-        <v>8149.4</v>
+        <v>867.21</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>665</v>
+        <v>656</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>666</v>
+        <v>657</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>667</v>
+        <v>658</v>
       </c>
       <c r="E231" s="3">
-        <v>12176.25</v>
+        <v>557.71</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>668</v>
+        <v>659</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>669</v>
+        <v>660</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>670</v>
+        <v>661</v>
       </c>
       <c r="E232" s="3">
-        <v>3287.31</v>
+        <v>23828.69</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>672</v>
+        <v>663</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>673</v>
+        <v>664</v>
       </c>
       <c r="E233" s="3">
-        <v>1992.52</v>
+        <v>336.43</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>674</v>
+        <v>665</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
       <c r="E234" s="3">
-        <v>10.74</v>
+        <v>32524.11</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>676</v>
+        <v>668</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>677</v>
+        <v>669</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>678</v>
+        <v>670</v>
       </c>
       <c r="E235" s="3">
-        <v>8530.94</v>
+        <v>43116.12</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>679</v>
+        <v>671</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>681</v>
+        <v>673</v>
       </c>
       <c r="E236" s="3">
-        <v>7131.39</v>
+        <v>1631.61</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>684</v>
+        <v>615</v>
       </c>
       <c r="E237" s="3">
-        <v>69.15</v>
+        <v>3043.03</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>686</v>
+        <v>677</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
       <c r="E238" s="3">
-        <v>15.38</v>
+        <v>1452.14</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>688</v>
+        <v>679</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>687</v>
+        <v>681</v>
       </c>
       <c r="E239" s="3">
-        <v>3694.5</v>
+        <v>10815.98</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="E240" s="3">
-        <v>3430.3</v>
+        <v>4320.71</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="E241" s="3">
-        <v>307.87</v>
+        <v>36.08</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="E242" s="3">
-        <v>4200</v>
+        <v>667.57</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>698</v>
+        <v>691</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>700</v>
+        <v>687</v>
       </c>
       <c r="E243" s="3">
-        <v>48.73</v>
+        <v>9406.53</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>703</v>
+        <v>695</v>
       </c>
       <c r="E244" s="3">
-        <v>194.57</v>
+        <v>3873.19</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>704</v>
+        <v>696</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="E245" s="3">
-        <v>2556.59</v>
+        <v>3915.05</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="E246" s="3">
-        <v>479.5</v>
+        <v>4708.21</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="E247" s="3">
-        <v>12.15</v>
+        <v>13340.73</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="E248" s="3">
-        <v>2.23</v>
+        <v>7571.83</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="E249" s="3">
-        <v>1174.87</v>
+        <v>25632.57</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="E250" s="3">
-        <v>17.33</v>
+        <v>1537.91</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>721</v>
+        <v>715</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>722</v>
+        <v>716</v>
       </c>
       <c r="E251" s="3">
-        <v>3498.62</v>
+        <v>474.84</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>723</v>
+        <v>717</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="E252" s="3">
-        <v>3265.52</v>
+        <v>4796.86</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>726</v>
+        <v>720</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="E253" s="3">
-        <v>431.49</v>
+        <v>6286.08</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>706</v>
+        <v>719</v>
       </c>
       <c r="E254" s="3">
-        <v>20.53</v>
+        <v>196.51</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>732</v>
+        <v>719</v>
       </c>
       <c r="E255" s="3">
-        <v>2719.47</v>
+        <v>196.51</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>733</v>
+        <v>726</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="E256" s="3">
-        <v>1101.53</v>
+        <v>216.8</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>736</v>
+        <v>728</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="E257" s="3">
-        <v>1621.62</v>
+        <v>15992.32</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>739</v>
+        <v>724</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="E258" s="3">
-        <v>19161.46</v>
+        <v>193.2</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>741</v>
+        <v>732</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>742</v>
+        <v>733</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>743</v>
+        <v>731</v>
       </c>
       <c r="E259" s="3">
-        <v>1726.18</v>
+        <v>12905.84</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>744</v>
+        <v>734</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>745</v>
+        <v>735</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="E260" s="3">
-        <v>4269.7</v>
+        <v>99.42</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>746</v>
+        <v>737</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>747</v>
+        <v>738</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>748</v>
+        <v>739</v>
       </c>
       <c r="E261" s="3">
-        <v>8.57</v>
+        <v>1928.05</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>750</v>
+        <v>247</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>751</v>
+        <v>741</v>
       </c>
       <c r="E262" s="3">
-        <v>0.58</v>
+        <v>41.15</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="E263" s="3">
-        <v>34.69</v>
+        <v>504.53</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>754</v>
+        <v>745</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>755</v>
+        <v>746</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>756</v>
+        <v>731</v>
       </c>
       <c r="E264" s="3">
-        <v>867.21</v>
+        <v>3757.83</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>757</v>
+        <v>747</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>758</v>
+        <v>706</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="E265" s="3">
-        <v>557.71</v>
+        <v>345.29</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>760</v>
+        <v>749</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>761</v>
+        <v>750</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>762</v>
+        <v>751</v>
       </c>
       <c r="E266" s="3">
-        <v>23828.69</v>
+        <v>1469.73</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>763</v>
+        <v>752</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>764</v>
+        <v>753</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>765</v>
+        <v>754</v>
       </c>
       <c r="E267" s="3">
-        <v>536.43</v>
+        <v>20502.77</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>766</v>
+        <v>755</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>767</v>
+        <v>753</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>768</v>
+        <v>754</v>
       </c>
       <c r="E268" s="3">
-        <v>32524.11</v>
+        <v>16980.8</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>769</v>
+        <v>756</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>770</v>
+        <v>757</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>771</v>
+        <v>758</v>
       </c>
       <c r="E269" s="3">
-        <v>43116.12</v>
+        <v>18746.84</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>772</v>
+        <v>759</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>774</v>
+        <v>761</v>
       </c>
       <c r="E270" s="3">
-        <v>1631.61</v>
+        <v>575.15</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>709</v>
+        <v>764</v>
       </c>
       <c r="E271" s="3">
-        <v>3043.03</v>
+        <v>25813.44</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>777</v>
+        <v>765</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>778</v>
+        <v>709</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>779</v>
+        <v>766</v>
       </c>
       <c r="E272" s="3">
-        <v>1452.14</v>
+        <v>21758.89</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>780</v>
+        <v>767</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>781</v>
+        <v>768</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>782</v>
+        <v>754</v>
       </c>
       <c r="E273" s="3">
-        <v>10815.98</v>
+        <v>27770.66</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>783</v>
+        <v>769</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>784</v>
+        <v>770</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>785</v>
+        <v>754</v>
       </c>
       <c r="E274" s="3">
-        <v>4320.71</v>
+        <v>5301.27</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>786</v>
+        <v>771</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>787</v>
+        <v>772</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>788</v>
+        <v>612</v>
       </c>
       <c r="E275" s="3">
-        <v>36.08</v>
+        <v>1289.94</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>789</v>
+        <v>773</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="E276" s="3">
-        <v>667.57</v>
+        <v>14498.04</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>792</v>
+        <v>776</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>793</v>
+        <v>777</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>788</v>
+        <v>778</v>
       </c>
       <c r="E277" s="3">
-        <v>9406.53</v>
+        <v>189.91</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>794</v>
+        <v>779</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>795</v>
+        <v>780</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>796</v>
+        <v>781</v>
       </c>
       <c r="E278" s="3">
-        <v>3934.19</v>
+        <v>896.5</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>797</v>
+        <v>782</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>798</v>
+        <v>783</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>799</v>
+        <v>784</v>
       </c>
       <c r="E279" s="3">
-        <v>3915.05</v>
+        <v>1589.04</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>800</v>
+        <v>785</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>801</v>
+        <v>783</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>802</v>
+        <v>612</v>
       </c>
       <c r="E280" s="3">
-        <v>4708.21</v>
+        <v>10937.8</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>803</v>
+        <v>786</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>804</v>
+        <v>783</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>805</v>
+        <v>787</v>
       </c>
       <c r="E281" s="3">
-        <v>13340.73</v>
+        <v>5335.06</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>806</v>
+        <v>788</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>807</v>
+        <v>783</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>808</v>
+        <v>787</v>
       </c>
       <c r="E282" s="3">
-        <v>7571.83</v>
+        <v>159.39</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>809</v>
+        <v>789</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>810</v>
+        <v>790</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>811</v>
+        <v>791</v>
       </c>
       <c r="E283" s="3">
-        <v>25632.57</v>
+        <v>6153.66</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>812</v>
+        <v>792</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>677</v>
+        <v>793</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>709</v>
+        <v>791</v>
       </c>
       <c r="E284" s="3">
-        <v>7723.1</v>
+        <v>134.39</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>813</v>
+        <v>794</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>814</v>
+        <v>795</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>815</v>
+        <v>687</v>
       </c>
       <c r="E285" s="3">
-        <v>1987.91</v>
+        <v>12170.61</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>816</v>
+        <v>796</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>817</v>
+        <v>777</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>818</v>
+        <v>797</v>
       </c>
       <c r="E286" s="3">
-        <v>474.84</v>
+        <v>130.04</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>819</v>
+        <v>798</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>820</v>
+        <v>799</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>821</v>
+        <v>800</v>
       </c>
       <c r="E287" s="3">
-        <v>102.25</v>
+        <v>1769.61</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>822</v>
+        <v>801</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>677</v>
+        <v>802</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>823</v>
+        <v>803</v>
       </c>
       <c r="E288" s="3">
-        <v>22953.91</v>
+        <v>18102.76</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>824</v>
+        <v>804</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>825</v>
+        <v>805</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>826</v>
+        <v>806</v>
       </c>
       <c r="E289" s="3">
-        <v>4796.86</v>
+        <v>57.9</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>827</v>
+        <v>807</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>828</v>
+        <v>777</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>829</v>
+        <v>808</v>
       </c>
       <c r="E290" s="3">
-        <v>6286.08</v>
+        <v>1188.75</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>830</v>
+        <v>809</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>831</v>
+        <v>810</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>826</v>
+        <v>612</v>
       </c>
       <c r="E291" s="3">
-        <v>196.51</v>
+        <v>636.99</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>832</v>
+        <v>811</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>831</v>
+        <v>812</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>826</v>
+        <v>612</v>
       </c>
       <c r="E292" s="3">
-        <v>196.51</v>
+        <v>205.86</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>833</v>
+        <v>813</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>831</v>
+        <v>777</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>826</v>
+        <v>814</v>
       </c>
       <c r="E293" s="3">
-        <v>216.8</v>
+        <v>213.6</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>834</v>
+        <v>815</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>835</v>
+        <v>816</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>836</v>
+        <v>817</v>
       </c>
       <c r="E294" s="3">
-        <v>15992.32</v>
+        <v>16219.78</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>837</v>
+        <v>818</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>831</v>
+        <v>819</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>838</v>
+        <v>820</v>
       </c>
       <c r="E295" s="3">
-        <v>193.2</v>
+        <v>11.16</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>839</v>
+        <v>821</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>840</v>
+        <v>822</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>838</v>
+        <v>823</v>
       </c>
       <c r="E296" s="3">
-        <v>12905.84</v>
+        <v>28815.36</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>841</v>
+        <v>824</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>842</v>
+        <v>825</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>843</v>
+        <v>826</v>
       </c>
       <c r="E297" s="3">
-        <v>99.42</v>
+        <v>37.34</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>844</v>
+        <v>827</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>845</v>
+        <v>777</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>846</v>
+        <v>828</v>
       </c>
       <c r="E298" s="3">
-        <v>2128.05</v>
+        <v>553.93</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>847</v>
+        <v>829</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>284</v>
+        <v>777</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>848</v>
+        <v>644</v>
       </c>
       <c r="E299" s="3">
-        <v>41.15</v>
+        <v>5161.98</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>849</v>
+        <v>830</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>851</v>
+        <v>832</v>
       </c>
       <c r="E300" s="3">
-        <v>504.53</v>
+        <v>420.27</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>852</v>
+        <v>833</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>853</v>
+        <v>831</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="E301" s="3">
-        <v>3757.83</v>
+        <v>3785.57</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>854</v>
+        <v>835</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>807</v>
+        <v>777</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>855</v>
+        <v>836</v>
       </c>
       <c r="E302" s="3">
-        <v>345.29</v>
+        <v>4814.27</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>856</v>
+        <v>837</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>857</v>
+        <v>777</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>858</v>
+        <v>644</v>
       </c>
       <c r="E303" s="3">
-        <v>1869.73</v>
+        <v>3332.62</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>859</v>
+        <v>838</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>860</v>
+        <v>839</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>861</v>
+        <v>840</v>
       </c>
       <c r="E304" s="3">
-        <v>20502.77</v>
+        <v>3798.72</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>862</v>
+        <v>841</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>860</v>
+        <v>839</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>861</v>
+        <v>644</v>
       </c>
       <c r="E305" s="3">
-        <v>16980.8</v>
+        <v>3949.47</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>863</v>
+        <v>842</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>865</v>
+        <v>844</v>
       </c>
       <c r="E306" s="3">
-        <v>18746.84</v>
+        <v>16278.39</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>866</v>
+        <v>845</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>867</v>
+        <v>846</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="E307" s="3">
-        <v>575.15</v>
+        <v>195.4</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>870</v>
+        <v>849</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>871</v>
+        <v>644</v>
       </c>
       <c r="E308" s="3">
-        <v>25813.44</v>
+        <v>15779.12</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>810</v>
+        <v>851</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>873</v>
+        <v>814</v>
       </c>
       <c r="E309" s="3">
-        <v>21758.89</v>
+        <v>8408.33</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>874</v>
+        <v>852</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>875</v>
+        <v>853</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>861</v>
+        <v>854</v>
       </c>
       <c r="E310" s="3">
-        <v>27770.66</v>
+        <v>10194.38</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>876</v>
+        <v>855</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>877</v>
+        <v>856</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="E311" s="3">
-        <v>5301.27</v>
+        <v>2704.57</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>878</v>
+        <v>858</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>879</v>
+        <v>859</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>880</v>
+        <v>814</v>
       </c>
       <c r="E312" s="3">
-        <v>18047.23</v>
+        <v>22767.56</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>881</v>
+        <v>860</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>882</v>
+        <v>859</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>706</v>
+        <v>861</v>
       </c>
       <c r="E313" s="3">
-        <v>1289.94</v>
+        <v>8728.81</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>883</v>
+        <v>862</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>884</v>
+        <v>863</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>885</v>
+        <v>612</v>
       </c>
       <c r="E314" s="3">
-        <v>375.29</v>
+        <v>297.39</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>886</v>
+        <v>864</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>887</v>
+        <v>865</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>888</v>
+        <v>866</v>
       </c>
       <c r="E315" s="3">
-        <v>14498.04</v>
+        <v>25007.39</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>889</v>
+        <v>867</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>890</v>
+        <v>721</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>891</v>
+        <v>719</v>
       </c>
       <c r="E316" s="3">
-        <v>189.91</v>
+        <v>100.2</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>892</v>
+        <v>868</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>893</v>
+        <v>247</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>894</v>
+        <v>869</v>
       </c>
       <c r="E317" s="3">
-        <v>1009.28</v>
+        <v>1101.22</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>895</v>
+        <v>870</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>896</v>
+        <v>669</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>897</v>
+        <v>871</v>
       </c>
       <c r="E318" s="3">
-        <v>1589.04</v>
+        <v>9810.4</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>898</v>
+        <v>872</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>896</v>
+        <v>873</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>706</v>
+        <v>874</v>
       </c>
       <c r="E319" s="3">
-        <v>10937.8</v>
+        <v>1908.34</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>899</v>
+        <v>875</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>896</v>
+        <v>876</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>900</v>
+        <v>877</v>
       </c>
       <c r="E320" s="3">
-        <v>5335.06</v>
+        <v>7812.39</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>901</v>
+        <v>878</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>896</v>
+        <v>879</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>900</v>
+        <v>644</v>
       </c>
       <c r="E321" s="3">
-        <v>159.39</v>
+        <v>7009.91</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>902</v>
+        <v>880</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>903</v>
+        <v>882</v>
       </c>
       <c r="E322" s="3">
-        <v>1204</v>
+        <v>21021.12</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>904</v>
+        <v>883</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>905</v>
+        <v>884</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>906</v>
+        <v>885</v>
       </c>
       <c r="E323" s="3">
-        <v>6153.66</v>
+        <v>64.79</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>907</v>
+        <v>886</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>908</v>
+        <v>884</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>906</v>
+        <v>887</v>
       </c>
       <c r="E324" s="3">
-        <v>134.39</v>
+        <v>672.32</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>909</v>
+        <v>888</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>910</v>
+        <v>889</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>788</v>
+        <v>890</v>
       </c>
       <c r="E325" s="3">
-        <v>12170.61</v>
+        <v>671.21</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>912</v>
+        <v>893</v>
       </c>
       <c r="E326" s="3">
-        <v>130.04</v>
+        <v>2362.31</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>913</v>
+        <v>894</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>914</v>
+        <v>895</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>915</v>
+        <v>896</v>
       </c>
       <c r="E327" s="3">
-        <v>2315.61</v>
+        <v>2850.53</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>916</v>
+        <v>897</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>917</v>
+        <v>898</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>918</v>
+        <v>899</v>
       </c>
       <c r="E328" s="3">
-        <v>18102.76</v>
+        <v>259.12</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>919</v>
+        <v>900</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>920</v>
+        <v>901</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>921</v>
+        <v>902</v>
       </c>
       <c r="E329" s="3">
-        <v>57.9</v>
+        <v>2460.78</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>922</v>
+        <v>903</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>890</v>
+        <v>904</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>923</v>
+        <v>905</v>
       </c>
       <c r="E330" s="3">
-        <v>1715.75</v>
+        <v>562.94</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>924</v>
+        <v>906</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>925</v>
+        <v>907</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>706</v>
+        <v>908</v>
       </c>
       <c r="E331" s="3">
-        <v>636.99</v>
+        <v>83.3</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>926</v>
+        <v>909</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>927</v>
+        <v>910</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>706</v>
+        <v>911</v>
       </c>
       <c r="E332" s="3">
-        <v>205.86</v>
+        <v>1543.48</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>928</v>
+        <v>912</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>879</v>
+        <v>913</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>929</v>
+        <v>914</v>
       </c>
       <c r="E333" s="3">
-        <v>25646.4</v>
+        <v>96.05</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>930</v>
+        <v>915</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>890</v>
+        <v>916</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>751</v>
+        <v>917</v>
       </c>
       <c r="E334" s="3">
-        <v>213.6</v>
+        <v>1468.28</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>931</v>
+        <v>918</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>932</v>
+        <v>919</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>933</v>
+        <v>920</v>
       </c>
       <c r="E335" s="3">
-        <v>16219.78</v>
+        <v>3663.71</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>934</v>
+        <v>921</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>677</v>
+        <v>922</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>935</v>
+        <v>923</v>
       </c>
       <c r="E336" s="3">
-        <v>15304.85</v>
+        <v>45.93</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>936</v>
+        <v>924</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>937</v>
+        <v>925</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>938</v>
+        <v>885</v>
       </c>
       <c r="E337" s="3">
-        <v>291.16</v>
+        <v>507.82</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>939</v>
+        <v>926</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>940</v>
+        <v>927</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>941</v>
+        <v>928</v>
       </c>
       <c r="E338" s="3">
-        <v>28815.36</v>
+        <v>659.69</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>942</v>
+        <v>929</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>943</v>
+        <v>927</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>944</v>
+        <v>930</v>
       </c>
       <c r="E339" s="3">
-        <v>6735.13</v>
+        <v>2531.7</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>945</v>
+        <v>931</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>946</v>
+        <v>932</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>947</v>
+        <v>933</v>
       </c>
       <c r="E340" s="3">
-        <v>230.19</v>
+        <v>13837.87</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>948</v>
+        <v>934</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>751</v>
+        <v>936</v>
       </c>
       <c r="E341" s="3">
-        <v>229.2</v>
+        <v>23.65</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>949</v>
+        <v>937</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>951</v>
+        <v>939</v>
       </c>
       <c r="E342" s="3">
-        <v>37.34</v>
+        <v>1165.39</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>952</v>
+        <v>940</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>890</v>
+        <v>941</v>
       </c>
       <c r="C343" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>953</v>
+        <v>942</v>
       </c>
       <c r="E343" s="3">
-        <v>553.93</v>
+        <v>470.48</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>954</v>
+        <v>943</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>890</v>
+        <v>944</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>740</v>
+        <v>945</v>
       </c>
       <c r="E344" s="3">
-        <v>5161.98</v>
+        <v>209.11</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>955</v>
+        <v>946</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>956</v>
+        <v>944</v>
       </c>
       <c r="C345" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>957</v>
+        <v>947</v>
       </c>
       <c r="E345" s="3">
-        <v>678.27</v>
+        <v>18.31</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>958</v>
+        <v>948</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>956</v>
+        <v>949</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>959</v>
+        <v>950</v>
       </c>
       <c r="E346" s="3">
-        <v>4043.57</v>
+        <v>255.76</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>960</v>
+        <v>951</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>890</v>
+        <v>952</v>
       </c>
       <c r="C347" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>961</v>
+        <v>953</v>
       </c>
       <c r="E347" s="3">
-        <v>4814.27</v>
+        <v>84.8</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>962</v>
+        <v>954</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>890</v>
+        <v>952</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>740</v>
+        <v>953</v>
       </c>
       <c r="E348" s="3">
-        <v>3332.62</v>
+        <v>84.8</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>963</v>
+        <v>955</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>964</v>
+        <v>952</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>965</v>
+        <v>953</v>
       </c>
       <c r="E349" s="3">
-        <v>3798.72</v>
+        <v>42.83</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>966</v>
+        <v>956</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>964</v>
+        <v>810</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>740</v>
+        <v>957</v>
       </c>
       <c r="E350" s="3">
-        <v>3949.47</v>
+        <v>21938.65</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>967</v>
+        <v>958</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>145</v>
+        <v>959</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="E351" s="3">
-        <v>50627.52</v>
+        <v>1063.63</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>145</v>
+        <v>364</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>740</v>
+        <v>957</v>
       </c>
       <c r="E352" s="3">
-        <v>11767.84</v>
+        <v>94.88</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>971</v>
+        <v>963</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>972</v>
+        <v>644</v>
       </c>
       <c r="E353" s="3">
-        <v>16278.39</v>
+        <v>623.78</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>973</v>
+        <v>964</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>974</v>
+        <v>963</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>975</v>
+        <v>644</v>
       </c>
       <c r="E354" s="3">
-        <v>195.4</v>
+        <v>549.87</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>976</v>
+        <v>965</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>977</v>
+        <v>963</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>978</v>
+        <v>966</v>
       </c>
       <c r="E355" s="3">
-        <v>309.03</v>
+        <v>2099.72</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>980</v>
+        <v>963</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>981</v>
+        <v>644</v>
       </c>
       <c r="E356" s="3">
-        <v>40178.09</v>
+        <v>147.94</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>982</v>
+        <v>968</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>943</v>
+        <v>963</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>983</v>
+        <v>644</v>
       </c>
       <c r="E357" s="3">
-        <v>8042.15</v>
+        <v>123.74</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>984</v>
+        <v>969</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>985</v>
+        <v>970</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>740</v>
+        <v>971</v>
       </c>
       <c r="E358" s="3">
-        <v>15779.12</v>
+        <v>2327.55</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>986</v>
+        <v>972</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>987</v>
+        <v>973</v>
       </c>
       <c r="C359" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>751</v>
+        <v>974</v>
       </c>
       <c r="E359" s="3">
-        <v>8408.33</v>
+        <v>11726.85</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>988</v>
+        <v>975</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>989</v>
+        <v>976</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>990</v>
+        <v>885</v>
       </c>
       <c r="E360" s="3">
-        <v>10832.38</v>
+        <v>2.59</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>991</v>
+        <v>977</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>992</v>
+        <v>976</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>993</v>
+        <v>885</v>
       </c>
       <c r="E361" s="3">
-        <v>2896.57</v>
+        <v>2.77</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>994</v>
+        <v>978</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>995</v>
+        <v>979</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>751</v>
+        <v>980</v>
       </c>
       <c r="E362" s="3">
-        <v>22767.56</v>
+        <v>1058.56</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>996</v>
+        <v>981</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>995</v>
+        <v>982</v>
       </c>
       <c r="C363" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>997</v>
+        <v>983</v>
       </c>
       <c r="E363" s="3">
-        <v>8728.81</v>
+        <v>1783.55</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>998</v>
+        <v>984</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>999</v>
+        <v>985</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>706</v>
+        <v>986</v>
       </c>
       <c r="E364" s="3">
-        <v>297.39</v>
+        <v>20816.09</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>1000</v>
+        <v>987</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>1001</v>
+        <v>988</v>
       </c>
       <c r="C365" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1002</v>
+        <v>989</v>
       </c>
       <c r="E365" s="3">
-        <v>25007.39</v>
+        <v>18886.11</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>1003</v>
+        <v>990</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>828</v>
+        <v>991</v>
       </c>
       <c r="C366" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>826</v>
+        <v>992</v>
       </c>
       <c r="E366" s="3">
-        <v>100.2</v>
+        <v>8894.12</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>1004</v>
+        <v>993</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>284</v>
+        <v>994</v>
       </c>
       <c r="C367" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>1005</v>
+        <v>995</v>
       </c>
       <c r="E367" s="3">
-        <v>1101.22</v>
+        <v>32566.31</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>1006</v>
+        <v>996</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>770</v>
+        <v>997</v>
       </c>
       <c r="C368" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>1007</v>
+        <v>998</v>
       </c>
       <c r="E368" s="3">
-        <v>9810.4</v>
+        <v>15379.9</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>1009</v>
+        <v>1000</v>
       </c>
       <c r="C369" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="E369" s="3">
-        <v>1908.34</v>
+        <v>4332.61</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>1011</v>
+        <v>1002</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>1012</v>
+        <v>777</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
       <c r="E370" s="3">
-        <v>8772.39</v>
+        <v>8770.42</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>1015</v>
+        <v>1005</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>1016</v>
+        <v>885</v>
       </c>
       <c r="E371" s="3">
-        <v>0.74</v>
+        <v>82.24</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>1017</v>
+        <v>1006</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>1015</v>
+        <v>1007</v>
       </c>
       <c r="C372" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>1018</v>
+        <v>1008</v>
       </c>
       <c r="E372" s="3">
-        <v>34.79</v>
+        <v>67.77</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>1019</v>
+        <v>1009</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>1015</v>
+        <v>1010</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>1020</v>
+        <v>885</v>
       </c>
       <c r="E373" s="3">
-        <v>1.37</v>
+        <v>2984.09</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>1021</v>
+        <v>1011</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="E374" s="3">
-        <v>0.74</v>
+        <v>98.5</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>1022</v>
+        <v>1014</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>1023</v>
+        <v>1015</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>740</v>
+        <v>1016</v>
       </c>
       <c r="E375" s="3">
-        <v>7009.91</v>
+        <v>4959.53</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>1024</v>
+        <v>1017</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>1025</v>
+        <v>1018</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="E376" s="3">
-        <v>999.15</v>
+        <v>7852.86</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>1028</v>
+        <v>1021</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="E377" s="3">
-        <v>114.2</v>
+        <v>22202.19</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>1030</v>
+        <v>1023</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>1031</v>
+        <v>1024</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1032</v>
+        <v>1025</v>
       </c>
       <c r="E378" s="3">
-        <v>21021.12</v>
+        <v>1828.02</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>1033</v>
+        <v>1026</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>1034</v>
+        <v>898</v>
       </c>
       <c r="C379" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>1035</v>
+        <v>1027</v>
       </c>
       <c r="E379" s="3">
-        <v>64.79</v>
+        <v>548.06</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>1036</v>
+        <v>1028</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>1034</v>
+        <v>938</v>
       </c>
       <c r="C380" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>1037</v>
+        <v>1029</v>
       </c>
       <c r="E380" s="3">
-        <v>672.32</v>
+        <v>759</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>1038</v>
+        <v>1030</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>1039</v>
+        <v>1031</v>
       </c>
       <c r="C381" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>1040</v>
+        <v>947</v>
       </c>
       <c r="E381" s="3">
-        <v>671.21</v>
+        <v>6532.09</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>1041</v>
+        <v>1032</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>1042</v>
+        <v>1033</v>
       </c>
       <c r="C382" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>1043</v>
+        <v>1034</v>
       </c>
       <c r="E382" s="3">
-        <v>2362.31</v>
+        <v>10191.89</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>1045</v>
+        <v>1036</v>
       </c>
       <c r="C383" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>1046</v>
+        <v>947</v>
       </c>
       <c r="E383" s="3">
-        <v>2850.53</v>
+        <v>1015.15</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>1047</v>
+        <v>1037</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>1048</v>
+        <v>1038</v>
       </c>
       <c r="C384" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>1049</v>
+        <v>1039</v>
       </c>
       <c r="E384" s="3">
-        <v>259.12</v>
+        <v>461.89</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>1050</v>
+        <v>1040</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>1051</v>
+        <v>1041</v>
       </c>
       <c r="C385" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>1052</v>
+        <v>1042</v>
       </c>
       <c r="E385" s="3">
-        <v>2460.78</v>
+        <v>734.14</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>1053</v>
+        <v>1043</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>1054</v>
+        <v>1044</v>
       </c>
       <c r="C386" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>1055</v>
+        <v>1045</v>
       </c>
       <c r="E386" s="3">
-        <v>562.94</v>
+        <v>35.11</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>1056</v>
+        <v>1046</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>1057</v>
+        <v>1047</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>1058</v>
+        <v>1048</v>
       </c>
       <c r="E387" s="3">
-        <v>80.98</v>
+        <v>2641.59</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>1059</v>
+        <v>1049</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>1060</v>
+        <v>1050</v>
       </c>
       <c r="C388" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1061</v>
+        <v>1051</v>
       </c>
       <c r="E388" s="3">
-        <v>223.3</v>
+        <v>1584.47</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>1062</v>
+        <v>1052</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>1063</v>
+        <v>1053</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1064</v>
+        <v>1054</v>
       </c>
       <c r="E389" s="3">
-        <v>2017.48</v>
+        <v>1328.71</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>1065</v>
+        <v>1055</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>1066</v>
+        <v>1056</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1067</v>
+        <v>1057</v>
       </c>
       <c r="E390" s="3">
-        <v>96.05</v>
+        <v>479.04</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>1068</v>
+        <v>1058</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>1069</v>
+        <v>1059</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1070</v>
+        <v>1060</v>
       </c>
       <c r="E391" s="3">
-        <v>1568.28</v>
+        <v>2070.38</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>1071</v>
+        <v>1061</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>1072</v>
+        <v>1062</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1073</v>
+        <v>1063</v>
       </c>
       <c r="E392" s="3">
-        <v>4483.71</v>
+        <v>336.13</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>1074</v>
+        <v>1064</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>1075</v>
+        <v>1066</v>
       </c>
       <c r="E393" s="3">
-        <v>45.93</v>
+        <v>6651.35</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>1076</v>
+        <v>1067</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>1077</v>
+        <v>1068</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>1035</v>
+        <v>1069</v>
       </c>
       <c r="E394" s="3">
-        <v>507.82</v>
+        <v>1415.96</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>1078</v>
+        <v>1070</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>1080</v>
+        <v>1072</v>
       </c>
       <c r="E395" s="3">
-        <v>1014.66</v>
+        <v>5.24</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>1082</v>
+        <v>1075</v>
       </c>
       <c r="E396" s="3">
-        <v>2904.58</v>
+        <v>1603.37</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>1085</v>
+        <v>1078</v>
       </c>
       <c r="E397" s="3">
-        <v>13837.87</v>
+        <v>1154.88</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>1086</v>
+        <v>1079</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>1087</v>
+        <v>1080</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="E398" s="3">
-        <v>23.65</v>
+        <v>162.21</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>1089</v>
+        <v>1082</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>1090</v>
+        <v>1083</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>1091</v>
+        <v>1084</v>
       </c>
       <c r="E399" s="3">
-        <v>1165.39</v>
+        <v>2663.48</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>1092</v>
+        <v>1085</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>1093</v>
+        <v>1086</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>1094</v>
+        <v>1087</v>
       </c>
       <c r="E400" s="3">
-        <v>610.48</v>
+        <v>469.76</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>1095</v>
+        <v>1088</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>1096</v>
+        <v>1086</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="E401" s="3">
-        <v>209.11</v>
+        <v>76.36</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>1098</v>
+        <v>1090</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>1096</v>
+        <v>67</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
       <c r="E402" s="3">
-        <v>18.31</v>
+        <v>1820.59</v>
       </c>
       <c r="F402" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>1100</v>
+        <v>1092</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>1101</v>
+        <v>1093</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1102</v>
+        <v>1094</v>
       </c>
       <c r="E403" s="3">
-        <v>255.76</v>
+        <v>612.36</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>1103</v>
+        <v>1095</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>1104</v>
+        <v>1093</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1105</v>
+        <v>1096</v>
       </c>
       <c r="E404" s="3">
-        <v>84.8</v>
+        <v>1513.5</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>1106</v>
+        <v>1097</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1105</v>
+        <v>1099</v>
       </c>
       <c r="E405" s="3">
-        <v>84.8</v>
+        <v>578.81</v>
       </c>
       <c r="F405" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="E406" s="3">
-        <v>42.83</v>
+        <v>2603.54</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>1108</v>
+        <v>1102</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>925</v>
+        <v>1103</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
       <c r="E407" s="3">
-        <v>21938.65</v>
+        <v>204.69</v>
       </c>
       <c r="F407" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="E408" s="3">
-        <v>1109.04</v>
+        <v>401.66</v>
       </c>
       <c r="F408" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>410</v>
+        <v>322</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="E409" s="3">
-        <v>110.92</v>
+        <v>1610.51</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>410</v>
+        <v>1111</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="E410" s="3">
-        <v>120.5</v>
+        <v>114.04</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>1117</v>
+        <v>1111</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>740</v>
+        <v>1114</v>
       </c>
       <c r="E411" s="3">
-        <v>623.78</v>
+        <v>1272.12</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="B412" s="0" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C412" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D412" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="C412" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E412" s="3">
-        <v>549.87</v>
+        <v>502.77</v>
       </c>
       <c r="F412" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B413" s="0" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C413" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D413" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="B413" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E413" s="3">
-        <v>2099.72</v>
+        <v>29.71</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="C414" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>740</v>
+        <v>1119</v>
       </c>
       <c r="E414" s="3">
-        <v>147.94</v>
+        <v>21.15</v>
       </c>
       <c r="F414" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B415" s="0" t="s">
         <v>1122</v>
       </c>
-      <c r="B415" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C415" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>740</v>
+        <v>1123</v>
       </c>
       <c r="E415" s="3">
-        <v>123.74</v>
+        <v>2567.3</v>
       </c>
       <c r="F415" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="E416" s="3">
-        <v>3327.55</v>
+        <v>91.01</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="C417" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="E417" s="3">
-        <v>12026.85</v>
+        <v>77.63</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C418" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>1035</v>
+        <v>1132</v>
       </c>
       <c r="E418" s="3">
-        <v>2.59</v>
+        <v>2289.19</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>1130</v>
+        <v>67</v>
       </c>
       <c r="C419" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1035</v>
+        <v>1134</v>
       </c>
       <c r="E419" s="3">
-        <v>2.77</v>
+        <v>163.23</v>
       </c>
       <c r="F419" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>1133</v>
+        <v>67</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="E420" s="3">
-        <v>1058.56</v>
+        <v>794.06</v>
       </c>
       <c r="F420" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>1136</v>
+        <v>218</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="E421" s="3">
-        <v>2363.55</v>
+        <v>990.98</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B422" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C422" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D422" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="B422" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E422" s="3">
-        <v>20816.09</v>
+        <v>1007.85</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B423" s="0" t="s">
         <v>1141</v>
       </c>
-      <c r="B423" s="0" t="s">
+      <c r="C423" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D423" s="1" t="s">
         <v>1142</v>
       </c>
-      <c r="C423" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E423" s="3">
-        <v>18886.11</v>
+        <v>8713.76</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B424" s="0" t="s">
         <v>1144</v>
       </c>
-      <c r="B424" s="0" t="s">
+      <c r="C424" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D424" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="C424" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E424" s="3">
-        <v>8894.12</v>
+        <v>7505.49</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B425" s="0" t="s">
         <v>1147</v>
       </c>
-      <c r="B425" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C425" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D425" s="1" t="s">
+      <c r="D425" s="0" t="s">
         <v>1148</v>
       </c>
       <c r="E425" s="3">
-        <v>706.8</v>
+        <v>22.83</v>
       </c>
       <c r="F425" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
         <v>1149</v>
       </c>
       <c r="B426" s="0" t="s">
         <v>1150</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D426" s="1" t="s">
+      <c r="D426" s="0" t="s">
         <v>1151</v>
       </c>
       <c r="E426" s="3">
-        <v>32566.31</v>
+        <v>506.03</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
         <v>1152</v>
       </c>
       <c r="B427" s="0" t="s">
         <v>1153</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D427" s="1" t="s">
-        <v>1154</v>
+      <c r="D427" s="0" t="s">
+        <v>1148</v>
       </c>
       <c r="E427" s="3">
-        <v>15379.9</v>
+        <v>672.25</v>
       </c>
       <c r="F427" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B428" s="0" t="s">
         <v>1155</v>
       </c>
-      <c r="B428" s="0" t="s">
+      <c r="C428" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D428" s="0" t="s">
         <v>1156</v>
       </c>
-      <c r="C428" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E428" s="3">
-        <v>4332.61</v>
+        <v>36.49</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B429" s="0" t="s">
         <v>1158</v>
       </c>
-      <c r="B429" s="0" t="s">
+      <c r="C429" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D429" s="0" t="s">
         <v>1159</v>
       </c>
-      <c r="C429" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E429" s="3">
-        <v>0.95</v>
+        <v>377.12</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B430" s="0" t="s">
         <v>1161</v>
       </c>
-      <c r="B430" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C430" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D430" s="1" t="s">
+      <c r="D430" s="0" t="s">
         <v>1162</v>
       </c>
       <c r="E430" s="3">
-        <v>8770.42</v>
+        <v>51.59</v>
       </c>
       <c r="F430" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
         <v>1163</v>
       </c>
       <c r="B431" s="0" t="s">
         <v>1164</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D431" s="1" t="s">
-        <v>1035</v>
+      <c r="D431" s="0" t="s">
+        <v>1165</v>
       </c>
       <c r="E431" s="3">
-        <v>82.24</v>
+        <v>51.97</v>
       </c>
       <c r="F431" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>879</v>
+        <v>1167</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D432" s="1" t="s">
-        <v>1166</v>
+      <c r="D432" s="0" t="s">
+        <v>1148</v>
       </c>
       <c r="E432" s="3">
-        <v>31123.42</v>
+        <v>168.07</v>
       </c>
       <c r="F432" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D433" s="1" t="s">
-        <v>1169</v>
+      <c r="D433" s="0" t="s">
+        <v>1170</v>
       </c>
       <c r="E433" s="3">
-        <v>67.77</v>
+        <v>419.74</v>
       </c>
       <c r="F433" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>1171</v>
+        <v>15</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D434" s="1" t="s">
-        <v>1099</v>
+      <c r="D434" s="0" t="s">
+        <v>1172</v>
       </c>
       <c r="E434" s="3">
-        <v>0.36</v>
+        <v>286.14</v>
       </c>
       <c r="F434" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D435" s="1" t="s">
-        <v>1035</v>
+      <c r="D435" s="0" t="s">
+        <v>1174</v>
       </c>
       <c r="E435" s="3">
-        <v>2984.09</v>
+        <v>1625.09</v>
       </c>
       <c r="F435" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D436" s="1" t="s">
-        <v>1176</v>
+      <c r="D436" s="0" t="s">
+        <v>1148</v>
       </c>
       <c r="E436" s="3">
-        <v>98.5</v>
+        <v>1539.14</v>
       </c>
       <c r="F436" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
         <v>1177</v>
       </c>
       <c r="B437" s="0" t="s">
         <v>1178</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D437" s="1" t="s">
+      <c r="D437" s="0" t="s">
         <v>1179</v>
       </c>
       <c r="E437" s="3">
-        <v>5659.53</v>
+        <v>296.42</v>
       </c>
       <c r="F437" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
         <v>1180</v>
       </c>
       <c r="B438" s="0" t="s">
         <v>1181</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="E438" s="3">
-        <v>7852.86</v>
+        <v>3778.14</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
         <v>1183</v>
       </c>
       <c r="B439" s="0" t="s">
         <v>1184</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="E439" s="3">
-        <v>22202.19</v>
+        <v>1865.79</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>10</v>
-[...1378 lines deleted...]
-      <c r="F508" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -15234,101 +13246,32 @@
     <hyperlink ref="F415" r:id="rId415"/>
     <hyperlink ref="F416" r:id="rId416"/>
     <hyperlink ref="F417" r:id="rId417"/>
     <hyperlink ref="F418" r:id="rId418"/>
     <hyperlink ref="F419" r:id="rId419"/>
     <hyperlink ref="F420" r:id="rId420"/>
     <hyperlink ref="F421" r:id="rId421"/>
     <hyperlink ref="F422" r:id="rId422"/>
     <hyperlink ref="F423" r:id="rId423"/>
     <hyperlink ref="F424" r:id="rId424"/>
     <hyperlink ref="F425" r:id="rId425"/>
     <hyperlink ref="F426" r:id="rId426"/>
     <hyperlink ref="F427" r:id="rId427"/>
     <hyperlink ref="F428" r:id="rId428"/>
     <hyperlink ref="F429" r:id="rId429"/>
     <hyperlink ref="F430" r:id="rId430"/>
     <hyperlink ref="F431" r:id="rId431"/>
     <hyperlink ref="F432" r:id="rId432"/>
     <hyperlink ref="F433" r:id="rId433"/>
     <hyperlink ref="F434" r:id="rId434"/>
     <hyperlink ref="F435" r:id="rId435"/>
     <hyperlink ref="F436" r:id="rId436"/>
     <hyperlink ref="F437" r:id="rId437"/>
     <hyperlink ref="F438" r:id="rId438"/>
     <hyperlink ref="F439" r:id="rId439"/>
-    <hyperlink ref="F440" r:id="rId440"/>
-[...67 lines deleted...]
-    <hyperlink ref="F508" r:id="rId508"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>