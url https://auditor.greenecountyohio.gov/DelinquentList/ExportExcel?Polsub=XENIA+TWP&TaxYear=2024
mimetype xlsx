--- v0 (2025-10-15)
+++ v1 (2026-03-17)
@@ -5,233 +5,419 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="303">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>M36-0001-0002-0-0037-00</t>
+  </si>
+  <si>
+    <t>SHAVER FRANKIE L &amp; WENDY D LANDON</t>
+  </si>
+  <si>
+    <t>XENIA COMMUNITY CSD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2901 W ENON RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
+    <t>M36-0001-0002-0-0046-00</t>
+  </si>
+  <si>
+    <t>PATE HOWARD &amp; WANDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2993 W ENON RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0001-0005-0-0009-00</t>
+  </si>
+  <si>
+    <t>DARBY HAROLD &amp; MILDRED TRUSTEES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3191 SR 235  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0001-0006-0-0060-00</t>
+  </si>
+  <si>
+    <t>WILLIAMS BRYAN DAVID &amp; CLAUDIA LAURA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2185 SR 235  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0001-0008-0-0053-00</t>
+  </si>
+  <si>
+    <t>LFG PROPERTY INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2448 SUTTON RD  
+YELLOW SPRINGS OH 45387</t>
+  </si>
+  <si>
     <t>M36-0001-0013-0-0082-00</t>
   </si>
   <si>
     <t>LONG JOHN D</t>
   </si>
   <si>
-    <t>XENIA COMMUNITY CSD</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">2071 US 68 N 
 XENIA OH 45385</t>
   </si>
   <si>
-    <t>View</t>
-[...1 lines deleted...]
-  <si>
     <t>M36-0001-0013-0-0102-00</t>
   </si>
   <si>
     <t>MAZOUZ SAID &amp; CO OP FIRST LLC</t>
   </si>
   <si>
     <t xml:space="preserve">112 BRUSH ROW RD  
 XENIA OH 45385</t>
   </si>
   <si>
+    <t>M36-0001-0013-0-0108-00</t>
+  </si>
+  <si>
+    <t>HARNER NANCY SAMALENE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2129 US 68 N 
+XENIA OH 45385</t>
+  </si>
+  <si>
     <t>M36-0001-0014-1-0001-00</t>
   </si>
   <si>
     <t>SALYERS TABITHA M</t>
   </si>
   <si>
     <t xml:space="preserve">270 KINSEY RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0001-0014-1-0003-00</t>
   </si>
   <si>
     <t>MINER PAUL W &amp; CHERYL D LOUDERBACK</t>
   </si>
   <si>
     <t xml:space="preserve">254 KINSEY RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0001-0014-1-0273-00</t>
   </si>
   <si>
     <t>RUSSELL ZEBULON L</t>
   </si>
   <si>
     <t xml:space="preserve">51 TEMPLE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0001-0014-2-0039-00</t>
   </si>
   <si>
     <t>WIEDENHEFT MAX L</t>
   </si>
   <si>
     <t xml:space="preserve">119 PURCELL AVE  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0001-0015-0-0008-00</t>
   </si>
   <si>
-    <t>STATE OF OHIO</t>
+    <t>CLOUD JOE L JR</t>
   </si>
   <si>
     <t xml:space="preserve">HAWKINS RD  
 </t>
   </si>
   <si>
     <t>M36-0001-0016-0-0009-00</t>
   </si>
   <si>
     <t>PIATT SETH L</t>
   </si>
   <si>
     <t xml:space="preserve">870 DAYTON XENIA RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0001-0020-0-0028-00</t>
   </si>
   <si>
     <t>PACE KENNETH E</t>
   </si>
   <si>
     <t xml:space="preserve">1140 HEDGES RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0001-0022-0-0047-00</t>
   </si>
   <si>
-    <t>REED LISA SUE</t>
+    <t>J MAPLE HOMES LIMITED (OHIO)</t>
   </si>
   <si>
     <t xml:space="preserve">212 ROBERT LN  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0024-0-0002-00</t>
+  </si>
+  <si>
+    <t>IVP OH PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">893 LOWER BELLBROOK RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0025-0-0054-00</t>
   </si>
   <si>
     <t>LENGADE SAMEER &amp; VALENDA</t>
   </si>
   <si>
     <t xml:space="preserve">LEWIS CREEK CT  
 </t>
   </si>
   <si>
+    <t>M36-0002-0025-0-0056-00</t>
+  </si>
+  <si>
+    <t>MILLER STEPHEN C TRUSTEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">928 LEWIS CREEK CT  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0026-3-0007-00</t>
+  </si>
+  <si>
+    <t>KERNS DESTINY &amp; ANDREW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">184 ANN DR  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0026-3-0015-00</t>
+  </si>
+  <si>
+    <t>OSBORNE DONALD B &amp; MICHELLE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">990 JANE AVE  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0026-3-0067-00</t>
+  </si>
+  <si>
+    <t>HEWITT JULIE A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1010 WHITESTONE RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
     <t>M36-0002-0026-3-0097-00</t>
   </si>
   <si>
     <t>BOTTORFF THOMAS N</t>
   </si>
   <si>
     <t xml:space="preserve">292 WINDING TRL  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0026-3-0114-00</t>
+  </si>
+  <si>
+    <t>FREEMAN TYRONE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">424 WINDING TRL  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0026-3-0155-00</t>
+  </si>
+  <si>
+    <t>MCCARTY AUGUSTUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">455 LAMPLIGHTER PL  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0026-3-0184-00</t>
+  </si>
+  <si>
+    <t>MORRIS MARY L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">995 OAK DALE DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0027-0-0018-00</t>
   </si>
   <si>
     <t>MARTIN DOROTHY J GARDNER &amp; CHARLES WORTH MARTIN</t>
   </si>
   <si>
     <t xml:space="preserve">1382 GARCIA DR  
 WILBERFORCE OH 45384</t>
   </si>
   <si>
+    <t>M36-0002-0027-0-0023-00</t>
+  </si>
+  <si>
+    <t>EMBRY GENEVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1140 BRUSH ROW RD  
+</t>
+  </si>
+  <si>
     <t>M36-0002-0027-0-0024-00</t>
+  </si>
+  <si>
+    <t>STATE OF OHIO</t>
   </si>
   <si>
     <t xml:space="preserve">1144 BRUSH ROW RD  
 </t>
   </si>
   <si>
+    <t>M36-0002-0027-0-0038-00</t>
+  </si>
+  <si>
+    <t>CENTRAL STATE UNIVERSITY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1400 BRUSH ROW RD  
+WILBERFORCE OH 45384</t>
+  </si>
+  <si>
+    <t>M36-0002-0027-0-0041-00</t>
+  </si>
+  <si>
+    <t>CENTRAL STATE COLLEGE</t>
+  </si>
+  <si>
+    <t>M36-0002-0027-0-0047-00</t>
+  </si>
+  <si>
+    <t>WHITE MC NEIL C &amp; BETTY E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRUSH ROW RD  
+</t>
+  </si>
+  <si>
     <t>M36-0002-0027-0-0048-00</t>
-  </si>
-[...1 lines deleted...]
-    <t>WHITE MC NEIL C &amp; BETTY E</t>
   </si>
   <si>
     <t xml:space="preserve">1193 BRUSH ROW RD  
 WILBERFORCE OH 45384</t>
   </si>
   <si>
     <t>M36-0002-0027-0-0059-00</t>
   </si>
   <si>
     <t>COLLINI HEATHER</t>
   </si>
   <si>
     <t xml:space="preserve">1295 BRUSH ROW RD  
 WILBERFORCE OH 45384</t>
   </si>
   <si>
+    <t>M36-0002-0027-0-0061-00</t>
+  </si>
+  <si>
+    <t>WILBERFORCE UNIVERSITY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1279 WILBERFORCE CLIFTON RD  
+WILBERFORCE OH 45384</t>
+  </si>
+  <si>
     <t>M36-0002-0027-0-0064-00</t>
   </si>
   <si>
     <t>JACKSON JOSHUA</t>
   </si>
   <si>
     <t xml:space="preserve">1304 WILBERFORCE CLIFTON RD  
 WILBERFORCE OH 45384</t>
   </si>
   <si>
     <t>M36-0002-0027-0-0068-00</t>
   </si>
   <si>
     <t>PROJECT ONE GLOBE LLC</t>
   </si>
   <si>
     <t xml:space="preserve">SHORTER AVE  
 WILBERFORCE OH 45384</t>
   </si>
   <si>
     <t>M36-0002-0027-0-0069-00</t>
   </si>
   <si>
     <t xml:space="preserve">SHORTER AVE  
 </t>
@@ -241,203 +427,288 @@
   </si>
   <si>
     <t>GARDNER WILLIAM &amp; DOROTHY</t>
   </si>
   <si>
     <t xml:space="preserve">WILBERFORCE CLIFTON RD  
 </t>
   </si>
   <si>
     <t>M36-0002-0027-0-0079-00</t>
   </si>
   <si>
     <t>JACKSON MR JOSHUA</t>
   </si>
   <si>
     <t xml:space="preserve">1217 WILBERFORCE CLIFTON RD  
 WILBERFORCE OH 45384</t>
   </si>
   <si>
     <t>M36-0002-0027-0-0080-00</t>
   </si>
   <si>
     <t>M36-0002-0027-0-0081-00</t>
   </si>
   <si>
+    <t>BRADLEY JACQUELINE F</t>
+  </si>
+  <si>
+    <t>M36-0002-0027-0-0108-00</t>
+  </si>
+  <si>
+    <t>GARDNER DOROTHY J &amp; HENRY EARL HOLLIDAY</t>
+  </si>
+  <si>
     <t>M36-0002-0027-0-0109-00</t>
   </si>
   <si>
     <t>GARDNER DOROTHY J &amp; HENRY E HOLLIDAY</t>
   </si>
   <si>
     <t>M36-0002-0027-0-0111-00</t>
   </si>
   <si>
-    <t xml:space="preserve">BRUSH ROW RD  
+    <t>M36-0002-0027-0-0112-00</t>
+  </si>
+  <si>
+    <t>M36-0002-0027-0-0125-00</t>
+  </si>
+  <si>
+    <t>EMBRY GENEVA MAE &amp; HELEN LOUISE</t>
+  </si>
+  <si>
+    <t>M36-0002-0027-1-0012-00</t>
+  </si>
+  <si>
+    <t>JENNINGS CHRISTIE M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1975 CLARK RUN RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0027-1-0054-00</t>
+  </si>
+  <si>
+    <t>R/K HOME RENOVATIONS LLC (OHIO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1830 WILBERFORCE CLIFTON RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0028-0-0008-00</t>
+  </si>
+  <si>
+    <t>PADGETT JAMES A &amp; JOAN M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MCGINNIS DR  
 </t>
-  </si>
-[...17 lines deleted...]
-XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0028-0-0041-00</t>
   </si>
   <si>
     <t>PITRE HURIST P JR &amp; MARGARET E</t>
   </si>
   <si>
     <t xml:space="preserve">US 42 E 
 </t>
   </si>
   <si>
     <t>M36-0002-0028-0-0063-00</t>
   </si>
   <si>
     <t>ROYAL MYCHAL &amp; PHILLIP ROYAL &amp; RYANNE ROYAL ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">1210 US 42 E 
 WILBERFORCE OH 45384</t>
   </si>
   <si>
     <t>M36-0002-0028-0-0082-00</t>
   </si>
   <si>
-    <t>PADGETT JAMES A &amp; JOAN M</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">1220 MCGINNIS DR  
 WILBERFORCE OH 45384</t>
   </si>
   <si>
     <t>M36-0002-0028-0-0092-00</t>
   </si>
   <si>
     <t xml:space="preserve">STOVER DR  
 </t>
   </si>
   <si>
-    <t>M36-0002-0028-0-0144-00</t>
-[...2 lines deleted...]
-    <t>TISDALE BRANDON</t>
+    <t>M36-0002-0028-0-0128-00</t>
+  </si>
+  <si>
+    <t>COLE RANCHES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">890 BOOKER DR  
+WILBERFORCE OH 45384</t>
+  </si>
+  <si>
+    <t>M36-0002-0028-0-0132-00</t>
+  </si>
+  <si>
+    <t>FLETCHER GEORGE N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1258 CARVER CT  
+WILBERFORCE OH 45384</t>
+  </si>
+  <si>
+    <t>M36-0002-0028-0-0134-00</t>
+  </si>
+  <si>
+    <t>COLE TRENT J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">945 BOOKER DR  
+WILBERFORCE OH 45384</t>
+  </si>
+  <si>
+    <t>M36-0002-0028-0-0135-00</t>
   </si>
   <si>
     <t xml:space="preserve">ARTHUR DR  
 </t>
   </si>
   <si>
+    <t>M36-0002-0028-0-0144-00</t>
+  </si>
+  <si>
+    <t>TISDALE BRANDON</t>
+  </si>
+  <si>
     <t>M36-0002-0028-0-0145-00</t>
   </si>
   <si>
     <t>YSHUA INVESTMENT GROUP INC</t>
+  </si>
+  <si>
+    <t>M36-0002-0028-0-0146-00</t>
   </si>
   <si>
     <t>M36-0002-0030-0-0009-00</t>
   </si>
   <si>
     <t>SHOPE REBECCA J</t>
   </si>
   <si>
     <t xml:space="preserve">821 BIRCH RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0030-0-0010-00</t>
   </si>
   <si>
     <t>SHOPE MARTHA J</t>
   </si>
   <si>
     <t xml:space="preserve">811 BIRCH RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0030-0-0041-00</t>
   </si>
   <si>
     <t>COLLINS JOSHUA D &amp; ZACHARY M COLLINS</t>
   </si>
   <si>
     <t xml:space="preserve">1031 HOOP RD  
 </t>
   </si>
   <si>
     <t>M36-0002-0030-1-0082-00</t>
   </si>
   <si>
     <t>GOOSEY JACOB D &amp; CHRISTINE</t>
   </si>
   <si>
     <t xml:space="preserve">LINCOLN DR  
 </t>
   </si>
   <si>
     <t>M36-0002-0030-1-0083-00</t>
   </si>
   <si>
+    <t>RIMO CONSTRUCTION LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LINCOLN ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
     <t>M36-0002-0030-1-0086-00</t>
   </si>
   <si>
     <t>NORMAN RICHARD M &amp; ROBERTA L</t>
   </si>
   <si>
     <t>M36-0002-0030-1-0088-00</t>
   </si>
   <si>
     <t>SPURLOCK AMANDA N</t>
   </si>
   <si>
     <t>M36-0002-0030-1-0089-00</t>
   </si>
   <si>
     <t>M36-0002-0030-1-0092-00</t>
   </si>
   <si>
     <t>HENSON DEBRA L</t>
   </si>
   <si>
     <t xml:space="preserve">47 LINCOLN DR  
 XENIA OH 45385</t>
   </si>
   <si>
+    <t>M36-0002-0030-1-0142-00</t>
+  </si>
+  <si>
+    <t>ARMBRUSTER JENNIE LYNN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N BICKETT RD  
+</t>
+  </si>
+  <si>
+    <t>M36-0002-0031-0-0010-00</t>
+  </si>
+  <si>
+    <t>HARNER KENNETH R &amp; LEAH K</t>
+  </si>
+  <si>
+    <t xml:space="preserve">920 S COLUMBUS ST  
+XENIA OH 45385</t>
+  </si>
+  <si>
     <t>M36-0002-0031-0-0056-00</t>
   </si>
   <si>
     <t>RADER MARK J &amp; TINA J</t>
   </si>
   <si>
     <t xml:space="preserve">629 EAVEY ST  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0031-0-0065-00</t>
   </si>
   <si>
     <t>LOPER DAVIS JODI TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">734 MURRAY HILL DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0031-0-0069-00</t>
   </si>
   <si>
     <t xml:space="preserve">773 MURRAY HILL DR  
 XENIA OH 45385</t>
@@ -455,57 +726,77 @@
   <si>
     <t xml:space="preserve">800 MURRAY HILL DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0032-0-0098-00</t>
   </si>
   <si>
     <t>L &amp; D BROADCASTERS INC</t>
   </si>
   <si>
     <t xml:space="preserve">750 MOON DR  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0034-2-0006-00</t>
   </si>
   <si>
     <t>WILLIAMS DENISE S ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">936 HOOK RD  
 XENIA OH 45385</t>
   </si>
   <si>
+    <t>M36-0002-0034-2-0007-00</t>
+  </si>
+  <si>
+    <t>PITZER APOLLO B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">946 HOOK RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
     <t>M36-0002-0034-2-0014-00</t>
   </si>
   <si>
     <t>FOSTER MARK DOUGLAS &amp; MARTIN D</t>
   </si>
   <si>
     <t xml:space="preserve">1024 HOOK RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0034-2-0035-00</t>
+  </si>
+  <si>
+    <t>FINLEY PATRICIA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">659 S BICKETT RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0034-2-0037-00</t>
   </si>
   <si>
     <t>MILLS KIMBERLY R</t>
   </si>
   <si>
     <t xml:space="preserve">619 S BICKETT RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0034-2-0039-00</t>
   </si>
   <si>
     <t>BROWN NICKY L</t>
   </si>
   <si>
     <t xml:space="preserve">597 S BICKETT RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0034-2-0041-00</t>
   </si>
@@ -542,155 +833,220 @@
   <si>
     <t>FINKES KATHERINE OTTILIE &amp; KARL WILLIAM</t>
   </si>
   <si>
     <t xml:space="preserve">WINCHESTER RD  
 </t>
   </si>
   <si>
     <t>M36-0002-0035-0-0046-00</t>
   </si>
   <si>
     <t>HOHN B JOAN</t>
   </si>
   <si>
     <t xml:space="preserve">1769 WINCHESTER RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0035-0-0049-00</t>
   </si>
   <si>
     <t xml:space="preserve">1769 WINCHESTER RD  
 </t>
   </si>
   <si>
+    <t>M36-0002-0035-0-0066-00</t>
+  </si>
+  <si>
+    <t>PAYTON JOANIE M &amp; RODNEY LEE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1765 WINCHESTER RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
+    <t>M36-0002-0036-1-0041-00</t>
+  </si>
+  <si>
+    <t>STOLLINGS SHEILA A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1870 WINCHESTER RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
     <t>M36-0002-0036-1-0080-00</t>
-  </si>
-[...1 lines deleted...]
-    <t>STOLLINGS SHEILA A</t>
   </si>
   <si>
     <t xml:space="preserve">US 68 S 
 </t>
   </si>
   <si>
+    <t>M36-0002-0036-2-0031-00</t>
+  </si>
+  <si>
+    <t>BAIR JORDAN P</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2092 JASPER RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
     <t>M36-0002-0036-2-0043-00</t>
   </si>
   <si>
     <t>STRICKLAND KATHLEEN</t>
   </si>
   <si>
     <t xml:space="preserve">1357 HOOK RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0037-0-0030-00</t>
   </si>
   <si>
     <t>MANGAN LOIS A</t>
   </si>
   <si>
     <t xml:space="preserve">1333 EAST HOOP RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0038-0-0042-00</t>
   </si>
   <si>
     <t>TRAB INC</t>
   </si>
   <si>
     <t xml:space="preserve">MONROE SIDING RD  
 </t>
   </si>
   <si>
     <t>M36-0002-0038-0-0056-00</t>
   </si>
   <si>
     <t>M36-0002-0038-0-0059-00</t>
   </si>
   <si>
     <t xml:space="preserve">1981 FOUST RD  
 XENIA OH 45385</t>
   </si>
   <si>
     <t>M36-0002-0038-0-0064-00</t>
   </si>
   <si>
+    <t>M36-0002-0038-0-0065-00</t>
+  </si>
+  <si>
     <t>M36-0002-0038-0-0080-00</t>
   </si>
   <si>
     <t xml:space="preserve">N MONROE SIDING RD  
 </t>
   </si>
   <si>
     <t>M36-0002-0038-0-0081-00</t>
   </si>
   <si>
     <t>M36-0002-0039-0-0042-00</t>
   </si>
   <si>
     <t>CAMPBELL ISAIAH T</t>
   </si>
   <si>
+    <t>M36-0002-0039-1-0018-00</t>
+  </si>
+  <si>
+    <t>ATWATER BETTE C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1543 WILBERFORCE SWITCH RD  
+XENIA OH 45385</t>
+  </si>
+  <si>
     <t>M36-0002-0039-1-0024-00</t>
+  </si>
+  <si>
+    <t>TAYLOR DEMETRIUS</t>
   </si>
   <si>
     <t xml:space="preserve">WILBERFORCE SWITCH RD  
 </t>
   </si>
   <si>
     <t>M36-0002-0039-1-0030-00</t>
   </si>
   <si>
     <t>JENKINS ALICE ELAINE ET AL</t>
   </si>
   <si>
     <t>M36-0002-0040-0-0004-00</t>
   </si>
   <si>
     <t>HUTCHISON AGNES</t>
   </si>
   <si>
     <t>M36-0002-0043-0-0002-00</t>
   </si>
   <si>
     <t>VON SPARR BURKHARDT TRUSTEE</t>
   </si>
   <si>
     <t xml:space="preserve">HENVILLE RD  
 </t>
   </si>
   <si>
     <t>M36-00442</t>
   </si>
   <si>
     <t>WILE CATHERINE M</t>
   </si>
   <si>
     <t/>
+  </si>
+  <si>
+    <t>M36-0999-0999-0-0008-01</t>
+  </si>
+  <si>
+    <t>OHIO EDISON CO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
+  </si>
+  <si>
+    <t>M36-0999-0999-0-0033-01</t>
+  </si>
+  <si>
+    <t>AMERICAN TRANSMISSION SYSTEMS INC</t>
+  </si>
+  <si>
+    <t>M36-0999-0999-0-0042-01</t>
+  </si>
+  <si>
+    <t>DUKE ENERGY OHIO INC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -703,1580 +1059,2360 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F75" headerRowCount="1">
-  <autoFilter ref="A1:F75"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F114" headerRowCount="1">
+  <autoFilter ref="A1:F114"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66253&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66520&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66622&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67021&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67547&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67560&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67739&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67915&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68051&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68169&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68774&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68881&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84169&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=65971&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66253&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66520&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66622&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=66904&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67021&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67519&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67547&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67560&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67739&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67819&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67915&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=67942&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68047&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68051&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68169&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68774&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68881&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68953&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=68965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69111&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69136&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69228&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/ManufacturedHome?Property_ID=84169&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.greenecountyohio.gov/RealEstate/Index?Property_ID=69456&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F75"/>
+  <dimension ref="A1:F114"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.15497398376465" customWidth="1"/>
     <col min="2" max="2" width="53.81819534301758" customWidth="1"/>
     <col min="3" max="3" width="22.914461135864258" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>2143.5</v>
+        <v>62.48</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>3585.56</v>
+        <v>1681.15</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>2411.71</v>
+        <v>732.56</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>1827.66</v>
+        <v>2836.73</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>7295.82</v>
+        <v>2057.4</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>1569.88</v>
+        <v>5363.1</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>22767.49</v>
+        <v>5505.22</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>1978</v>
+        <v>94.54</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>1994.28</v>
+        <v>6738.06</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>1032.79</v>
+        <v>4543.97</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>1662.7</v>
+        <v>11173.9</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>4409.13</v>
+        <v>4310.54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="3">
-        <v>2443.42</v>
+        <v>24258.6</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E15" s="3">
-        <v>7938.91</v>
+        <v>3611.82</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E16" s="3">
-        <v>553.74</v>
+        <v>5574.38</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E17" s="3">
-        <v>7798.33</v>
+        <v>127.41</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E18" s="3">
-        <v>12837.57</v>
+        <v>9760.63</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E19" s="3">
-        <v>232.18</v>
+        <v>2382.49</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E20" s="3">
-        <v>56.34</v>
+        <v>254.07</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E21" s="3">
-        <v>649.34</v>
+        <v>1557.99</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E22" s="3">
-        <v>3078.45</v>
+        <v>2736.09</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="E23" s="3">
-        <v>7631.45</v>
+        <v>709.73</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="E24" s="3">
-        <v>18919.89</v>
+        <v>7471.47</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="E25" s="3">
-        <v>587.33</v>
+        <v>1247.31</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="E26" s="3">
-        <v>92.4</v>
+        <v>1821.33</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="E27" s="3">
-        <v>71.7</v>
+        <v>1592.23</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="E28" s="3">
-        <v>5485.47</v>
+        <v>4707.54</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="E29" s="3">
-        <v>1717.01</v>
+        <v>391.51</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="E30" s="3">
-        <v>945.37</v>
+        <v>8364.28</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="E31" s="3">
-        <v>4851.71</v>
+        <v>15.49</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="E32" s="3">
-        <v>3401.75</v>
+        <v>24.92</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="E33" s="3">
-        <v>134.92</v>
+        <v>8.19</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E34" s="3">
-        <v>116.73</v>
+        <v>1621.95</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="E35" s="3">
-        <v>9571.68</v>
+        <v>10831.56</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="E36" s="3">
-        <v>1381.52</v>
+        <v>3741.42</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="E37" s="3">
-        <v>6134.46</v>
+        <v>13684.08</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="E38" s="3">
-        <v>4745.34</v>
+        <v>512.26</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="E39" s="3">
-        <v>6076.62</v>
+        <v>57.84</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="E40" s="3">
-        <v>4615.26</v>
+        <v>1280.26</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>108</v>
+        <v>124</v>
       </c>
       <c r="E41" s="3">
-        <v>1777.42</v>
+        <v>4711.47</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="E42" s="3">
-        <v>4195.31</v>
+        <v>7986.05</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="E43" s="3">
-        <v>4953.59</v>
+        <v>17739.37</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E44" s="3">
-        <v>1097.75</v>
+        <v>123.12</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E45" s="3">
-        <v>1063.79</v>
+        <v>1084.27</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="E46" s="3">
-        <v>4197.8</v>
+        <v>250.64</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="E47" s="3">
-        <v>5214.66</v>
+        <v>73.61</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>122</v>
+        <v>135</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>127</v>
+        <v>102</v>
       </c>
       <c r="E48" s="3">
-        <v>4151.93</v>
+        <v>5294.29</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="E49" s="3">
-        <v>5932.54</v>
+        <v>1916.2</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="E50" s="3">
-        <v>532.68</v>
+        <v>87.91</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="E51" s="3">
-        <v>3431.95</v>
+        <v>440.63</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="E52" s="3">
-        <v>1631.51</v>
+        <v>2677.41</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="E53" s="3">
-        <v>2184.54</v>
+        <v>8423.66</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="E54" s="3">
-        <v>242.42</v>
+        <v>2975.69</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="E55" s="3">
-        <v>674.35</v>
+        <v>382.36</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="E56" s="3">
-        <v>317.55</v>
+        <v>1507.88</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="E57" s="3">
-        <v>310.46</v>
+        <v>277.2</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="E58" s="3">
-        <v>96.74</v>
+        <v>1524.68</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="E59" s="3">
-        <v>1983.48</v>
+        <v>186.11</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="E60" s="3">
-        <v>2424.81</v>
+        <v>241.05</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E61" s="3">
-        <v>721.25</v>
+        <v>9969.48</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>166</v>
+        <v>143</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>167</v>
+        <v>144</v>
       </c>
       <c r="E62" s="3">
-        <v>7884.56</v>
+        <v>19.05</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="E63" s="3">
-        <v>673.49</v>
+        <v>4986.68</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E64" s="3">
-        <v>142.07</v>
+        <v>204.95</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="E65" s="3">
-        <v>2447.96</v>
+        <v>1681.01</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="E66" s="3">
-        <v>3334.29</v>
+        <v>6411.62</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="E67" s="3">
-        <v>2751.78</v>
+        <v>4528.14</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E68" s="3">
-        <v>393.76</v>
+        <v>1972.28</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E69" s="3">
-        <v>135.66</v>
+        <v>4428.87</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="B70" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C70" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E70" s="3">
-        <v>3942.31</v>
+        <v>5227.7</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>27</v>
+        <v>192</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="E71" s="3">
-        <v>2119.36</v>
+        <v>1340.69</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>83</v>
+        <v>196</v>
       </c>
       <c r="E72" s="3">
-        <v>4516.28</v>
+        <v>239.86</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>83</v>
+        <v>199</v>
       </c>
       <c r="E73" s="3">
-        <v>820.39</v>
+        <v>980.88</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>191</v>
+        <v>202</v>
       </c>
       <c r="E74" s="3">
-        <v>6218.56</v>
+        <v>1528.13</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>192</v>
+        <v>203</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>193</v>
+        <v>204</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D75" s="0" t="s">
-        <v>194</v>
+      <c r="D75" s="1" t="s">
+        <v>205</v>
       </c>
       <c r="E75" s="3">
-        <v>3549.78</v>
+        <v>6432.48</v>
       </c>
       <c r="F75" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E76" s="3">
+        <v>7128.96</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E77" s="3">
+        <v>6362.35</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="E78" s="3">
+        <v>8102.48</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="E79" s="3">
+        <v>3182.66</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="E80" s="3">
+        <v>5495.81</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="E81" s="3">
+        <v>1598.42</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E82" s="3">
+        <v>3666.19</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="E83" s="3">
+        <v>103.25</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E84" s="3">
+        <v>3510.32</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="E85" s="3">
+        <v>620.06</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E86" s="3">
+        <v>2219.63</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="E87" s="3">
+        <v>6622.82</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="E88" s="3">
+        <v>6474.86</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="E89" s="3">
+        <v>2017.44</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="E90" s="3">
+        <v>6546.12</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="E91" s="3">
+        <v>3355.88</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="E92" s="3">
+        <v>3238.67</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="E93" s="3">
+        <v>957.24</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E94" s="3">
+        <v>917.55</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="E95" s="3">
+        <v>5058.18</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="E96" s="3">
+        <v>13577.68</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E97" s="3">
+        <v>2069.12</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E98" s="3">
+        <v>231.87</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E99" s="3">
+        <v>3151.79</v>
+      </c>
+      <c r="F99" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="E100" s="3">
+        <v>7876.99</v>
+      </c>
+      <c r="F100" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E101" s="3">
+        <v>3449.45</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E102" s="3">
+        <v>117.98</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="E103" s="3">
+        <v>528.26</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="E104" s="3">
+        <v>186.72</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="E105" s="3">
+        <v>4082.88</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="E106" s="3">
+        <v>0.05</v>
+      </c>
+      <c r="F106" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="E107" s="3">
+        <v>1916.37</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="E108" s="3">
+        <v>4832.55</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="E109" s="3">
+        <v>902.94</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="E110" s="3">
+        <v>10180.8</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="E111" s="3">
+        <v>3720.83</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E112" s="3">
+        <v>1784.25</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E113" s="3">
+        <v>177.38</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E114" s="3">
+        <v>1436.55</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2312,32 +3448,71 @@
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
     <hyperlink ref="F63" r:id="rId63"/>
     <hyperlink ref="F64" r:id="rId64"/>
     <hyperlink ref="F65" r:id="rId65"/>
     <hyperlink ref="F66" r:id="rId66"/>
     <hyperlink ref="F67" r:id="rId67"/>
     <hyperlink ref="F68" r:id="rId68"/>
     <hyperlink ref="F69" r:id="rId69"/>
     <hyperlink ref="F70" r:id="rId70"/>
     <hyperlink ref="F71" r:id="rId71"/>
     <hyperlink ref="F72" r:id="rId72"/>
     <hyperlink ref="F73" r:id="rId73"/>
     <hyperlink ref="F74" r:id="rId74"/>
     <hyperlink ref="F75" r:id="rId75"/>
+    <hyperlink ref="F76" r:id="rId76"/>
+    <hyperlink ref="F77" r:id="rId77"/>
+    <hyperlink ref="F78" r:id="rId78"/>
+    <hyperlink ref="F79" r:id="rId79"/>
+    <hyperlink ref="F80" r:id="rId80"/>
+    <hyperlink ref="F81" r:id="rId81"/>
+    <hyperlink ref="F82" r:id="rId82"/>
+    <hyperlink ref="F83" r:id="rId83"/>
+    <hyperlink ref="F84" r:id="rId84"/>
+    <hyperlink ref="F85" r:id="rId85"/>
+    <hyperlink ref="F86" r:id="rId86"/>
+    <hyperlink ref="F87" r:id="rId87"/>
+    <hyperlink ref="F88" r:id="rId88"/>
+    <hyperlink ref="F89" r:id="rId89"/>
+    <hyperlink ref="F90" r:id="rId90"/>
+    <hyperlink ref="F91" r:id="rId91"/>
+    <hyperlink ref="F92" r:id="rId92"/>
+    <hyperlink ref="F93" r:id="rId93"/>
+    <hyperlink ref="F94" r:id="rId94"/>
+    <hyperlink ref="F95" r:id="rId95"/>
+    <hyperlink ref="F96" r:id="rId96"/>
+    <hyperlink ref="F97" r:id="rId97"/>
+    <hyperlink ref="F98" r:id="rId98"/>
+    <hyperlink ref="F99" r:id="rId99"/>
+    <hyperlink ref="F100" r:id="rId100"/>
+    <hyperlink ref="F101" r:id="rId101"/>
+    <hyperlink ref="F102" r:id="rId102"/>
+    <hyperlink ref="F103" r:id="rId103"/>
+    <hyperlink ref="F104" r:id="rId104"/>
+    <hyperlink ref="F105" r:id="rId105"/>
+    <hyperlink ref="F106" r:id="rId106"/>
+    <hyperlink ref="F107" r:id="rId107"/>
+    <hyperlink ref="F108" r:id="rId108"/>
+    <hyperlink ref="F109" r:id="rId109"/>
+    <hyperlink ref="F110" r:id="rId110"/>
+    <hyperlink ref="F111" r:id="rId111"/>
+    <hyperlink ref="F112" r:id="rId112"/>
+    <hyperlink ref="F113" r:id="rId113"/>
+    <hyperlink ref="F114" r:id="rId114"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>